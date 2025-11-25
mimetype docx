--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -1,939 +1,904 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3149b01f69fe4aa4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2d19624ce9148d5942333b4871afb66.psmdcp" Id="R0fb986e805e64542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R06f9d18eb1ce46f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1533c60360c48a8ab5289438ebb0f16.psmdcp" Id="Re9064b08eb544456" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="003625B7" w:rsidRDefault="003625B7" w14:paraId="7F43158D" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="7292DAD2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="50831758" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Savannah River Maritime Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="0CC3C503" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="7E6D56B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 54-6-10. Savannah River Maritime Commission; membership; period of existence.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="5E5F7087" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In addition to the above provisions of this joint resolution, a commission to be known as the Savannah River Maritime Commission is hereby established to represent this State in all matters pertaining to the navigability, depth, dredging, wastewater and sludge disposal, and related collateral issues in regard to the use of the Savannah River as a waterway for ocean-going container or commerce vessels. The commission as an instrumentality of this State is empowered to negotiate on behalf of the State of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> South Carolina and enter into agreements with the State of Georgia, the United States Army Corps of Engineers, and other involved parties in regard to the above which bind the State of South Carolina; provided, however, that any such agreements which require state funding are subject to the funding being provided by the General Assembly in a general or supplemental appropriations act or in a bond bill.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="7F6386FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The commission shall be composed of twelve members as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="7C319212" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the Governor or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="36D95684" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the Speaker of the House of Representatives or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="0F44AF69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the President of the Senate or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="3CF136EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(4) the Attorney General of South Carolina or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="36214FDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the Chairman of the Board of Health and Environmental Control to serve ex officio or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="05533EAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) the Chairman of the Board of Natural Resources to serve ex officio or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="3D22575B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) the Chairman of the State Ports Authority to serve ex officio or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="38AA135B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(8) the Chairman of the Senate Finance Committee or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="3CB0ECCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) the Chairman of the Senate Transportation Committee or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="4837DFD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) the Chairman of the House Ways and Means Committee or his designee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="2C95F69E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) the Chairman of the House Education and Public Works Committee or his designee; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="071D3BB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) one resident of Jasper County appointed by the Jasper County Council to serve at the pleasure of the council.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="12858D88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Governor or his designee shall serve as chairman of the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="20E4B1E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Any state, county, or municipal officeholder named or designated to serve on the commission shall serve ex officio. Notwithstanding Section 8-13-770 of the 1976 Code, members of the General Assembly may be appointed to serve on this commission as the designee of an appointing official.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="76D6FB61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Professional and clerical services for the commission must be provided by the staff of the Attorney General's office and supplemented by the staffs of other public officials serving on the commission as required by the commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="4E8D49AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Members serving on the commission shall receive such mileage, subsistence, and per diem as is provided by law for members of state boards, commissions, and committees when engaged in the exercise of their duties as members of the commission to be paid from their approved accounts or the approved accounts of their appointing authority.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="1E7A9742" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(F) Except as provided below, nothing in this section shall supersede the authority of other state agencies, departments, or instrumentalities including the Department of Natural Resources, the Department of Health and Environmental Control, or the State Ports Authority to exercise all powers, duties, and functions within their responsibilities as provided by law. However, on an interstate basis and specifically in regard to the State of Georgia, the responsibilities granted to the Savannah River Maritime C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ommission in this joint resolution supersede any other concurrent responsibilities of a particular state agency or department. Any requirements for permitting and constructing new terminal facilities on the Savannah River in Jasper County are declared not to be the responsibility of this commission, except as they may relate to this state's responsibility for the navigability or depth of the South Carolina portion of the Savannah River.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="4F3B208F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) The Savannah River Maritime Commission established herein shall exist for a period of twenty-five years after the effective date of this joint resolution and may be continued for additional periods as provided by the General Assembly by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58F055D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="4F91A8BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2007 Act No. 56, § 6, eff May 1, 2007; 2019 Act No. 1 (S.2), § 65, eff January 31, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="77D72B17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00670C0C" w:rsidRDefault="00670C0C" w14:paraId="783A207A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 1, § 65, in (B)(3), substituted "President of the Senate" for "President Pro Tempore of the Senate".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -944,51 +909,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1425,66 +1390,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>