--- v0 (2025-10-08)
+++ v1 (2025-12-06)
@@ -1,32026 +1,737 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00984A6E" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82B85">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00615C60">
         <w:t>CHAPTER 61</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00984A6E" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82B85">
-[...3 lines deleted...]
-        <w:t>Department of Health and Environmental Control</w:t>
+      <w:r w:rsidRPr="00615C60">
+        <w:t>Department of Environmental Services</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="0042495E" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82B85">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00615C60">
         <w:t>61</w:t>
       </w:r>
-      <w:r w:rsidR="00F82B85">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F82B85">
-[...3 lines deleted...]
-        <w:t>77. Standards for Licensing Home Health Agencies.</w:t>
+      <w:r w:rsidRPr="00615C60">
+        <w:t>77. Transferred.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>(Statutory Authority</w:t>
+        <w:t>HISTORY</w:t>
       </w:r>
-      <w:r w:rsidR="0042495E" w:rsidRPr="00F82B85">
-[...21 lines deleted...]
-        <w:t>44</w:t>
+      <w:r w:rsidRPr="00615C60">
+        <w:t>: Former Regulation, titled Standards for Licensing Home Health Agencies, had the following history: Adopted by State Register Volume 3, Issue No. 4, eff April 23, 1979. Amended by State Register Volume 6, Issue No. 5, eff May 22, 1982; State Register Volume 13, Issue No. 4, eff April 28, 1989; State Register Volume 23, Issue No. 5, eff May 28, 1999; SCSR 46</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0042495E" w:rsidRPr="00F82B85">
-[...3 lines deleted...]
-        <w:t>69</w:t>
+      <w:r w:rsidRPr="00615C60">
+        <w:t>5 Doc. No. 5057, eff May 27, 2022. Transferred by SCSR 49</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0042495E" w:rsidRPr="00F82B85">
-[...3 lines deleted...]
-        <w:t>10 et seq.)</w:t>
+      <w:r w:rsidRPr="00615C60">
+        <w:t>5 Doc. No. 5352, eff May 23, 2025. See, now, SC ADC 60</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615C60">
+        <w:t>77.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="0042495E" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82B85">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="0042495E" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRPr="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="2808"/>
           <w:tab w:val="left" w:pos="3024"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...46 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="0042495E" w:rsidP="00F82B85">
-[...31151 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:sectPr w:rsidR="00000000" w:rsidRPr="00615C60" w:rsidSect="00615C60">
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00F82B85" w:rsidRPr="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00615C60" w:rsidRPr="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00F82B85" w:rsidRPr="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00615C60" w:rsidRPr="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00F82B85" w:rsidRPr="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00615C60" w:rsidRPr="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+    <w:p w:rsidR="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00F82B85" w:rsidRPr="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00615C60" w:rsidRPr="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00F82B85" w:rsidRPr="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00615C60" w:rsidRPr="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00F82B85" w:rsidRPr="00F82B85" w:rsidRDefault="00F82B85" w:rsidP="00F82B85">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00615C60" w:rsidRPr="00615C60" w:rsidRDefault="00615C60" w:rsidP="00615C60">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="216"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:doNotSnapToGridInCell/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EB1796"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00F82B85"/>
+    <w:rsidRoot w:val="00450C87"/>
+    <w:rsid w:val="00067BD3"/>
+    <w:rsid w:val="0019267F"/>
+    <w:rsid w:val="00450C87"/>
+    <w:rsid w:val="00615C60"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6DB8A2B5-E5FD-406A-99D3-BE9703506F31}"/>
+  <w15:docId w15:val="{3F341B6D-02FE-4156-8700-2B1E8B917772}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -32368,304 +1079,351 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...5 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
     <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:locked/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Consolas" w:hint="default"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F82B85"/>
+    <w:rsid w:val="00615C60"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F82B85"/>
+    <w:rsid w:val="00615C60"/>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F82B85"/>
+    <w:rsid w:val="00615C60"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F82B85"/>
+    <w:rsid w:val="00615C60"/>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1672636028">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -32683,65 +1441,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -32762,380 +1520,89 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
-</file>
-[...294 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>44998</Characters>
+  <Pages>1</Pages>
+  <Words>83</Words>
+  <Characters>479</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>374</Lines>
-  <Paragraphs>105</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>52787</CharactersWithSpaces>
+  <CharactersWithSpaces>561</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Tschida, Lizabeth (Content Operations)</dc:creator>
+  <dc:creator>Derrick Williamson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>