--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -1,1482 +1,1431 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raaf75ff9ba3f40a2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6edf677435d740c58881368c825617ef.psmdcp" Id="Ra77d22e9b7954cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R49d9dd2be8cd4714" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c592a69883f458182a3831d9969e95e.psmdcp" Id="R7e403017b4b24265" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00594038" w:rsidRDefault="00594038" w14:paraId="322D70C3" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="096E2E84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2B9E3663" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Payment of Post-Termination Claims to Sales Representatives</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="13EF3ABB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="495B60CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-65-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="21C6CBEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="207AF7E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Commissions" means compensation accruing to a sales representative for payment by a principal, the rate of which is expressed as a percentage of the amount of orders or sales or as a specified amount of each order or sale.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="01E73C10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Person" means an individual, corporation, partnership, association, estate, or trust.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="509FAD7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Principal" means a person who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4B7AE349" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) manufactures, produces, imports, or distributes a tangible product for wholesale;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="73C69BB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) contracts with a sales representative to solicit orders for the product; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="66DEEC16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) compensates the sales representative, in whole or in part, by commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2F315FC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Sales representative" means a person who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="26199363" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) contracts with a principal to solicit wholesale orders;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="44B200DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) is compensated, in whole or in part, by commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="60ECE55C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(c) does not place orders or purchase for his own account or for resale; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1CBF30C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) does not sell or take orders for the sale of products to the ultimate consumer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73876847" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3BEB44DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 489, eff May 2, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="172612DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7FBC036F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-65-20. Principal to pay commissions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="354A0369" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When a contract between a sales representative and a principal is terminated for any reason, the principal shall pay the sales representative all commissions that have or will accrue under the contract to the sales representative according to the terms of the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5BEFA133" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7663D51E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 489, eff May 2, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48E1D780" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1E23B140" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-65-30. Principal's civil liability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="449C4EE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>A principal who fails to comply with the provisions of Section 39-65-20 is liable to the sales representative in a civil action for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="70E431C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) all amounts due the sales representative plus punitive damages in an amount not to exceed three times the amount of commissions due the sales representative; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1D7230A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) attorney's fees actually and reasonably incurred by the sales representative in the action and court costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E8C85A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4222E2FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 489, eff May 2, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17357F39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1AEA922B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-65-40. Frivolous action; sales representative's liability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="62D77D0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Where the court determines that an action brought by a sales representative against a principal under this chapter is frivolous, the sales representative is liable to the principal for attorney's fees actually and reasonably incurred by the principal in defending the action and court costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D0A0292" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="55C8B6B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 489, eff May 2, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05E1BFEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0875EA65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-65-50. Nonresident principals subject to personal jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="769D02D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A principal who is not a resident of this State who contracts with a sales representative to solicit orders in this State is deemed to be doing business in this State for purposes of the exercise of personal jurisdiction over nonresidents under Part 8, Chapter 2, Title 36.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D0603B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="73C8A603" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 489, eff May 2, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="533AB2EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0BE6016B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-65-60. Effect of chapter on other rights and remedies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3785508C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this chapter invalidates or restricts any other right or remedy available to a sales representative or precludes a sales representative from seeking to recover in one action on all claims against a principal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D1BF187" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6F4AB303" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 489, eff May 2, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FA6FE7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="24987A18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-65-70. Effect of waiver of chapter provisions in contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="45C462FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>A provision in any contract between a sales representative and a principal purporting to waive any provision of this chapter, whether by expressed waiver or by a contract subject to the laws of another state, is void.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46492AAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="166A258A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 489, eff May 2, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04E17791" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3B9B6C89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-65-80. Restrictions on actions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="13453AC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person bringing an action under the provisions of this chapter may not bring an action under the provisions of Section 41-10-10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7244D4C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3543169D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 489, eff May 2, 1988.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1487,51 +1436,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1968,66 +1917,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>