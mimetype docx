--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,1166 +1,1119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e0c24d4baf147c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07a00cf0170545a99dcbf9a5052af983.psmdcp" Id="R633dff4e347440b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7efb7da43404f7e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2bd31f5331c2460b940c6cf03fcdd6d0.psmdcp" Id="R5ca1e0e81b5b41c9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0000330E" w:rsidRDefault="0000330E" w14:paraId="537E60B5" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="54BD0FE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="584E896F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>South Carolina Medal of Valor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="3F4C87CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="75D8E929" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-67-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="48CE0CCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter must be known and may be cited as the "South Carolina Medal of Valor Act of 2012".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0ED1D2F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="1BA70E0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 175, § 1, eff May 25, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="030DE908" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="78A805DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 2-67-20. South Carolina Medal of Valor; criteria for award; Medal of Valor roll; eligibility; concurrent resolution; design and appearance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="68B9E51E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) There is created the South Carolina Medal of Valor to be awarded to a South Carolinian, or an individual with certain ties to South Carolina, who was killed either while serving in or deploying to a combat zone. The South Carolina Medal of Valor is awarded on behalf of the people of the State of South Carolina and is presented to the families of these fallen service members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="36A0AE45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The South Carolina Medal of Valor may be awarded, on behalf of the people of the State of South Carolina, to an individual who was killed in action or died while:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="467E2774" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) engaged in an action against an enemy of the United States;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="2204A732" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) engaged in military operations involving conflict with an opposing foreign force;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="02197357" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) served with friendly foreign forces engaged in an armed conflict against an opposing armed force in which the United States is not a belligerent party; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="393E68D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) served in, or was in the process of deploying to, an area where hostile fire pay or imminent danger pay was authorized pursuant to federal law or regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="484419B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Recipients of the South Carolina Medal of Valor shall have their names entered on the South Carolina Medal of Valor roll, which is to be maintained by the Adjutant General of the State of South Carolina.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="703405D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Individuals eligible to receive the South Carolina Medal of Valor include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="0E1A1251" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) members of the South Carolina National Guard who were legal residents of South Carolina at the time of their death;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="17B316B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) members of a Reserve Component of the United States Armed Forces who were legal residents of South Carolina at the time of their death;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="674A39EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) members of the regular United States Armed Forces who were:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="61AABCEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) legal residents of South Carolina at the time of their death; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="65378B14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) stationed in South Carolina by a proper order of the United States Department of Defense at the time they were killed in action; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="13E647D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) members of the South Carolina National Guard, a regular or reserve component of the United States Armed Forces who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="65207B3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) attended a public or private educational institution in South Carolina at some period during their lives; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="120E09C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) were killed or died as described in subsection (B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="072BF128" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The South Carolina Medal of Valor shall be awarded solely by a concurrent resolution:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="30C22B64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) introduced by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="6AB01809" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the President of the Senate; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="37518788" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(b) the Speaker of the House of Representatives; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="584F4598" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) adopted by both houses of the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="72FE21E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) The Adjutant General shall develop the appropriate design and appearance of the medal. However, nothing in this section requires the Adjutant General to provide or pay for the medal or its design.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06C268C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="106718E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 175, § 1, eff May 25, 2012; 2019 Act No. 1 (S.2), § 24, eff January 31, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="5F4FF221" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006721A5" w:rsidRDefault="006721A5" w14:paraId="41D47DCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2019 Act No. 1, § 24, in (E)(1)(a), substituted "President of the Senate" for "President Pro Tempore of the Senate".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1171,51 +1124,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1652,66 +1605,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>