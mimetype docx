--- v0 (2025-10-15)
+++ v1 (2025-12-11)
@@ -1,554 +1,732 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R53d63fd8761a4159" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3858bbb071df4ff9bcb782f6a476c789.psmdcp" Id="R01047def212d49fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra22ff76a297e46fb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c588e7dd67847f5b6011f4b6b29af5b.psmdcp" Id="R35aadcade8e1479a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00503246" w:rsidRDefault="00503246" w14:paraId="667BF9DD" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="467FF982" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="7D076E33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Motorsports Entertainment Complex Investment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="701702F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="631D5D1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 12-69-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="0B3454F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be cited as the "Motorsports Entertainment Complex Investment Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="678ADCA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="308EB04E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 257 (H.4009), § 1, eff July 2, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="533016B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="4ADD77A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 257, § 2, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="2AEE5BF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 2. Except where specified otherwise, this act takes effect upon approval by the Governor and applies to tax years beginning after 2017."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01794131" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="5648E909" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 12-69-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="56A43BE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="2D4FFC9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Company" means any corporation, partnership, limited liability company, or other business entity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="0F11DF5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Department" means the Department of Revenue.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="1B27EA7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Motorsports entertainment complex" has the same meaning as provided in Section 12-21-2425.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7B6AB59A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="634314EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 257 (H.4009), § 1, eff July 2, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="2D7EFEBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="0E0D70AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 257, § 2, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="3A8CEE30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 2. Except where specified otherwise, this act takes effect upon approval by the Governor and applies to tax years beginning after 2017."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="619159F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="5767BEE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 12-69-30. Exemption from state and local sales tax; qualified companies; exemption certificates; liability for sales and use taxes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="0A85BF85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A company, upon making application for, meeting the requirements of, and receiving written certification of that designation from the department, as provided in subsection (B), is exempt from state and local sales tax on building materials, supplies, fixtures, and equipment for the construction, repair, or improvement of or that become a part of a motorsports entertainment complex.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="74D49539" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A company shall become a qualified company by applying with the department. The director of the department shall approve the application so long as the application is accompanied by a practical plan to make a capital investment of at least ten million dollars on any motorsports entertainment complex in this State within the five-year period immediately following the approval of the application. Upon receiving written certification from the department, a company may utilize the exemption specified in su</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bsection (A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="130F1348" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Once a company has met the requirements of subsection (B), the department shall issue a sales and use tax exemption certificate to the company as evidence of the exemption. The exemption is effective upon receipt and shall remain effective until December thirty-first of the fifth full calendar year after its issuance. Once the exemption certificate is ineffective, the company must return the exemption certificate to the department and submit a report to the department of the actual expenditures made in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> South Carolina in connection with the investment. The company must designate a member or representative of the company to work with the department on reporting of the investment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="087B083A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A company that is approved and receives a sales and use tax exemption certificate but fails to meet the capital investment requirements within the five-year period, is liable for the sales and use taxes that would have been paid had the approval not been granted in the same proportion as the actual capital investment failed to meet the required capital investment. The company must be given a sixty-day period in which to pay the sales and use taxes without incurring penalties. The sales and use taxes ar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e considered due as of the date the tangible personal property was purchased in or brought into South Carolina for use, storage, or consumption.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6BE080BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="4348FB75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2018 Act No. 257 (H.4009), § 1, eff July 2, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="48CAB941" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="0EB2CF94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 257, § 2, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00325418" w:rsidRDefault="00325418" w14:paraId="0543AC0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 2. Except where specified otherwise, this act takes effect upon approval by the Governor and applies to tax years beginning after 2017."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -565,51 +743,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1046,66 +1224,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>