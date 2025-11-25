--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,4603 +1,4537 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra4daffc566724db6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5454ed7ff96948dea6a7274c053d2d61.psmdcp" Id="R699c8ac9a29c4c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c3445bb58f04688" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4af9c18294bf44f0baa6e411504c28aa.psmdcp" Id="Rdbf5a570ab5f442a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0088294B" w:rsidRDefault="0088294B" w14:paraId="6FF21939" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4A3C8052" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="10116EE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Individual Annuities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5CD928B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3F60678A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6730174B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>General Provisions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="52883259" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0CD16560" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-10. Circulation of false or misleading information by insurers.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="25E835F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>No insurer doing business in this State and no officer, director, or agent of it may issue or circulate or cause or permit to be issued or circulated any estimate, illustration, circular, or statement of any sort misrepresenting the terms of any annuity issued by it, the benefits or advantages promised thereby, or the dividends or shares of surplus to be received thereon or may use any name or title of any annuity or class of annuities misrepresenting the true nature thereof. Violation of this section by an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agent or officer of an insurer is a misdemeanor. If an insurer violates or participates in the violation of this section, the insurer is subject to the penalty provisions of Section 38-2-10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E7E7AD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4B071FEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-9-40 [1947 (45) 322; 1952 Code § 37-144; 1962 Code § 37-144] recodified as § 38-69-10 by 1987 Act No. 155, § 1; 1988 Act No. 374, § 36.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A377AB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="021AF115" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-20. Misrepresentations to induce termination or conversion of annuities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0D0CFD81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No insurer, or its employee or agent, may make any misleading representations or incomplete or fraudulent comparisons of any annuity contracts or insurers for the purpose of inducing, or which may tend to induce, any person to lapse, forfeit, surrender, terminate, return, or convert any annuity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C782CD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2007AB43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-9-50 [1956 (49) 1814; 1962 Code § 37-144.1] recodified as § 38-69-20 by 1987 Act No. 155, § 1; 1988 Act No. 374, § 37.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06DD0896" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1327EFD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-30. Nontransferability of annuity death benefits left with insurance company under a trust or other agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3A70F34A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When the proceeds of an annuity becoming a claim by the death of the insured are left with an insurance company under a trust or other agreement, the benefits accruing under the agreement after the death of the insured are not transferable nor subject to computation or incumbrance nor to legal process, except in an action to recover for necessaries if the parties to the trust or other agreement so agree.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0BFD35B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="642988AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1988 Act No. 342, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62185BA5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="609C0A58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3FF54BC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Policy Forms</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="33B58056" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2C6A9402" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-110. No defenses allowed if application not attached to annuity contract; oral applications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="07C5B1E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>If the insurer does not deliver with an annuity contract issued by it a copy of the application made by the insured, no defense is allowed to that annuity on account of anything contained in or omitted from the application. If the annuity is issued upon an oral application, no defense is allowed to the contract on account of anything contained in, or omitted from, the oral application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="154E0CBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5FFC99E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-9-70 [1947 (45) 322; 1949 (46) 600; 1952 Code § 37-146; 1962 Code § 37-146; 1980 Act No. 305, § 1] recodified as § 38-69-110 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="420E583F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="64D50D0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-120. Requirements for certain annuities and pure endowment contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0015ACBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All fixed dollar annuities, variable annuities, pure endowment contracts, or reversionary annuities other than group annuities delivered or issued for delivery in this State must contain in substance the following:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4E04AC9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a brief and correct description of its benefits on the lower portion of its first page and an identifying form number on the lower left-hand corner of its face;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="22F3C207" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a provision stating clearly, understandably, and conspicuously on the first page that the contract holder is permitted to return the contract within ten days of its delivery to the contract holder. If replacement of an annuity contract is involved, the contract holder is permitted to return the contract within twenty days of its delivery to the contract holder. If the contract was solicited by a direct response insurer rather than through a licensed insurance agent, the provision must state that the co</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ntract holder is permitted to return the contract within thirty-one days. The entire premium paid by the contract holder must be returned immediately to the contract holder;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2468B175" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a provision stating who is authorized by the insurer to waive, alter, or change any of the terms or conditions of the contract. It may state also that no agent has the power or authority to waive, change, or alter any of the terms or conditions of the policy;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...70 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6D74DEB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(4) a provision that the contract and any rider or supplemental benefits attached to the contract are incontestable as to the truth of the application for insurance and to the representations of the insured individual after they have been in force for two years from their date of issue. Any rider or supplemental benefits attached subsequently to the contract are incontestable as to the truth of the application for the rider or supplemental benefits and to the representations of the insured individual after</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they have been in force for two years from their date of issue. If an insurer institutes proceedings to vacate a contract on the ground of the falsity of the representations contained in the application for the contract, the proceedings must commence within the time permitted in this subsection;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4CF83EAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) a provision that if it is found that the age or sex of the insured, or of any individual considered in determining the premium, has been misstated, any amount payable or benefit accruing under the contract is that as the premium would have purchased according to the correct age or sex;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0B714F22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) a provision stating how the beneficiary is designated and how the beneficiary may be changed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6CA852A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) there must be a provision stating the amount of premium and the time and manner payable;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="30BC8125" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) a provision that the insured is entitled to a grace period of not less than thirty-one days within which the payment of any premium after the first may be made. During the grace period, the contract continues in full force. If a claim arises under the contract during the grace period, the amount of any premium due or overdue may be deducted from any amount payable under the contract in settlement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="54AE8DEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) a provision that the contract may be reinstated upon written application at any time within three years from the date of default in making stipulated payments to the insurer, unless the cash surrender value has been paid. However, all overdue stipulated payments and indebtedness to the insurer on the contract must be paid or reinstated with interest thereon at a rate to be specified in the contract, but not exceeding eight percent a year compounded annually and, when applicable, the insurer may include</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> also a requirement of evidence of insurability satisfactory to the insurer;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4C0A1A8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) a provision if the annuity contract is participating, that beginning not later than the end of the third contract year, the insurer shall ascertain annually and apportion any divisible surplus accruing on the contract;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="28EEC14B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(11) a provision that is in accordance with Article 5, Chapter 69, Title 38, Standard Nonforfeiture Law for Individual Deferred Annuities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="44088B86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The director or his designee may approve contracts with provisions which vary from the provisions required in this section if the provisions are more favorable to the insured. Any of the provisions not applicable to single premium annuities, flexible premium annuities, or single premium pure endowment contracts need not be incorporated to that extent in the contract. This section does not apply to contracts for annuities included in or upon the lives of beneficiaries under life insurance contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5ED776CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2BDFD83F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-9-250 [1947 (45) 322; 1950 (46) 2041; 1952 Code § 37-161; 1962 Code § 37-161] recodified as § 38-69-120 by 1987 Act No. 155, § 1; 1988 Act No. 341, § 1; 1993 Act No. 181, § 741.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="52B029DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5179A5F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0270F026" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Standard Nonforfeiture Law for Individual Deferred Annuities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2513B545" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="020AEFBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-210. Title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0924AF64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This article is known and may be cited as the "Standard Nonforfeiture Law for Individual Deferred Annuities".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12D5BB81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3D01F4AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-10 [1978 Act No. 517 § 1] recodified as § 38-69-210 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FB06454" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="504CD20A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-220. Exceptions from operation of article.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1A264E1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>This article does not apply to any reinsurance, group annuity purchased under a retirement plan or plan of deferred compensation established or maintained by an employer including a partnership or sole proprietorship or by an employee organization, or by both, other than a plan providing individual retirement accounts or individual retirement annuities under Section 408 of the Internal Revenue Code, premium deposit fund, variable annuity, investment annuity, immediate annuity, any deferred annuity contract</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after annuity payments have commenced, or reversionary annuity, or to any contract which is delivered outside this State through an agent or other representative of the company issuing the contract.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="375D33F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6018E451" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-20 [1978 Act No. 517 § 2] recodified as § 38-69-220 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68114932" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="67E49BD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-230. Provisions required in contracts; provision for termination for nonpayment of consideration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1938376B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In the case of contracts issued on or after the operative date of this article as defined in Section 38-69-320, no contract of annuity, except as stated in Section 38-69-220, may be delivered or issued for delivery in this State unless it contains in substance the following provisions, or corresponding provisions which in the opinion of the director or his designee are at least as favorable to the contractholder, upon cessation of payment of considerations under the contract:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="153EFEAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) That upon cessation of payment of considerations under a contract, the insurer shall grant a paid-up annuity benefit on a plan stipulated in the contract of such value as is specified in Sections 38-69-250, 38-69-260, 38-69-270, 38-69-280, and 38-69-300.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2333EB09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) If a contract provides for a lump sum settlement at maturity, or at any other time, that, upon surrender of the contract at or prior to the commencement of any annuity payments, the insurer will pay in lieu of any paid-up annuity benefit a cash surrender benefit of the amount as is specified in Sections 38-69-250, 38-69-260, 38-69-270, 38-69-280, and 38-69-300. The insurer shall reserve the right to defer the payment of the cash surrender benefit for a period of six months after demand therefor with su</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rrender of the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="43F1DB9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(c) A statement of the mortality table, if any, and interest rates used in calculating any minimum paid-up annuity, cash surrender, or death benefits that are guaranteed under the contract, together with sufficient information to determine the amounts of these benefits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="25AD7B53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) A statement that any paid-up annuity, cash surrender, or death benefits that may be available under the contract are not less than the minimum benefits required by any statute of the state in which the contract is delivered and an explanation of the manner in which the benefits are altered by the existence of any additional amounts credited by the insurer to the contract, any indebtedness to the insurer on the contract, or any prior withdrawals from or partial surrenders of the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4F6D9E69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding the requirements of this section, any deferred annuity contract may provide that, if no considerations have been received under a contract for a period of two full years and the portion of the paid-up annuity benefit at maturity on the plan stipulated in the contract arising from considerations paid prior to that period would be less than twenty dollars monthly, the insurer may at its option terminate the contract by payment in cash of the then present value of that portion of the paid-up a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nnuity benefit, calculated on the basis of the mortality table, if any, and interest rate specified in the contract for determining the paid-up annuity benefit. This payment relieves the insurer of any further obligation under the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2BF03E27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2F084735" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-30 [1978 Act No. 517 § 3] recodified as § 38-69-230 by 1987 Act No. 155, § 1; 1993 Act No. 181, § 742.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11028D2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7CAF8F65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-240. Minimum forfeiture amounts for contracts issued before July 1, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7F5DCD9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) This section applies to a contract issued before July 1, 2005, and may be applied by an insurer, on a contract-form-by-contract-form basis, to a contract issued after June 30, 2005, and before July 1, 2007. This section does not apply to a contract issued after June 30, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="48F5CE7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The minimum values as specified in Sections 38-69-250, 38-69-260, 38-69-270, 38-69-280, and 38-69-300 of any paid-up annuity, cash surrender, or death benefits available under an annuity contract must be based upon minimum nonforfeiture amounts as defined in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3E130889" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) With respect to a contract providing for flexible considerations, the minimum nonforfeiture amount at any time at or before the commencement of an annuity payment is equal to an accumulation up to that time at a rate of interest of three percent a year of percentages of the net considerations paid before that time, decreased by the sum of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4EC5D9D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) any previous withdrawals from or partial surrenders of the contract accumulated at a rate of interest of three percent a year; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="47B9AFCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the amount of any indebtedness to the insurer on the contract, including interest due and accrued, and increased by any existing additional amounts credited by the insurer to the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="609E0128" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The net considerations for a given contract year used to define the minimum nonforfeiture amount must be an amount not less than zero and are equal to the corresponding gross considerations credited to the contract during that contract year less an annual contract charge of thirty dollars and less a collection charge of one dollar and twenty-five cents for each consideration credited to the contract during that contract year. The percentages of net considerations are sixty-five percent of the net consi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>deration for the first contract year and eighty-seven and one-half percent of the net considerations for the second and later contract years. Notwithstanding the provisions of the preceding sentence, the percentage is sixty-five percent of the portion of the total net consideration for any renewal contract year which exceeds by not more than two times the sum of those portions of the net considerations in all previous contract years for which the percentage was sixty-five percent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2BFAAA1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) With respect to a contract providing for fixed scheduled considerations, minimum nonforfeiture amounts are calculated on the assumption that considerations are paid annually in advance and are defined as for contracts with flexible considerations which are paid annually with two exceptions:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="65DCB872" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the portion of the net consideration for the first contract year to be accumulated is the sum of sixty-five percent of the net consideration for the first contract year plus twenty-two and one-half percent of the excess of the net consideration for the first contract year over the lesser of the net considerations for the second and third contract years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="40738AB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the annual contract charge is the lesser of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="713E33DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) thirty dollars; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4EE09C08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) ten percent of the gross annual considerations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7084901B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(F) With respect to a contract providing for a single consideration, minimum nonforfeiture amounts are defined as for contracts with flexible considerations except that the percentage of net consideration used to determine the minimum nonforfeiture amount is equal to ninety percent and the net consideration is the gross consideration less a contract charge of seventy-five dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3EA7D332" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="012A17C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-40 [1978 Act No. 517 § 4] recodified as § 38-69-240 by 1987 Act No. 155, § 1; 2005 Act No. 43, § 2, eff May 3, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0315D82A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2358B645" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2002 Act No. 313, § 2, as amended by 2003 Act No. 73, § 19 and 2005 Act No. 43, § 3, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6AA7429C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"Notwithstanding the interest rate provisions of Section 38-69-240(A) of the 1976 Code, for prospective sales of contracts entered into pursuant to Section 38-69-240 from this act's effective date through June 30, 2007, the following may be applied, at the insurer's option, to a contract issued after the effective date of this act and before July 1, 2007, on a contract-form-by-contract-form basis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="27FB71F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"(1) The minimum values as specified in Sections 38-69-250, 38-69-260, 38-69-270, 38-69-280, and 38-69-300 of the 1976 Code of any paid-up annuity, cash surrender, or death benefits available under an annuity contract providing for flexible considerations, the minimum nonforfeiture amount at any time at or before the commencement of any annuity payments is equal to an accumulation up to that time at a rate of interest one and one-half percent a year of percentages of the net considerations paid before that </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>time, decreased by the sum of:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1E0BF7CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(a) any previous withdrawals from or partial surrenders of the contract accumulated at a rate of interest of one and one-half percent a year; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="747EE7B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(b) the amount of any indebtedness to the insurer on the contract, including interest due and accrued, and increased by any existing additional amounts credited by the insurer to the contract.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4528928E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>"(2) The net considerations for a given contract year used to define the minimum nonforfeiture amount must be an amount not less than zero and are equal to the corresponding gross considerations credited to the contract during that contract year less an annual contract charge of thirty dollars and less a collection charge of one dollar and twenty-five cents for each consideration credited to the contract during that contract year. The percentages of net considerations are sixty-five percent of the net consi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>deration for the first contract year and eighty-seven and one-half percent of the net considerations for the second and later contract years. Notwithstanding the provisions of the preceding sentence, the percentage is sixty-five percent of the portion of the total net consideration for any renewal contract year which exceeds by not more than two times the sum of those portions of the net considerations in all previous contract years for which the percentage was sixty-five percent."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="348D40AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7193243E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-245. Minimum nonforfeiture amounts for contracts issued after June 30, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5916E1F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) This section applies to contracts issued after June 30, 2007, and may be applied by an insurer, on a contract-form-by-contract-form basis, to a contract issued after June 30, 2005, and before July 1, 2007.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2A35F450" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The minimum values as specified in Sections 38-69-250, 38-69-260, 38-69-270, 38-69-280, and 38-69-300 of any paid-up annuity, cash surrender, or death benefits available under an annuity contract must be based upon minimum nonforfeiture amounts as defined in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2E4B17AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The minimum nonforfeiture amount at any time at or before the commencement of an annuity payment is equal to an accumulation up to that time at a rate of interest as indicated in subsection (E) of the net considerations paid before that time, decreased by the sum of items of (1) through (4):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="33EB1A7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(1) any previous withdrawals from or partial surrenders of the contract accumulated at a rate of interest as indicated in subsection (E);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="40432E3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) an annual contract charge of fifty dollars, accumulated at a rate of interest as indicated in subsection (E);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="40F75589" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) any premium tax paid by the company for the contract, accumulated at a rate of interest as indicated in subsection (E); and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5BA2DBB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the amount of any indebtedness to the company on the contract, including interest due and accrued.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0030C945" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The net considerations for a given contract year used to define the minimum nonforfeiture amount must be an amount equal to eighty-seven and one-half percent of the gross considerations credited to the contract during that contract year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7A3ADEC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E)(1) The interest rate used in determining minimum nonforfeiture amounts must be an annual rate of interest determined as the lesser of three percent a year and the following, which must be specified in the contract if the interest rate is reset:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6DD758CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the five-year Constant Maturity Treasury Rate reported by the Federal Reserve as of a date, or average over a period, rounded to the nearest 1/20th of one percent, specified in the contract no longer than fifteen months before the contract issue date or redetermination date pursuant to subitem (d);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="05C22023" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) reduced by one hundred twenty-five basis points;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="08989AC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) where the resulting interest rate is not less than one percent; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1D335167" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the interest rate shall apply for an initial period and may be redetermined for additional periods.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="78A6E0D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The redetermination date, basis, and period, if any, must be stated in the contract. The basis is the date or average over a specified period that produces the value of the five-year Constant Maturity Treasury Rate to be used at each redetermination date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="073DF633" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) During the period or term that a contract provides substantive participation in an equity indexed benefit, it may increase the reduction described in subsection (E)(1)(b) by up to an additional one hundred basis points to reflect the value of the equity index benefit. The present value at the contract issue date, and at each redetermination date after that, of the additional reduction must not exceed the market value of the benefit. The director or his designee may require a demonstration that the pres</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ent value of the additional reduction does not exceed the market value of the benefit. If a demonstration is not acceptable to the director, or his designee, he may disallow or limit the additional reduction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5DEB0079" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) The director, or his designee, may adopt rules to implement the provisions of subsection (F) and to provide for further adjustments to the calculation of minimum nonforfeiture amounts for contracts that provide substantive participation in an equity index benefit and for other contracts that the director, or his designee, determines adjustments are justified.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1687CB2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="630F6F0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 43, § 1, eff May 3, 2005.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7BE1D76D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="50A7707C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-247. Minimum nonforfeiture amounts for contracts issued after June 30, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2F0C4FB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) This section applies to contracts issued after June 30, 2022, and may be applied by an insurer, on a contract-form-by-contract-form basis, to a contract issued after June 30, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="148AB4DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The minimum values as specified in Sections 38-69-250, 38-69-260, 38-69-270, 38-69-280, and 38-69-300 of any paid-up annuity, cash surrender, or death benefits available under an annuity contract must be based upon minimum nonforfeiture amounts as defined in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6CBA1515" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The minimum nonforfeiture amount at any time at or before the commencement of an annuity payment is equal to an accumulation up to that time at a rate of interest as indicated in subsection (E) of the net considerations paid before that time, decreased by the sum of items of (1) through (4):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="784F8A08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) any previous withdrawals from or partial surrenders of the contract accumulated at a rate of interest as indicated in subsection (E);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="33A3EC85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) an annual contract charge of fifty dollars, accumulated at a rate of interest as indicated in subsection (E);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2126787B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) any premium tax paid by the company for the contract, accumulated at a rate of interest as indicated in subsection (E); and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5C493CE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the amount of any indebtedness to the company on the contract, including interest due and accrued.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="706168CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The net considerations for a given contract year used to define the minimum nonforfeiture amount must be an amount equal to eighty-seven and one-half percent of the gross considerations credited to the contract during that contract year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="649BAB27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E)(1) The interest rate used in determining minimum nonforfeiture amounts must be an annual rate of interest determined as the lesser of three percent a year and the following, which must be specified in the contract if the interest rate is reset:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5B235872" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the five-year Constant Maturity Treasury Rate reported by the Federal Reserve as of a date, or average over a period, rounded to the nearest 1/20th of one percent, specified in the contract no longer than fifteen months before the contract issue date or redetermination date pursuant to subitem (d);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="12E639B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) reduced by one hundred twenty-five basis points;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1CD2AF3C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) where the resulting interest rate is no less than 15 basis points (0.15%); and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="31406093" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the interest rate must apply for an initial period and may be redetermined for additional periods.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="377AC560" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The redetermination date, basis, and period, if any, must be stated in the contract. The basis is the date or average over a specified period that produces the value of the five-year Constant Maturity Treasury Rate to be used at each redetermination date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4539853C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(F) During the period or term that a contract provides substantive participation in an equity indexed benefit, it may increase the reduction described in subsection (E)(1)(b) by up to an additional one hundred basis points to reflect the value of the equity index benefit. The present value at the contract issue date, and at each redetermination date after that, of the additional reduction must not exceed the market value of the benefit. The director, or his designee, may require a demonstration that the pre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>sent value of the additional reduction does not exceed the market value of the benefit. If a demonstration is not acceptable to the director, or his designee, he may disallow or limit the additional reduction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0C746875" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) The director, or his designee, may adopt rules to implement the provisions of subsection (F) and to provide for further adjustments to the calculation of minimum nonforfeiture amounts for contracts that provide substantive participation in an equity index benefit and for other contracts that the director, or his designee, determines adjustments are justified.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76FF3B9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="356CB9EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 195 (H.4832), § 1, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5FE2E487" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5D208130" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-250. Paid-up annuity benefits; present value.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5023CDE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any paid-up annuity benefit available under a contract must be such that its present value on the date annuity payments are to commence is at least equal to the minimum nonforfeiture amount on that date. The present value must be computed using the mortality table, if any, and the interest rate specified in the contract for determining the minimum paid-up annuity benefits guaranteed in the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2741775A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="28747BDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-50 [1978 Act No. 517 § 5] recodified as § 38-69-250 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E806ED2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0EAC7FD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-260. Cash surrender benefits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0BEBE077" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For contracts which provide cash surrender benefits, the cash surrender benefits available prior to maturity may not be less than the present value as of the date of surrender of that portion of the maturity value of the paid-up annuity benefit which would be provided under the contract at maturity arising from considerations paid prior to the time of cash surrender reduced by the amount appropriate to reflect any prior withdrawals from or partial surrenders of the contract, the present value being calcula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ted on the basis of an interest rate not more than one percent higher than the interest rate specified in the contract for accumulating the net considerations to determine such maturity value, decreased by the amount of any indebtedness to the insurer on the contract, including interest due and accrued, and increased by any existing additional amounts credited by the insurer to the contract. In no event may any cash surrender benefit be less than the minimum nonforfeiture amount at that time. The death bene</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>fit under such contracts must be at least equal to the cash surrender benefit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6C576598" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="799142FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-60 [1978 Act No. 517 § 6] recodified as § 38-69-260 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DF79F56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5FB507BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-270. Contracts not providing cash surrender benefits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="59E57A4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For contracts which do not provide cash surrender benefits, the present value of any paid-up annuity benefit available as a nonforfeiture option at any time prior to maturity may not be less than the present value of that portion of the maturity value of the paid-up annuity benefit provided under the contract arising from considerations paid prior to the time the contract is surrendered in exchange for, or changed to, a deferred paid-up annuity. The present value is calculated for the period prior to the m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>aturity date on the basis of the interest rate specified in the contract for accumulating the net considerations to determine such maturity value and increased by any existing additional amounts credited by the insurer to the contract. For contracts which do not provide any death benefits prior to the commencement of any annuity payments, the present values are calculated on the basis of the interest rate and the mortality table specified in the contract for determining the maturity value of the paid-up ann</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>uity benefit. However, in no event may the present value of a paid-up annuity benefit be less than the minimum nonforfeiture amount at that time.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="46EA2F5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="38143F62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-70 [1978 Act No. 517 § 7] recodified as § 38-69-270 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4ED44518" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1CAF9314" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-280. Maturity date under certain contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3BF47681" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purpose of determining the benefits calculated under §§ 38-69-260 and 38-69-270, in the case of annuity contracts under which an election may be made to have annuity payments commence at optional maturity dates, the maturity date is considered to be the latest date for which election is permitted by the contract but may not be considered to be later than the anniversary of the contract next following the annuitant's seventieth birthday or the tenth anniversary of the contract, whichever is later.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A211AE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="178D746D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-80 [1978 Act No. 517 § 8] recodified as § 38-69-280 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6060892F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="4D92DC80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-290. Statements required in certain contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="181B415E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any contract which does not provide cash surrender benefits or does not provide death benefits at least equal to the minimum nonforfeiture amount prior to the commencement of any annuity payments shall include a statement in a prominent place in the contract that those benefits are not provided.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="07C6EC01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="42D98EDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-90 [1978 Act No. 517 § 9] recodified as § 38-69-290 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F204FBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7C7D0D1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-300. Calculating benefits available other than on anniversary date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2423D907" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any paid-up annuity, cash surrender, or death benefits available at any time, other than on the contract anniversary under any contract with fixed scheduled considerations, must be calculated with allowance for the lapse of time and the payment of any scheduled considerations beyond the beginning of the contract year in which cessation of payment of considerations under the contract occurs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EEBF537" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="138C9504" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-100 [1978 Act No. 517 § 10] recodified as § 38-69-300 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E46A8BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5C37B223" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-310. Contracts providing annuity and insurance benefits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7EAACFBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For any contract which provides, within the same contract by rider or supplemental contract provision, both annuity benefits and life insurance benefits that are in excess of the greater of cash surrender benefits or a return of the gross considerations with interest, the minimum nonforfeiture benefits must be equal to the sum of the minimum nonforfeiture benefits for the annuity portion and the minimum nonforfeiture benefits, if any, for the life insurance portion computed as if each portion were a separa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>te contract. Notwithstanding the provisions of §§ 38-69-250, 38-69-260, 38-69-270, 38-69-280, and 38-69-300, additional benefits payable (a) in the event of total and permanent disability, (b) as reversionary annuity or deferred reversionary annuity benefits, or (c) as other policy benefits additional to life insurance, endowment and annuity benefits, and considerations for all such additional benefits, must be disregarded in ascertaining the minimum nonforfeiture amounts and paid-up annuity, cash surrender</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>, and death benefits that may be required by this section. The inclusion of such additional benefits is not required in any paid-up benefits, unless such additional benefits separately would require minimum nonforfeiture amounts and paid-up annuity, cash surrender, and death benefits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28994D90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="17B30FF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-110 [1978 Act No. 517 § 11] recodified as § 38-69-310 by 1987 Act No. 155, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="473C029A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="07C2D4FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-320. Effective date of article as to insurer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="35DEB3A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>After May 31, 1978, an insurer may file with the department a written notice of its election to comply with the provisions of this article after a specified date before May 31, 1980. After the filing of the notice, upon the specified date, which is the operative date of this article for the insurer, this article becomes operative with respect to annuity contracts thereafter issued by the insurer. If an insurer makes no election, the operative date of this article for the insurer is May 31, 1980.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F796B59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3A9F9432" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 1976 Code § 38-8-120 [1978 Act No. 517 § 12] recodified as § 38-69-320 by 1987 Act No. 155, § 1; 1993 Act No. 181, § 743.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E33D6C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="43FE5742" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 38-69-330. Promulgation of regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="233E9567" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Director of the Department of Insurance or his designee shall promulgate regulations to implement the provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7F839B91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="675C1809" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 312, § 15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4608,51 +4542,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -5089,66 +5023,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>