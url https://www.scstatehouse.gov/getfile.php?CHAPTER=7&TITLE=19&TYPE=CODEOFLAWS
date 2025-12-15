--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -1,280 +1,269 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3993489046034b03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a66408bf3a6f403da08e7e279ad18f70.psmdcp" Id="Ra2359357e02f48f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc5c84035596e4df0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/477ff031896245489cade6effa9abf26.psmdcp" Id="Rf01bb21b7cb24b7f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="52A355E3" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2945DE7E" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CHAPTER 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="4D3E382C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>CHAPTER 7</w:t>
-[...5 lines deleted...]
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Compelling Attendance of Witnesses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="0ED61A15" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6B182029" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="75D9EE54" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="0467EAE5" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-7-50. Means by which prisoners shall be brought into court as witnesses.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="09C05006" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Compelling Attendance of Witnesses</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Whenever it shall be necessary to bring any prisoner into court as a witness in any case the presiding judge may order such prisoner to be brought into court, without the necessity of a writ of habeas corpus. And when the said prisoner shall have given his evidence the judge shall cause him to be remanded to the custody of the officer to whose keeping he shall have been originally committed.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="148ED5AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="52C9D223" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 26-205; 1952 Code § 26-205; 1942 Code § 690; 1932 Code § 690; Civ. P. '22 § 706; Civ. C. '12 § 3971; Civ. C. '02 § 2867; G. S. 2201; R. S. 2331; 1808 (5) 571.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="5DFB6227" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E91A1DC" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="2F6E6F69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 19-7-60. Process to compel attendance of criminal defendant's witnesses; sanctions for disobedience.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00EB1961" w:rsidRDefault="00EB1961" w14:paraId="229FD193" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="08940ACF" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...121 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>In all criminal prosecutions the accused shall have compulsory process for obtaining witnesses in his favor. The compulsory process shall be in misdemeanors a subpoena under the official signature of the clerk of the court or other judicial officer. Such subpoena or a copy thereof shall be served upon the witness a reasonable time before such witness is required to attend court. For any disobedience to such subpoena the court may punish for contempt.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="536844A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="004F5687" w:rsidRDefault="004F5687" w14:paraId="6F03A5D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:br/>
-[...7 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 26-206; 1952 Code § 26-206; 1942 Code § 983; 1932 Code § 983; Cr. P. '22 § 74; Cr. C. '12 § 71; Cr. C. '02 § 45; G. S. 2638; R. S. 45; 1731 (3) 286; 1839 (11) 23; 1896 (22) 102.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -285,51 +274,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -766,66 +755,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>