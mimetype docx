--- v0 (2025-10-21)
+++ v1 (2025-12-19)
@@ -1,215 +1,206 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Recaf098bfafa448e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c4199369cb6548149c78826a0ac0e8fa.psmdcp" Id="R331be19fe630405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8a436a902d7a40ed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd920ccfb045465490e2e45c21751743.psmdcp" Id="Rb5aa59f676254092" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00583066" w:rsidRDefault="00583066" w14:paraId="022D6182" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D60063" w:rsidRDefault="00D60063" w14:paraId="42D7143E" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D60063" w:rsidRDefault="00D60063" w14:paraId="3591105D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 7</w:t>
-[...6 lines deleted...]
-        <w:br/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Fees and Costs of Magistrates</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00583066" w:rsidRDefault="00583066" w14:paraId="2BE13A1F" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D60063" w:rsidRDefault="00D60063" w14:paraId="6597CE05" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00583066" w:rsidRDefault="00583066" w14:paraId="1769B6E3" w14:textId="77777777">
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D60063" w:rsidRDefault="00D60063" w14:paraId="2AF2B54D" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="HTMLPreformatted"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 22-7-40. Receipt of certain compensation in criminal cases; penalty.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D60063" w:rsidRDefault="00D60063" w14:paraId="56D4B6C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>Fees and Costs of Magistrates</w:t>
-[...15 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It shall be unlawful for any salaried magistrate in this State to receive any compensation for his services in criminal cases other than his salary or to receive for his own use any portion of his constable's fees or salary in any criminal cases whatsoever, whether such cases are actually tried, compromised or transferred for investigation to the court of general sessions. Any magistrate who shall violate the provisions of this section shall be guilty of a misdemeanor and, upon conviction thereof, shall be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fined not less than fifty dollars and not more than two hundred dollars or imprisoned for not less than thirty days and not more than six months, or both so fined and imprisoned, at the discretion of the court.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="50A071FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D60063" w:rsidRDefault="00D60063" w14:paraId="7D834B53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fined not less than fifty dollars and not more than two hundred dollars or imprisoned for not less than thirty days and not more than six months, or both so fined and imprisoned, at the discretion of the court.</w:t>
-[...15 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 27-429; 1952 Code § 27-429; 1942 Code § 3718-1; 1932 Code § 1549; Cr. C. '22 § 496; Cr. C. '12 § 569; Cr. C. '02 § 412; R. S. 327; 1887 (19) 800, 1142; 1927 (35) 371; 1928 (35) 1157, 1233; 1929 (36) 3, 34, 50, 105; 1930 (36) 1142; 1931 (37) 250; 1933 (38) 57; 1937 (40) 464; 1938 (40) 1547.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -220,51 +211,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -701,66 +692,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>