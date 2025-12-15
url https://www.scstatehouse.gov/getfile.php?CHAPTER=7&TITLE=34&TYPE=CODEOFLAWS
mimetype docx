--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -1,982 +1,957 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9b3bb6e68cb742ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32c2f0650b1b48e39cd7530c078ec386.psmdcp" Id="R9faea6473e6445af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R633b73bd78734a0d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b43eaa1fdf740e5aaf3ff7f7d59e103.psmdcp" Id="Red4cca42f1114b13" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C363FA" w:rsidRDefault="00C363FA" w14:paraId="56A47F6E" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="15DCF351" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="61B10ABE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Reorganization of Insolvent Banks</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="33F3F6AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5E4F7795" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-7-10. Reorganization of banks adjudged insolvent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="5B32C5D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When any banking institution organized and operating under the laws of this State has been duly adjudged insolvent in an action or special proceeding duly instituted in the court of common pleas of this State, the court in such action may approve a plan of reorganization for the reopening of any such bank or banking institution upon compliance with the procedure and requirements set forth in Sections 34-7-20 to 34-7-70.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37DADCFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6AF7D2C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-311; 1952 Code § 8-311; 1942 Code § 7874; 1932 (37) 1183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19CE5B2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7AE46876" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-7-20. Effect of reorganization plan on claims of depositors and unsecured creditors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="20BFC427" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>Any such reorganization plan may authorize the reduction of the claims of depositors and unsecured creditors, postpone the payment thereof or provide for such payment in installments as will appear to be to the best interest of the parties interested. In any such plan all claims or demands of the same class shall be treated alike.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="21A58EF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="61D824C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-312; 1952 Code § 8-312; 1942 Code § 7874; 1932 (37) 1183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="395C1B74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="72E5C2C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-7-30. Parties to proceeding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="39935E1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>All depositors, creditors and stockholders shall, for the purpose of determining upon any plan of reorganization for the reopening of any such bank under the terms of this Chapter, be deemed parties to the action or proceeding in which the adjudication of insolvency is made, provided the notice hereinafter referred to be duly served. All such depositors, creditors and stockholders who are so made parties shall be bound by the judgment order referred to in Section 34-7-60.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1693FB62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="1152D249" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-313; 1952 Code § 8-313; 1942 Code § 7874; 1932 (37) 1183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="10E70BE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="6A55FFBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-7-40. Petition and order for reorganization meeting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="02563E6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In the event as many as five per cent in number and amount of depositors and stockholders file a petition, duly verified, with the resident or presiding judge of the circuit in which such bank is situate, setting forth that, in their opinion:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="57EF69E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) It would be to the advantage of the depositors and unsecured creditors to reorganize and reopen such bank for business;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="0B1689BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Under such reorganization plan the depositors and unsecured creditors would receive a larger percentage of their claims than would be paid under a liquidation in court; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="02934FB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) It is feasible to reopen the bank on such plan;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="3FD41064" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>And should such representations appear to the satisfaction of the judge to be true, the court shall fix by order a time and place for the holding of a meeting of depositors, creditors and stockholders of such institution for the purpose of considering and determining upon a plan for the reorganization and reopening of such institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0DB33DEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="77160A68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-314; 1952 Code § 8-314; 1942 Code § 7874; 1932 (37) 1183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="30CD6D37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4F9032A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-7-50. Notice of meeting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="60000E7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t>A notice of the time, place and purpose of such meeting shall be given by mail to each depositor, creditor and stockholder at his address as it appears upon the books and records of the institution, unless it be known to be otherwise and then at such last known address, at least ten days prior to the time of such meeting. The court in its order shall direct the manner of giving such notice and make such other provisions for the holding and conduct of the meeting, not inconsistent herewith, as will enable t</w:t>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>A notice of the time, place and purpose of such meeting shall be given by mail to each depositor, creditor and stockholder at his address as it appears upon the books and records of the institution, unless it be known to be otherwise and then at such last known address, at least ten days prior to the time of such meeting. The court in its order shall direct the manner of giving such notice and make such other provisions for the holding and conduct of the meeting, not inconsistent herewith, as will enable th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>e parties to be fully heard and register their views on any plan of reorganization.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1658E4B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="7B60223E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-315; 1952 Code § 8-315; 1942 Code § 7874; 1932 (37) 1183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="41E66DCE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="4C0BD1C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-7-60. Adoption of plan; quorum and vote required; no appeal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="0F8976AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Before any such meeting shall be authorized to determine upon any plan of reorganization it must appear that not less than fifty per cent of depositors, unsecured creditors and stockholders are present or duly represented. In the event that two thirds in number and amount of all depositors, unsecured creditors and stockholders present at such meeting agree upon a plan of reorganization by resolution duly adopted and recommend the plan to the resident or presiding judge of such circuit, then the court, if i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>t appear to its satisfaction that such plan will be to the best interest of all parties, may by proper judgment order approve such plan, and order the reorganization and reopening of such institution. No appeal shall be allowed or taken from such order.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C88B41F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="55D8D60D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-316; 1952 Code § 8-316; 1942 Code § 7874; 1932 (37) 1183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="330D81AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="78B7DAAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 34-7-70. Reopening of bank in hands of State Board of Bank Control; agreement of fiduciaries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="557C5252" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Any bank placed in the hands of the State Board of Bank Control other than a banking institution that has been duly adjudged insolvent in an action or special proceeding duly instituted in the court of common pleas under Section 34-7-10 may reopen and operate as a going banking institution upon the consent of two thirds of the depositors in number and amount holding deposits in excess of ten dollars in such bank who shall agree in writing to an extension of payment of unsecured creditors of the bank. Such </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>writing shall specify the terms of such extension and amounts to be paid from time to time for a period not exceeding five years. All such agreements when signed by executors, trustees, administrators or committees for persons non compos mentis shall be lawful and binding upon their wards and shall be binding upon all depositors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="072DB6F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B7B0A" w:rsidRDefault="009B7B0A" w14:paraId="083D10F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 8-317; 1952 Code § 8-317; 1942 Code § 7874; 1932 (37) 1183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -987,51 +962,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1468,66 +1443,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>