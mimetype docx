--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -1,989 +1,1186 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R41d7fe14688e465a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af77d37f16274997938b64f96809cde1.psmdcp" Id="Rffaddeec9544430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Redd31f2be0224f04" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec0730b3b0a845eeb7ed35262190b361.psmdcp" Id="R4b7c1272a0ea45c0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00594038" w:rsidRDefault="00594038" w14:paraId="63B245DD" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5DD3D714" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6C070B64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Fair Trade Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4AD9CA4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="681E8E4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-7-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="67B9DC25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be known and cited as the "Fair Trade Act."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14D9FF83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1D1E4AA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-91; 1952 Code § 66-91; 1942 Code § 6639; 1937 (40) 301.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2F69FDDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Validity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0D9CD3A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>For the validity of this section, see Rogers-Kent, Inc. v. General Electric Co., 231 S.C. 636, 99 S.E.2d 665 (1957).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1DDF95D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="03272652" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-7-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5E206484" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The following terms, as used in this chapter are defined as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7725CFDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Commodity" means any subject of commerce;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="46D4175B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Producer" means any grower, baker, maker, manufacturer, bottler, packer, converter, processor or publisher;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5F4CD4C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Wholesaler" means any person selling a commodity other than a producer or retailer; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="43DAFA6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Retailer" means any person selling a commodity to consumers for use.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22FB0A1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1521492A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-92; 1952 Code § 66-92; 1942 Code § 6639; 1937 (40) 301.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="797C1966" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Validity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="34CB8021" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>For the validity of this section, see Rogers-Kent, Inc. v. General Electric Co., 231 S.C. 636, 99 S.E.2d 665 (1957).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05B0DC76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7E0B0934" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-7-30. Permissible provisions in contract for sale of commodity bearing trademark.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="62ED0A65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No contract relating to the sale or resale of a commodity which bears, or the label or container of which bears, the trademark, brand or name of the producer, distributor or owner of such commodity and which is in fair and open competition with commodities of the same general class produced by others shall be deemed in violation of any law of the State by reason of any of the following provisions which may be contained in such contract:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2C04FAD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) That the buyer will not resell such commodity at less than the minimum price stipulated by the vendor; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="52AA21C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) That the producer or vendee of a commodity require upon the sale of such commodity to another that such purchaser agree that he will not, in turn, resell at less than the minimum price stipulated by such producer or vendee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7BD97EAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Such provisions in any contract shall be deemed to contain or imply conditions that such commodity may be resold without reference to such agreement in the following cases:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="625FF4D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) In closing out the owner's stock for the purpose of discontinuing dealing in such commodity if such stock is first offered to the producer or distributor of such stock at the original invoice price at least ten days before such stock shall be offered for sale to the public;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6DE6D019" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(b) When the goods are damaged or deteriorated in quality and one week's notice is given to the public thereof by publication in a newspaper published in the county in which the seller's place of business is located; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1060061F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) By any officer acting under the orders of any court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="298576B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="254CCBA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-93; 1952 Code § 66-93; 1942 Code § 6639; 1937 (40) 301.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="30C0E63A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Validity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="525AA33A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>For the validity of this section, see Rogers-Kent, Inc. v. General Electric Co., 231 S.C. 636, 99 S.E.2d 665 (1957).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4150365A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="22AE6E04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-7-40. Sale below stipulated price constitutes unfair competition.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="32342991" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Wilfully and knowingly advertising, offering for sale or selling any commodity at less than the price stipulated in any contract containing either of the provisions mentioned in Section 39-7-30, whether the person so advertising, offering for sale or selling is or is not a party to such contract, is unfair competition and is actionable at the suit of any person damaged thereby.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="533F3AA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="78257CF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-94; 1952 Code § 66-94; 1942 Code § 6639; 1937 (40) 301.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3F72835E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Validity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="51DF6D98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>For the validity of this section, see Rogers-Kent, Inc. v. General Electric Co., 231 S.C. 636, 99 S.E.2d 665 (1957).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62110F9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="52CD3D7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-7-50. Exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="29B1D7D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter shall not apply to any contract or agreement between producers, between wholesalers or between retailers as to the sale or resale prices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5036DF5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="67DF6C2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-95; 1952 Code § 66-95; 1942 Code § 6639; 1937 (40) 301.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3C8D229B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Validity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="77FE34A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>For the validity of this section, see Rogers-Kent, Inc. v. General Electric Co., 231 S.C. 636, 99 S.E.2d 665 (1957).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -994,51 +1191,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1475,66 +1672,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>