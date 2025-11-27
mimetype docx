--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,8243 +1,9067 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7aced9d497bb4043" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1118f49c50f474eb1766b05078d4bf7.psmdcp" Id="Ra3ce68d913114636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R564aa989d4cc4ba9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/788a84622cc2450c9b00bfa9e7aaf0fa.psmdcp" Id="R6f15428b762a4e1a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0000746D" w:rsidRDefault="0000746D" w14:paraId="596199E9" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="635B60D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0614FDC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Barbers and Barbering</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3F90F9A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4FB1C5E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-5. Conflicts between this chapter and Article 1, Chapter 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="06A998F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unless otherwise provided for in this chapter, Article 1, Chapter 1 applies to barbers; however, if there is a conflict between this chapter and Article 1, Chapter 1, the provisions of this chapter control.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1EFDD2B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5A9AABBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="51C55840" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="22FACA2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-10. Establishment of State Board of Barber Examiners; membership.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="187D4122" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Board of Barber Examiners is established and consists of five members appointed by the Governor with the advice and consent of the Senate for terms of four years and until successors are appointed and qualify. Four members must be licensed barbers who have been engaged in the practice of barbering for at least five years in this State, and of these members at least two must be licensed as master haircare specialists. One member must be a member from the general public not connected with the pract</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ice of barbering. Nominations for the member from the general public may be submitted to the Nominations Committee by an individual, group, or association. The Nominations Committee shall give consideration to these nominations, and the appointment of this member must be made in accordance with Section 40-1-45. The member from the general public has all the rights and privileges of the other board members except the lay member may not participate in the examination of an applicant for a license. The Governo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>r may remove a member in accordance with Section 1-3-240 and shall appoint a member to fill the unexpired portion of the term. A majority vote is required to exercise any function of the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0CC7D16E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="68AF399D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0F08EFD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3B999DE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-36; 1952 Code § 56-253; 1962 Code § 56-253; 1971 (57) 904; 1972 (57) 2473; 1992 Act No. 356, § 1; 1976 Code § 40-7-30.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3058A31D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1498DC14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="330340BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="62FF9EC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Practice of barbering" means any one or a combination of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="375FC87D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) shaving or trimming a beard, cutting the hair, or hairstyling;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0725ECD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) giving facial or scalp massages or treatments with oils, creams, lotions, or other preparations, either by hand or mechanical appliances;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="66B59631" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) singeing, shampooing, or dyeing the hair or applying hair tonics or chemicals to wave, relax, straighten, or bleach the hair;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6F0C10B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) applying cosmetic preparations, antiseptics, powders, oils, clays, and lotions to the scalp, neck, or face;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2E35C1E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) cutting, shaping, fitting, styling, and servicing hair pieces, toupees, and wigs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="19CCB8EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Hair braiding" means the weaving or interweaving of natural human hair for compensation without cutting, coloring, permanent waving, relaxing, removing, or chemical treatment. Hair braiding also includes the use of hair extensions, except when used in public places including, but not limited to, beaches, parks, and sidewalks.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2F082C15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1CF18A55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1; 2014 Act No. 283 (H.3411), § 1, eff June 11, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="206949FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7C0A3410" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-32; 1952 Code § 56-251; 1962 Code § 56-251; 1971 (57) 904; 1976 Act No. 700, § 2; 1985 Act No. 147, § 1; 1976 Code § 40-7-10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="57350750" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7C1FB98D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2014 Act No. 283, § 1, in paragraph (2), deleted the former exclusion for the definition relating to hair extensions or wefts, and added the second sentence.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0964FDD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3A5E27D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-30. Licensure requirement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3661C542" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person may engage in the practice of barbering unless the person is licensed in accordance with this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C525549" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2DE36B6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1; 2005 Act No. 52, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="359ECEF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7A2883B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-31; 1952 Code § 56-252; 1962 Code § 56-252; 1976 Code § 40-7-20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B6DC0F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3C31A02D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-50. Department of Labor, Licensing and Regulation to provide all administrative and fiscal operations and activities of board; board to establish fees by regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6FE4B5D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Department of Labor, Licensing and Regulation shall provide all administrative, fiscal, investigative, inspectional, clerical, secretarial, and license renewal operations and activities of the board in accordance with Section 40-1-50.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1C082AD5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The board shall establish in regulation fees for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="77DF7563" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) examination, licensure, renewal, and reinstatement fees for student barbers, barber assistants, barber apprentices, registered barbers, master haircare specialists, barber instructors, and any other category of barber authorized by this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2BD63695" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(2) the inspection, registration, renewal, and registration reinstatement of barbershops and barber schools and colleges.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="14F0B981" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The board may prorate the annual license fee as provided for in regulation. All licenses and registration must be renewed as of June thirtieth of each year. All fees must accompany applications, license renewals, license reinstatements, and barbershop inspections, registration, and renewals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B39C253" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7093DCC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="561F4CDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="36A73403" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, reference to § 41-1-50 was changed to § 40-1-50.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C0D12E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6B1DCB7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-60. Adoption of rules; seal; regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5C6C873C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board may adopt rules governing its proceedings as provided for in Section 40-1-60 and shall adopt a seal for the authentication of its orders and records. The board may promulgate regulations necessary to carry out the provisions of this chapter including, but not limited to, regulations for the sanitary management of barbershops and barber schools which must be approved by the Department of Health and Environmental Control and which must be furnished by the board to the owner or manager of each barbe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rshop or barber school in the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0AC96BF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3B940916" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="760CC1A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="733411DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code §§ 5250-37, 5250-46; 1952 Code §§ 56-255, 56-268; 1962 Code §§ 56-255, 56-268; 1976 Code §§ 40-7-50, 40-7-190.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A8D5999" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="348BA44A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-70. Additional powers and duties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="15666B96" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In addition to the powers and duties provided for in this chapter, the board has those powers and duties set forth in Section 40-1-70.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="208C385D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6D89E920" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="56F0669F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="05BE2312" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-80. Investigation of complaints and violations of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="477EEECF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Labor, Licensing and Regulation on behalf of the board shall investigate complaints and violations of this chapter as provided for in Section 40-1-80.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3167614C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7DBD4462" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43EB6827" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="696E3493" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-90. Results of investigation to be presented to board; hearing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6AEF9CE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>The results of an investigation must be presented to the board and any subsequent hearing must be conducted in accordance with Section 40-1-90.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="795FE359" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2C99B507" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="62D934E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="742F3674" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-100. Issuance of cease and desist order, or petition for temporary restraining order or other equitable relief.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="27433B0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In addition to other remedies provided for in this chapter or Article 1, Chapter 1, the board in accordance with Section 40-1-100 may issue a cease and desist order or may petition an administrative law judge for a temporary restraining order or other equitable relief to enjoin a violation of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4976B625" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="408A97C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D7EA08A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3F5236D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-110. Disciplinary action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3E37A79D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board may take disciplinary action against a barber permittee or licensee as provided for in Section 40-1-110 and based upon grounds enumerated in that section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19AFAAA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="007E45BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7E439BCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2E77E1C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-49; 1952 Code § 56-273; 1962 Code § 56-273; 1967 (55) 392; 1993 Act No. 164, Part II, § 111; 1976 Code § 40-7-240.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2663527A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1F9CC8C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-115. Jurisdiction of board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="772D19DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board has jurisdiction over the actions of licensees and permittees and former licensees and permittees as provided for in Section 40-1-115.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2049497A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2369E46C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="21A14F43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6303887D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-120. Additional disciplinary action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="61581EA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>In addition to the sanctions the board may impose against a person pursuant to Section 40-1-110, the board also may take disciplinary action against a person as provided for in Section 40-1-120.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3CB03EA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0DC35E0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="15CA43DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="18AD5E7C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-130. Denial of permit or licensure on same grounds as potential disciplinary action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="036FC43C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As provided for in Section 40-1-130, the board may deny a permit or licensure to an applicant based on the same grounds for which the board may take disciplinary action against a licensee or permittee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="189D2527" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="034B6469" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="707F9CFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4072BDD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-140. Denial of permit or licensure based on prior criminal record.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3BAB3B6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A permit or license may be denied based on a person's prior criminal record only as provided for in Section 40-1-140.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68B4E2F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="119F8B15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D8A6132" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="60D44B2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-150. Voluntary surrender of license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3AA50FFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A licensee or permittee under investigation for a violation of this chapter or a regulation promulgated under this chapter may voluntarily surrender the license or permit in accordance with Section 40-1-150.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="747D5726" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="067E2AC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43F0B148" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4DB9B460" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-160. Appeal.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="17897DF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person aggrieved by a final action of the board may seek review of the decision in accordance with Section 40-1-160.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="776C3CB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="685AC0F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6E80370D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3AB47191" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-50; 1952 Code § 56-275; 1962 Code § 56-275; 1993 Act No. 181, § 862; 1976 Code § 40-7-270.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A969198" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="24C849CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-170. Investigation and prosecution costs.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7462FB0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person found in violation of this chapter or regulations promulgated under this chapter may be required to pay costs associated with the investigation and prosecution of the case in accordance with Section 40-1-170.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37C84B91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2622BD6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="797B5BD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3C71890B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-180. Costs and fines subject to collection and enforcement provisions of Section 40-1-180.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="183FD28C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All costs and fines imposed pursuant to this chapter must be paid in accordance with and are subject to the collection and enforcement provisions of Section 40-1-180.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="122D6AA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5A65081D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3278798A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0EEA10C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-190. Confidentiality of investigations and proceedings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2257D5E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Investigations and proceedings conducted under this chapter are confidential, and all communications are privileged as provided for in Section 40-1-190.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="45F06F40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7560019F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2225C8CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5C0E92B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-200. Practicing barbering in violation of chapter; knowing submission of false information for purpose of obtaining license; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3E205D51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person who practices or offers to practice barbering in this State in violation of this chapter or who knowingly submits false information for the purpose of obtaining a license is guilty of a misdemeanor and, upon conviction, must be imprisoned not more than one year or fined not more than five thousand dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22C163C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1E0A0B04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3655A3AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="23200E92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-210. Petition for injunctive relief.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2175752F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department, on behalf of the board and in accordance with Section 40-1-120, may petition an administrative law judge, in the name of the State, for injunctive relief against a person violating this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2BA40E81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2034F63A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4B7D9CD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C9D059E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-230. Barber assistant; requirements for licensure; certificate of registration for registered barber apprentice, registered barber, or master haircare specialist.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1946B4A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The board shall issue a license to practice as a barber assistant to a person who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1670160F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is at least sixteen years of age;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3EDF0392" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) has passed a physical examination prescribed by the Department of Health and Environmental Control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6899B52A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) has been issued a student permit and completed six weeks' training as a barber assistant under the supervision of a registered barber who is qualified to train an assistant barber as provided for in Section 40-7-290;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="42F8DBFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) has been examined by the board and has been determined to be qualified to give shampoos and manicures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="435BD9CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A barber assistant only may work under the direct supervision of a licensed registered barber.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="385EB2F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The board may promulgate regulations for the purpose of examination, supervision, and licensing of these persons.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0068E87B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A barber assistant employed as of February 1, 1976, may within sixty days obtain a barber assistant license without further training or examination by paying the required fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="370259F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The board shall issue a certificate of registration as a registered barber apprentice to a person who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2063BDDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is at least sixteen years of age and has achieved a ninth grade education or its equivalent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1B3F1E09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) has passed a physical examination prescribed by the Department of Health and Environmental Control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2F530586" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) has completed at least nine months' course of fifteen hundred hours in a reliable barber school or college approved by the board; or twelve months' training under the personal supervision of a registered barber who has been examined by the board and who has been determined to be qualified to train student barbers under laws governing barber training in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="065A4FD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) has passed the examination prescribed by the board;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5478D2F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) has submitted the applicable fees established by the board in regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1949E294" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The board shall issue a certificate of registration as a registered barber to a person who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5E5132DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is at least seventeen years of age;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="20A70E78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) has passed a physical examination as prescribed by the board;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="316734C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) has practiced as a registered apprentice for twelve months under the direct supervision of a registered barber, and this practice must have included at least one thousand nine hundred twenty hours, proof of which must be submitted to the board by affidavit of three registered barbers or by other methods of proof that the board may prescribe;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="208119F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(4) has passed the registered barber examination prepared and conducted by the board to determine if the applicant has:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4D8B5D0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the requisite skill to perform properly all the duties associated with the practice of barbering including, but not limited to, the ability of the applicant in the preparation of tools, shaving, haircutting, and all the duties and services incident to them;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3BB459B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) sufficient knowledge concerning diseases of the face, skin, and scalp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1031732B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The board shall issue a certificate of registration as a master hair care specialist to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="177994A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a cosmetologist licensed under Chapter 13 who has:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="46C55515" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) satisfied educational requirements prescribed by the board in regulation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="541533DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) passed the examination required by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="52B76AF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) a person who after July 1, 1985, meets the requirements of subsection (C) and has passed a written and practical examination conducted by the board to determine the person's ability to use chemicals to wave, relax, straighten, or bleach the hair;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0F57608F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a cosmetologist licensed under Chapter 13 who has two or more years' experience working as a cosmetologist and after successfully completing a practical examination prescribed and conducted by the board. The examination shall include a basic tapered haircut.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7EC60337" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="79E646E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6BC09CA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2AF47134" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-33; 1952 Code § 56-259; 1962 Code § 56-259; 1967 (55) 392; 1971 (57) 904; 1989 Act No. 87, § 4; 1972 Code § 40-7-100.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="015BFFF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="42E5A7D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-240. Applications for examination; frequency of examinations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4657E7F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An applicant for an examination shall apply to the board on forms approved and furnished by the board, and the application shall contain proof under the applicant's oath of the particular qualifications of the applicant. The applicant shall submit the required fee with the application. An application for examination must be submitted to the board at least fifteen working days before the applicant takes the examination.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3161B046" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The board shall conduct examinations of applicants for certificates of registration to practice as registered barbers and of applicants for certificates of registration to practice as registered apprentices not fewer than four times a year, at such times and places as is prescribed by the board. The examination of applicants for certificates of registration as registered barbers and registered apprentices shall include practical demonstrations and oral and written tests as the board may prescribe.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5759B6A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4E1039C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1B3C0777" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="51762748" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code §§ 5250-39, 5250-40; 1952 Code §§ 56-262, 56-263; 1962 Code §§ 56-262, 56-263; 1967 (55) 392; 1976 Code §§ 40-7-130, 40-7-140.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="271A471F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="078244A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-250. Renewal of master haircare specialist license; reinstatement of certificate of registration for registered barbers and registered apprentices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5721DB07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A person who is licensed as a master haircare specialist on May 13, 1986, may have this license renewed annually upon payment of the required license fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="581A656C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A registered barber or a registered apprentice whose certificate of registration has expired may have the certificate reinstated immediately upon payment of the required reinstatement fee. A registered barber who does not engage in the practice of barbering for three years or less may renew the certificate of registration upon payment of a reinstatement fee. If more than three years have elapsed, the person must pass an examination and pay the reinstatement fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3F0D3356" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(C) A registered apprentice who has submitted proof of the apprenticeship for the purpose of becoming licensed as a registered barber must take the examination before the next July first and the apprentice license may not be renewed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39E8B9A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4FE604C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="12BE6709" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="15C97459" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-48; 1952 Code § 56-272; 1962 Code § 56-272; 1976 Act No. 700, § 7; 1990 Act No. 566, § 1; 1976 Code § 40-7-230.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B93CCE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1685B233" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-255. Hair braiding practitioner registration; training; term and renewal of registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3FBB487B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Only those individuals who are licensed to practice barbering or cosmetology or who are registered to practice hair braiding in this State may engage in the practice of hair braiding or perform hair braiding services in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="45CC0D28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) All implements used in connection with hair braiding must be disposable or must be sanitized in a disinfectant approved for hospital use or approved by the Environmental Protection Agency for commercial use.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3D36476E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) To practice hair braiding in this State an individual shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5FCFBBD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) apply to the board for registration in a manner prescribed by the board;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="299F060F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) provide satisfactory proof of successful completion of a one-day, six-hour board-approved hair braiding course;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7214D12C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) pass an examination administered by the board; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="26BD6704" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) pay a twenty-five dollar registration fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7ED787C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The hair braiding course shall include instruction regarding:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0FB707FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) sanitation and sterilization including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="09CB0CE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(a) universal sanitation and sterilization precautions;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1E0B34DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(b) how to distinguish between disinfectants and antiseptics; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="32FE3835" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) how to sanitize hands and disinfect tools used in the practice of hair braiding;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2FECED9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) disorders and diseases of the scalp, including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="65355B09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) how to distinguish between these disorders and diseases; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7A06F192" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) when hair braiding services can be performed on a client with disorders or diseases of the scalp;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C4B6558" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) where and when an individual may legally practice hair braiding; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="02ABCB83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) the procedures, fees, and requirements for renewal of a hair braiding registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="446448C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Registration to practice hair braiding is valid for two years or until the end of the biennial licensure renewal cycle in which the registration is first issued, whichever occurs first. The holder of a registration to practice hair braiding shall renew his or her registration by paying the renewal fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="700BE774" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) An individual currently engaging in the practice of hair braiding on the effective date of this act has one year from the effective date to complete the registration requirements as provided for in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D7E4BC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5D859189" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2005 Act No. 52, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="762AFDB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="53605B5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-260. Only licensed master haircare specialist may use chemicals to wave, relax, straighten, or bleach hair.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="67D48446" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person may use chemicals to wave, relax, straighten, or bleach the hair in a barber shop unless a license as a master haircare specialist has been issued to the person by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="396C8714" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="01DA97B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C4EC4C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="28BD690E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1985 Act No. 147, § 2; 1976 Code § 40-7-15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4BB7F8C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2450FE66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-270. Temporary master haircare specialist license without examination; requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7B8F7AD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>A registered barber who has used chemicals to wave, relax, straighten, or bleach the hair before July 1, 1985, may receive a temporary master haircare specialist license without the examination required in Section 40-7-230(D)(2) by notifying the board and certifying sixty hours of on-the-job experience with chemical applications.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47333978" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="010235AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="249F7CBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7509109D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1985 Act No. 147, § 3; 1976 Code § 40-7-17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="61F93C93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1CD16B91" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-280. Restrictions on giving shampoos and manicures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2AC0119D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person may give shampoos or manicures in a barber shop unless a license as a barber assistant has been issued to him by the Board of Barber Examiners.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A880280" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7B06D12B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6C9E5E25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5E81CD2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1962 Code § 56-280; 1976 Act No. 700, § 1; 1981 Act No. 143, § 1; 1982 Act No. 304, § 1; 1976 Code § 40-7-25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="185B6316" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7EA86C0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-285. Practice by cosmetologist, esthetician, or manicurist in barbershop.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1A37D097" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding the provisions of Section 40-7-280 or any other provision of law, a person licensed as a cosmetologist, esthetician, or manicurist pursuant to Chapter 13 of this title may practice, within the scope authorized by the person's license, in a barbershop registered in accordance with this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5374C91C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="59DCC571" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2008 Act No. 353, § 2, Part 17A.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01EB41D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="498AAB72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-290. Requirements for barbers who train students.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="49234FD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A barber training a student in a shop must have had three years' experience as a registered barber and must have been examined by the board and determined to be qualified to train a student barber. A barber found qualified after examination must be issued an instructor's license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4CF558F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A registered barber may train no more than two students at a time if each student has a chair at all times.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D980BF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6252854D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4EBBD5DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2E5A28A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1962 Code § 56-279; 1976 Act No. 700 § 1; 1989 Act No. 87, § 5; 1990 Act No. 612, Part II, § 17; 1991 Act No. 23, § 1; 1976 Code § 40-7-115.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="05BDE0E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="61A60E4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-300. Practicing barbers from other states; requirements for receiving certificate of registration to practice in state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="04A02A71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person who has practiced barbering in another state or country which has licensing requirements which meet or exceed the requirements of this chapter, as determined by the board, and who moves into this State, before practicing barbering in South Carolina shall submit to the board:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1050D249" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) notarized statements from previous employers establishing that the person has been licensed and actively has practiced barbering for the preceding calendar year;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="623B7149" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a letter from the licensing board of the state or country from which the person is moving verifying that the person is licensed and in good standing with the board of that state or country;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2F2FD5DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a certificate that the person has read, understands, and will abide by the provisions of this chapter and regulations promulgated under this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="19AB6284" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a completed application for a certificate of registration upon a form provided by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="754638EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Upon receipt of these documents, the board shall issue the person a certificate of registration to practice barbering in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B877BA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="60E37AB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="443CAF03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5C256F59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-42; 1952 Code § 56-265; 1956 (49) 1588; 1962 Code § 56-265; 1967 (55) 392; 1978 Act No. 433; 1981 Act No. 143, § 3; 1989 Act No. 87, § 6; 1992 Act No. 356, § 2; 1976 Code § 40-7-160.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F26AD12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2AC09FD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-310. Display of certificate of registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0E649E0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A holder of a certificate of registration for any category of barbering authorized by this chapter shall display in a conspicuous place adjacent to or near the person's work chair.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="321CED4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3A3820F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5A14B25C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="20937894" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-47; 1952 Code § 56-270; 1962 Code § 56-270; 1976 Code § 40-7-210.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1CC40E94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="559334B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-320. Barbershops to be registered; posting of copy of inspection rating and regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4FBE7EA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A barbershop must be registered with the board. Applications for registration and inspection of new shops must be made at least fifteen working days before opening the shop. No new shop may be operated until all fees are paid and the shop has passed inspection.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="28174541" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A copy of the inspection rating and copy of the regulations for the sanitary management of a barbershop, as provided for in Section 40-7-60, must be posted in a conspicuous place in each barbershop or barber school.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02D3240C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7F23A141" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7C1719F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7D000AE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-46; 1952 Code § 56-268; 1962 Code § 56-268; 1976 Code § 40-7-190.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68A80422" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="291D620C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-330. Inspection of barbershop or barber schools.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="330DDC54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A member of the board or the board's agents, assistants, and inspectors may enter upon and inspect a barbershop or barber school at any time during business hours in the performance of the duties conferred or imposed by this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D42D04A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="73B2A619" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4A3ECF30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6EB460A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-46; 1952 Code § 56-269; 1962 Code § 56-269; 1976 Code § 40-7-200.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F993E15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="02992517" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-340. Special certificates for inmates in custody of State Department of Corrections.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1951DD66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Notwithstanding any other provision of this chapter, the board may issue special certificates of registration as an apprentice barber to an inmate in the custody of the State Department of Corrections who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0C0AAC2A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) complies with Section 40-7-230(B), having completed the required number of hours in a barber school or college approved by the board; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="45FBB9C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) has been sentenced:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2BAB44B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) under the Youthful Offender Act and has served at least nine months of the sentence; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="661B2289" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) to a determinant sentence and is eligible for release or parole consideration within one hundred twenty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="148F560F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) These certificates are valid for one hundred twenty days and may be renewed at the discretion of the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="33BDFC1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4FC6D1EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0872D89F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6F1F85EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1962 Code § 56-273.1; 1971 (57) 527; 1976 Code § 40-7-250.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09B81463" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6B1F2E3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-350. License required for barber colleges and instructors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="22E46C10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A license is required from the board to operate a barber school. A barber school may be operated in and as part of an accredited high school, career center, or technical school or college and must be licensed by the board. A barber school that is not part of a secondary school is considered a post-secondary school. The board may prescribe the curriculum of a barber school.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="00754235" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) Barber school instructors must be licensed by the board. The instructors must have successfully passed an instructor's examination as prescribed by the board and have at least three years' experience as a practicing registered barber or master hair care specialist.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14EC5BE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2B241898" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1; 2015 Act No. 44 (H.3464), § 1, eff May 12, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0828DB7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="116A9967" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1956 (49) 1588; 1962 Code § 56-278; 1967 (55) 392; 1976 Act No. 700 § 8; 1981 Act No. 143, § 6; 1989 Act No. 87, § 9; 1976 Code § 40-7-300.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="12C295E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="74E7AEAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2015 Act No. 44, § 1, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2CD35153" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0E569115" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-355. Mobile barbershops authorized; regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="14C8703F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) As used in this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7F97199B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Mobile barbershop" means a self-contained unit in which the practice of barbering is conducted, which may be moved, towed, or transported from one location to another. A "mobile barbershop" includes a portable barber operation.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0D52163A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Portable barber operation" means equipment used in the practice of barbering that is in a mobile barbershop or transported from a barbershop and used on a temporary basis at a location including, but not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="50D57ABE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a client's home; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0438440D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) another institution or location as may be authorized by the board in regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1241A422" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) An individual may operate a mobile barbershop if the individual:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2C5A60CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is licensed pursuant to this chapter to engage in the practice of barbering; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3A7F0DBC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) does not have a physically stationary office at the location where the barbering services are provided.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="39333900" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) In order to operate a mobile barbershop, a registered barber shall apply to the board for a mobile barbershop permit. The registered barber shall submit a permit application and fee in the form and manner prescribed by the board in regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="367C6CEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D)(1) Before a mobile barbershop permit may be issued, an inspection of the mobile barbershop must be conducted by a representative of the board pursuant to Sections 40-7-320 and 40-7-330. Upon a satisfactory inspection, the board shall issue the applicant a mobile barbershop biennial permit to be affixed within the mobile barbershop as prescribed by the board. The board shall also issue a permit card to be carried by the registered barber when practicing barbering through a portable barber operation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="500EDEB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A mobile barbershop permit must be annually renewed, and a renewal fee paid, as prescribed by the board in regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3DF70F73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A mobile barbershop is subject to unannounced inspections and must be annually inspected before a permit may be renewed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="282D6A56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(E)(1) A mobile barbershop permittee shall maintain an official business address, which must be indicated on the permit application and which must not be a post office box. If an address different from the official business address is used for official business, then that address must also be provided. Permit applications must also include the home address of the applicant. The inclusion of the applicant's home address on the application does authorize the applicant to conduct business at his home address </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>if the applicant is issued a license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1E674A81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A mobile barbershop permittee shall maintain an official telephone number, which must be indicated on the application. If other phones are used for official business, then those phone numbers must also be provided.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="216332E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) The board must be notified within thirty days of any change in the official business address or telephone number as indicated on the permit application or as otherwise provided to the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1F4D7753" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) A mobile barbershop permittee shall comply with all applicable federal, state, and local laws, regulations, and ordinances pertaining to the practice of barbering and with all applicable flammability, construction, sanitation, zoning, or infectious waste management guidelines; Occupational Safety and Health Administration guidelines; and federal Centers for Disease Control and Prevention guidelines. The permittee shall maintain any applicable county and city licenses or permits, including business lice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>nses, to operate the mobile barbershop at the location where barbering services will be provided.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0DBF9FA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) A mobile barbershop permittee shall maintain a written or an electronic record of the street addresses where barbering services will be provided during any two-week period.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="73612607" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) A licensed barber at all times must be in charge and present during the operation of a mobile barbershop and is responsible for all barbering services provided at the mobile barbershop.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="52196F66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(I)(1) A mobile barbershop permittee shall notify the board in writing within thirty days of the last day of operations when a mobile barbershop ceases to operate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="12940183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A mobile barbershop permit is not transferable. If a mobile barbershop is sold, the new owner shall apply to the board for a permit before providing barbering services through the mobile barbershop.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6257DDEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(J) The board shall promulgate regulations to carry out the provisions of this section including, but not limited to, establishing permit application and renewal fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4524BBA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(K) A barber who violates a provision of this chapter or a regulation promulgated by the board pursuant to this chapter is subject to disciplinary action as may be determined by the board.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="301A6233" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(L) The provisions of this section do not apply to a master haircare specialist or registered barber while providing barbering services in a nursing home or community residential care facility setting equipped and maintained in compliance with regulations and other requirements concerning the equipping and maintenance of barbershops.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="196C55FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(M) A mobile barbershop is prohibited from operating within eyesight of the nearest registered barbershop.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58A63AC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="799B323C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2021 Act No. 65 (H.3024), §§ 1, 2, eff May 17, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="050AF864" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4C7D63EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, pursuant to the authority to codify permanent law, the provision of Section 2 of 2021 Act No. 65 was codified as (M) of this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28AA1975" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="42FA04F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-360. Chapter not applicable to services for immediate family.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="00075432" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter does not apply to a person who performs the service of a barber for members of the person's immediate family.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F76DD3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="016FADC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4B1B6E56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6614F158" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-53; 1943 (43) 111; 1952 Code § 56-277; 1956 (49) 1588; 1962 Code § 56-277; 1971 (57) 904; 1976 Code § 40-7-290.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FB3B00A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="44195681" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-370. Operation of barbershop by registered apprentice prohibited.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4C32FCBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>No registered apprentice, registered under the provisions of this chapter, may operate a barbershop in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="37EB80AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1372F9E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="61648652" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2AFEE0A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1937 (40) 339; 1942 Code § 5250-34; 1952 Code § 56-260; 1962 Code § 56-260; 1976 Code § 40-7-110.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06B45232" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="573DAC74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-380. Board members prohibited from ownership interest in barber colleges or companies servicing barbershops.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="123BDF6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for a member, inspector, or employee of the board to own an interest in a barber college or a company which deals in sales or services to barbershops.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="61F82DAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6AA4CBF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0FF43B57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="101445E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prior Laws:1962 Code § 56-256.1; 1967 (55) 392; 1976 Code § 40-7-70.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="70EA3FB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7FD8CAA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-390. Persons exempt from chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2E867EC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>These persons are exempt from this chapter while engaged in the proper discharge of their professional duties:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0031DC6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) persons authorized under the laws of this State to practice medicine and surgery;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1C40AD63" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) commissioned medical or surgical officers of the United States Army, Navy, or Marine hospital service;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="694ED7D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) registered nurses;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="163D7682" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) students in schools, colleges, and universities who practice barbering only upon students in the school, college, or university premises for the purpose of earning part of their school expenses;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="58E10EBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) undertakers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6E22FA61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) persons authorized by state law to practice cosmetology only when they are practicing in salons or schools of cosmetology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5912D546" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="08929CAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3EAF0A06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="07AA4FD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-7-400. Severability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="39405F23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>If a provision of this chapter or the application of a provision to a person or circumstance is held invalid, the invalidity does not affect other provisions or applications of this chapter which can be given effect without the invalid provision or application, and to this end the provisions of this chapter are severable."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E72B0C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="088E0660" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1997 Act No. 137, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -8248,51 +9072,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -8729,66 +9553,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>