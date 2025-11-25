--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,722 +1,692 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1565fa0060ef4462" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/215391905f8d42108f15b51129e4acd0.psmdcp" Id="Red6b1ee95a934b9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R84929a003ad440d5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69795813eeb642d29d83d34de4850189.psmdcp" Id="R347432c3eebc41e3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C6181D" w:rsidRDefault="00C6181D" w14:paraId="521CF172" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="478A56B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="44B26255" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sellers of Defective Products</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5CE61A12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="34ED429A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-73-10. Liability of seller for defective product.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2F2C9401" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) One who sells any product in a defective condition unreasonably dangerous to the user or consumer or to his property is subject to liability for physical harm caused to the ultimate user or consumer, or to his property, if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="016FC26A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) The seller is engaged in the business of selling such a product, and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="3FE773B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) It is expected to and does reach the user or consumer without substantial change in the condition in which it is sold.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="77C282D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) The rule stated in subsection (1) shall apply although</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="0B6BDBD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) The seller has exercised all possible care in the preparation and sale of his product, and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="437995A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(b) The user or consumer has not bought the product from or entered into any contractual relation with the seller.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="175DA5DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="29010050" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-371; 1974 (58) 2782.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6109FA43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5D1E0AAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-73-20. Situation in which recovery shall be barred.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="0F9F8EFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the user or consumer discovers the defect and is aware of the danger, and nevertheless proceeds unreasonably to make use of the product and is injured by it, he is barred from recovery.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1144986D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="591CBDCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-372; 1974 (58) 2782.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25E6BD6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="7C8779D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-73-30. Intent of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="32393219" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Comments to § 402A of the Restatement of Torts, Second, are incorporated herein by reference thereto as the legislative intent of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C8C6969" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="17182459" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 66-373; 1974 (58) 2782.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="38996075" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6ED6A3ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-73-40. Actions involving firearms or ammunition; basis for determining design defect; elements to be proved by plaintiff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="35DBFD1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In a products liability action involving firearms or ammunition, whether a firearm or ammunition shell is defective in design must not be based on a comparison or weighing of the benefits of the product against the risk of injury, damage, or death posed by its potential to cause that injury, damage, or death when discharged.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="723E7421" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In a products liability action brought against a firearm or ammunition manufacturer, importer, distributor, or retailer that alleges a design defect, the burden is on the plaintiff to prove, in addition to any other elements required to be proved that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="1F8736CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the actual design of the firearm or ammunition was defective, causing it not to function in a manner reasonably expected by an ordinary consumer of firearms or ammunition; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2630DD20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) any defective design was the proximate cause of the injury, damage, or death.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="56D109E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5284B22E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 345, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -727,51 +697,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1208,66 +1178,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>