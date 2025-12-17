--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -1,9749 +1,9823 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R172fde5415234e12" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45bade2cc61447fba84c1ef70f47e553.psmdcp" Id="Rc030bbf7e97744eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdc0bdc39328d4578" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f64add94491d4192995d504393be1fdb.psmdcp" Id="Reef20a56a590485a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00594038" w:rsidRDefault="00594038" w14:paraId="2477CD1C" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4E279567" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="59E016FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>State Commodity Code</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6280D54D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="55C1050E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="126DE702" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Commodity Transactions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6AA88498" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1F1DEEBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-10. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4F0F1819" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="01647ACC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Administrator" means the South Carolina Attorney General.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1430A877" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Board of Trade" means a person or group of persons engaged in buying or selling a commodity or receiving it for sale on consignment, whether the person or group of persons is characterized as a board of trade, exchange, or other form of marketplace.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5B2077B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "CFTC Rule" means a rule, regulation, or order of the Commodity Futures Trading Commission in effect on the effective date of this chapter and their amendments unless the administrator, within ten days following the effective date of an amendment disallows its application to this chapter by regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2601D583" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Commodity" means, except as otherwise specified by the administrator, an agricultural, a grain, or a livestock product or by-product, a metal or mineral, including a precious metal, a gem, or gemstone whether characterized as precious, semi-precious, or otherwise, a fuel whether liquid, gaseous, or otherwise, a foreign currency, and other goods, articles, products, or items. It does not include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5096662B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a numismatic coin whose fair market value is at least fifteen percent higher than the value of the metal it contains;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1EA1889C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(b) real property or a timber, an agricultural, or a livestock product grown or raised on real property and offered or sold by the owner or lessee of the property; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="342782AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a work of art offered or sold by art dealers at public auction or offered or sold through a private sale by the owner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="344204FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(5) "Commodity Contract" means an account, an agreement, or a contract for the purchase or sale, primarily for speculation or investment purposes and not for use or consumption by the offeree or purchaser of one or more commodities, whether for immediate or subsequent delivery or whether delivery is intended by the parties, and whether characterized as a cash contract, deferred shipment or deferred delivery contract, forward contract, futures contract, installment or margin contract, leverage contract, or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>otherwise. A commodity contract offered or sold, in the absence of evidence to the contrary, is presumed to be offered or sold for speculation or investment purposes. A commodity contract does not include a contract or an agreement which requires and under which the purchaser receives, within twenty-eight calendar days from the payment in good funds of a portion of the purchase price, physical delivery of the total amount of each commodity to be purchased under the contract or agreement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7AD12656" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "Commodity Exchange Act" means the act of Congress known as the Commodity Exchange Act, as amended, unless the administrator within ten days following the effective date of an amendment, disallows the application to this chapter by regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1DC1F757" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "Commodity Futures Trading Commission" means the independent regulatory agency established by Congress to administer the Commodity Exchange Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="765C7851" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) "Commodity merchant" means any of the following as defined or described in the Commodity Exchange Act or by CFTC Rule:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5197D554" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) futures commission merchant;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="320A5957" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) commodity pool operator;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="52F0B2CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) commodity trading advisor;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7CFCC1E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) introducing broker;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7CBBB971" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) leverage transaction merchant;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0F4DE4AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(f) an associated person of item (a), (b), (c), (d), or (e);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2608FFC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) floor broker;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2746941D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) other person, other than a futures association, required to register with the Commodity Futures Trading Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="76F357E5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(9) "Commodity option" means an account, an agreement, or a contract giving a party the right but not the obligation to purchase or sell one or more commodities or one or more commodity contracts, or all of the foregoing, whether characterized as an option, privilege, indemnity, bid, offer, put, call, advance guaranty, decline guaranty, or otherwise. It does not include an option traded on a national securities exchange registered with the United States Securities and Exchange Commission.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="396E2D20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) "Financial institution" means a bank, savings institution, or trust company organized under, or supervised pursuant to the laws of the United States or its states.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7900C4ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) "Offer" includes every offer to sell, offer to purchase, or offer to enter into a commodity contract or commodity option.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="05A7A249" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) "Person" means an individual, a corporation, a partnership, an association, a joint-stock company, a trust where the interests of the beneficiaries are evidenced by a security, an unincorporated organization, a government, or a political subdivision of a government. It does not include a contract market designated by the Commodity Futures Trading Commission, a clearinghouse of it, a national securities exchange registered with the Securities and Exchange Commission, or an employee, an officer, or a di</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>rector of the contract market, clearinghouse, or exchange acting solely in that capacity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6F05FF2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) "Precious metal" means the following in either coin, bullion, or other form:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0E5E188A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) silver;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="561CCC56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) gold;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="76EB7250" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) platinum;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="15A25035" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) palladium;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="30659CBE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(e) copper;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4AE5BFD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) other items the administrator may specify by regulation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="68B92D95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) "Sale" or "sell" includes every sale, contract of sale, contract to sell, or disposition for value.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F4E3165" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="262D9715" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 2025 Act No. 67 (H.4247), § 1, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="65D1709B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="288A12E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 1, in (1), substituted "Attorney General" for "Secretary of State".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14601782" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6E7AAC22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-20. Commodity transactions under commodity contract or option restricted.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="78FD3AD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Except as otherwise provided in Section 39-73-30 or Section 39-73-40 no person may sell or purchase or offer to sell or purchase a commodity under commodity contract or under commodity option or offer to enter into or enter into as seller or purchaser a commodity contract or a commodity option.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="65EB65B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3CEB5CC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D7E8EA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1B946A4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-30. Purchasers or sellers as to whom prohibition not applicable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5EC4E712" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The prohibitions in Section 39-73-20 do not apply to transactions offered by and in which any of the following persons, or an employee, an officer, or a director of them acting solely in that capacity, is the purchaser or seller:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7E9A00C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a person registered with the Commodity Futures Trading Commission as a futures commission merchant or as a leverage transaction merchant whose activities require registration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="22EEC28B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) a person registered with the Securities and Exchange Commission as a broker-dealer whose activities require registration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="469DAD20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a person affiliated with, and whose obligations and liabilities under the transaction are guaranteed by, a person referred to in item (1) or (2);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="582538F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a person who is a member of a contract market designated by the Commodity Futures Trading Commission, or clearinghouse of it;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0C00D7BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) a financial institution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5F19DB48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) a person registered under the laws of this State as a securities broker-dealer whose activities require registration.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0957F86A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The exemptions in this section do not apply to a transaction or an activity prohibited by the Commodity Exchange Act or a CFTC Rule.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3C6EACA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="49314FCD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="628A90F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="446A09B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-40. Transactions as to which prohibition not applicable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6C9F3611" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The prohibitions in Section 39-73-20 do not apply to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6981E948" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) an account, an agreement, or a transaction within the exclusive jurisdiction of the Commodity Futures Trading Commission as granted under the Commodity Exchange Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...91 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0C3B4377" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(2) a commodity contract for the purchase of one or more precious metals which requires, and under which the purchaser receives, within twenty-eight calendar days from the payment in good funds of a portion of the purchase price, physical delivery of the quantity of the precious metals purchased by the payment. For purposes of this paragraph physical delivery is deemed to have occurred if, within the twenty-eight-day period, the quantity of precious metals purchased by the payment is delivered, whether in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>specifically segregated or fungible bulk forms into the possession of a depository other than the seller which is:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6153463D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a financial institution;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1574F8A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a depository the warehouse receipts of which are recognized for delivery purposes for a commodity on a contract market designated by the Commodity Futures Trading Commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6955D3BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a storage facility licensed or regulated by the United States or its agencies, or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2B1976A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) a depository designated by the administrator. The depository or other person which itself qualifies as a depository or a qualified seller shall issue and the purchaser shall receive a certificate, a document of title, confirmation, or other instrument evidencing that the quantity of precious metals has been delivered to the depository and is being and will continue to be held by the depository on the purchaser's behalf, free and clear of all liens and encumbrances other than liens of the purchaser, ta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>x liens, liens agreed to by the purchaser, or liens of the depository for fees and expenses, which previously have been disclosed to the purchaser;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5CA16703" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) a commodity contract solely between persons engaged in producing, processing, using commercially, or handling as merchants, each commodity subject to the contract or a by-product of it; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4651A90E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a commodity contract under which the offeree or the purchaser is a person referred to in Section 39-73-30, an insurance company, an investment company as defined in the Investment Company Act of 1940, or an employee pension and profit-sharing or benefit plan other than a self-employed individual retirement plan or individual retirement account.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="281DA8B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For purposes of item (2) of subsection (A) a qualified seller is a person who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="128A0ED4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is a seller of precious metals and has a tangible net worth of at least five million dollars or has an affiliate who unconditionally has guaranteed the obligations and liabilities of the seller, and the affiliate has a tangible net worth of at least five million dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="06E92032" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) has stored precious metals with one or more depositories on behalf of customers for at least the previous three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2831A1FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) before an offer and annually files with the administrator a sworn notice of intent to act as a qualified seller under item (2) of subsection (A) containing:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="562F3937" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the seller's name and address and names of its directors, officers, controlling shareholders, partners, principals, and other controlling persons;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="19917DC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the address of its principal place of business, state and date of incorporation or organization, and the name and address of the seller's registered agent in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7CC6ACE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a statement that the seller, or a person affiliated with the seller who has guaranteed the obligations and liabilities of the seller has a tangible net worth of at least five million dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6AE071DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) depository information, including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="276ED761" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) the name and address of the depository or depositories that the seller intends to sue;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...54 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="44B3EEB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(ii) the name and address of each depository where the seller has stored precious metals on behalf of customers for the previous three years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="48E7C615" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) independent verification from each depository named in sub-subitem (ii) that the seller has in fact stored precious metals on behalf of the seller's customers for the previous three years and a statement of total deposits made during this period;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5BAFE1E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) financial statements for the seller or the person affiliated with the seller who has guaranteed the obligations and liabilities of the seller for the past three years, audited by an independent certified public accountant, with the accountant's report;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="604133AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(f) a statement describing the details of all civil, criminal, or administrative proceedings currently pending or adversely resolved against the seller or its directors, officers, controlling shareholders, partners, principals, or other controlling persons during the past ten years, including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5F6F46AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) civil litigation and administrative proceedings involving securities or commodities violations or fraud;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="52DE011F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) criminal proceedings;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="49A1FB6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) denials, suspensions, or revocations of securities or commodities, licenses, or registrations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="36782B25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) suspensions or expulsions from membership in or associations with self-regulatory organizations registered under the Securities Exchange Act of 1934 or the Commodities Exchange Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7B57F413" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(v) a statement that there were no proceedings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="03013449" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) notifies the administrator within fifteen days of material changes in the information provided in the notice of intent;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5FA81F7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) annually furnishes to each purchaser for whom the seller is then storing precious metals, and to the administrator a report by an independent certified public accountant of the accountant's examination of the seller's precious metals storage program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="239326BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The administrator, upon request by the seller, may waive one or more of the exemption requirements in subsection (B), conditionally or unconditionally.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="12C8D4B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The administrator, by order, may deny, suspend, revoke, or place limitations on the authority to engage in business as a qualified seller under item (2) of subsection (A) if the administrator finds that the order is in the public interest and that the person, the person's officers, directors, partners, agents, servants, or employees, a person occupying a similar status or performing similar functions, or a person who directly or indirectly controls or is controlled by the seller, or his affiliates or s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ubsidiaries:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="12A52946" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) has filed a notice of intention under subsection (C) with the administrator or the designee of the administrator which was incomplete in material respect or contained a statement which was, in light of the circumstances under which it was made, false or misleading with respect to a material fact;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="720B92C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) within the last ten years, has pled guilty or nolo contendere to, or been convicted of a crime indicating a lack of fitness to engage in the investment commodity business;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5A0B77E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) has been enjoined permanently or temporarily by a court of competent jurisdiction from engaging in or continuing conduct or a practice which injunction indicates a lack of fitness to engage in the investment commodities business;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7CF01C78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) is the subject of an order of the administrator denying, suspending, or revoking the person's license as a securities broker-dealer, agent, sales representative, investment advisor, or investment advisor representative;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7602ED77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) is the subject of one or more of the following orders which currently are effective and which were issued within the last five years:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...92 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4B32305E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>(a) an order by a securities agency or an administrator of another state, Canadian province or territory, the Securities and Exchange Commission, or the Commodity Futures Trading Commission entered after notice and opportunity for hearing, denying, suspending, or revoking the person's registration as a futures commission merchant, commodity trading adviser, commodity pool operator, securities broker-dealer, agent, sales representative, investment adviser or investment advisor representative, or the substant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ial equivalent of the foregoing;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="45BEF1BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) suspension or expulsion from membership in, or association with, a self-regulatory organization registered under the Securities Exchange Act of 1934 or the Commodity Exchange Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2346687F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a United States Postal Service fraud order;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="12790D75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) a cease and desist order entered after notice and opportunity of hearing by the administrator or a securities agency or an administrator of another state, Canadian province or territory, the Securities and Exchange Commission, or the Commodity Futures Trading Commission;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7C7DE0AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) an order entered by the Commodity Futures Trading Commission denying, suspending, or revoking registration under the Commodity Exchange Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5520673C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) has engaged in an unethical or a dishonest act or practice in the investment commodities or securities business; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="788815C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) has failed reasonably to supervise sales representatives or employees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6761B3F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) If the public interest or the protection of investors so requires, the administrator, by order, summarily may deny or suspend the exemption for a qualified seller. Upon the entry of the order the administrator promptly shall notify the person claiming the status that an order has been entered, the reasons for it, and that within thirty days after the receipt of a written request the matter will be set for hearing. Section 39-73-355 applies with respect to subsequent proceedings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5A9FD450" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) If the administrator finds that an applicant or a qualified seller is no longer in existence, has ceased to do business, is subject to an adjudication of mental incompetence or to the control of a committee, conservator, or guardian, or cannot be located after reasonable search, he, by order, may deny or revoke the exemption for a qualified seller.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="16487576" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) The administrator may promulgate regulations prescribing the terms and conditions of transactions and contracts covered by this chapter which are not within the exclusive jurisdiction of the Commodity Futures Trading Commission as granted by the Commodity Exchange Act exempting and conditionally or unconditionally and otherwise implementing this chapter for the protection of purchasers and sellers of commodities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="22B20024" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="01FE13FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 2025 Act No. 67 (H.4247), § 2, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1D29C1F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4E56898D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Section 39-73-355, referenced in (E) of this section, was repealed by 2025 Act No. 67, § 13, eff. May 22, 2025.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0745D44C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="136D8FE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 2, in (D)(4) and (D)(5)(a), substituted "agent, sales representative, or investment advisor, or investment advisor representative" for "sales representative, or investment advisor,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3D91A173" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="43797D9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-50. Commodity merchant required to be registered, temporarily licensed, or exempt; board of trade must be designated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="32549BC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) No person may engage in a trade or business or otherwise act as a commodity merchant unless he:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1D387A55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is registered or temporarily licensed with the Commodity Futures Trading Commission for each activity constituting the person as a commodity merchant and the registration or temporary license has not expired or been suspended or revoked; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="61613866" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) is exempt from registration by virtue of the Commodity Exchange Act or of a CFTC Rule.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="60027D2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) No board of trade may trade or provide a place for the trading of a commodity contract or commodity option required to be traded on or subject to the rules of a contract market designated by the Commodity Futures Trading Commission unless the board of trade has been so designated for the commodity contract or commodity option and the designation has not been vacated, suspended, or revoked.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="23CF0A4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="133E215C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1240182A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6C790DA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-60. Prohibited acts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0654D38C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>No person, directly or indirectly, in or in connection with the purchase or sale of, the offer to sell, the offer to purchase, the offer to enter into, or the entry into of, a commodity contract or commodity option subject to Sections 39-73-20, 39-73-30, or 39-73-40(A)(2) or (4), may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="16D68BBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) cheat or defraud or attempt to cheat or defraud a person or employ a device, a scheme, or an artifice to defraud a person;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="28FFED3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) make a false report, enter a false record, or make an untrue statement of a material fact or omit to state a material fact necessary in order to make the statements made, in the light of the circumstances under which they were made, not misleading;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7630578F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) engage in a transaction, an act, a practice, or a course of business, including without limitation a form of advertising or solicitation which operates or would operate as a fraud or deceit upon a person; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="64793CD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) misappropriate or convert the funds, security, or property of a person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="63980E75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2B0E7AAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 2025 Act No. 67 (H.4247), § 3, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3698C35E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="436AD3BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 3, in the first undesignated paragraph, substituted "39-73-30" for "39-73-310".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="13EC4E75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="720C5C4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-70. Agency, vicarious, and joint and several liability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3137E419" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) The act, omission or failure of an official, an agent, or another person acting for an individual, an association, a partnership, a corporation, or a trust within the scope of his employment or office is deemed the act, omission or failure of the individual, association, partnership, corporation, or trust as well as of the official, agent, or other person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="75F1E46A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Every person who directly or indirectly controls another person liable under this chapter, every partner, officer, or director of the other person, every person occupying a similar status or performing similar functions, every employee of the other person who materially aids in the violation also is liable jointly and severally with and to the same extent as the other person, unless the person who also is liable by virtue of this section sustains the burden of proof that he did not know and in exercise</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> or reasonable care could not have known of the existence of the facts by reason of which the liability is alleged to exist.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3FE49ED2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1A22F759" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="264CF7B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4880218F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-80. Chapter not to impair other state securities laws.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5B768068" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing in this chapter impairs, derogates, or otherwise, affects the authority or powers of the administrator under state securities law or the application of this chapter to a person or transaction subject to state securities law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2CCB499F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="11E9110C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E31934C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2ADB96E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-90. Construction and implementation of chapter; no private right of action created.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="34E0AE15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter may be construed and implemented to effectuate its general purpose to protect investors, to prevent and prosecute illegal and fraudulent schemes involving commodity contracts, and to maximize coordination with federal and other states' laws and the administration and enforcement of them. This chapter does not create rights or remedies upon which actions may be brought by private persons against persons who violate this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7575805A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6A15A6A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="612C3679" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="06EA7E19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="776AB539" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Administration and Enforcement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6D1969F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="187BF23D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-310. Authority of administrator to investigate; publication of information; powers and procedures; court order to compel compliance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="25F88816" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) The administrator may make investigations, within or without this State, as it finds necessary or appropriate to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7898F5D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) determine whether a person has violated or is about to violate this chapter or a regulation of the administrator; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="409277C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) aid in enforcement of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="35B596AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The administrator may publish information concerning a violation of this chapter or a regulation of the administrator.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="20788932" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) For purposes of an investigation or a proceeding under this chapter the administrator or an officer or employee designated by regulation may administer oaths and affirmations, subpoena witnesses, compel their attendance, take evidence, and require the production of books, papers, correspondence, memoranda, agreements, or other documents or records which the administrator finds to be relevant or material to the inquiry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0BFC670D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D)(1) If a person does not give testimony or produce the documents required by the administrator or a designated employee pursuant to an administrative subpoena, the administrator or designated employee may apply for a court order compelling compliance with the subpoena or the giving of the required testimony.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="590A7F40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The request for order of compliance may be addressed to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3855D402" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the circuit court of Richland County or the circuit court of the county where service may be obtained on the person refusing to testify or produce if the person is within this State; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="77E192B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the appropriate court of the state having jurisdiction over the person refusing to testify or produce if the person is outside this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="01171E1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5B1148F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="540FBD5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="49B18D5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-315. Action by administrator to prevent violation or imminent violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="548FED43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) If the administrator determines that a person has engaged, is engaging, or is about to engage in an act, practice, or course of business constituting a violation of this chapter or a—rule adopted or order issued under this chapter, then the administrator may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5CB22F8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) issue an order directing the person to cease and desist from engaging in the act, practice, or course of business or to take other action necessary or appropriate to comply with this chapter;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="01798018" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) issue an order imposing a civil penalty of not more than ten thousand dollars for a single violation or one hundred thousand dollars for multiple violations in a single proceeding or a series of related proceedings; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="567D7659" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) initiate the actions specified in Section 39-73-320.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...80 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="725B7C1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(B) An order issued pursuant to subsection (A) is effective on the date of issuance. Upon issuance of the order, the administrator shall promptly serve each person subject to the order with a copy of the order and a notice that the order has been entered. The order must include a statement of any civil penalty or costs of investigation the administrator will seek, a statement of the reasons for the order, and notice that, within thirty days after receipt of a request in a record from the person, the matter </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>will be scheduled for a hearing. If a person subject to the order does not request a hearing and none is ordered by the administrator within thirty days after the date of service of the order, then the order, which may include a civil penalty or any costs of the investigation if a civil penalty or costs were sought, becomes final as to that person by operation of law. If a hearing is requested or ordered, then the administrator, after notice of and opportunity for hearing to each person subject to the order</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>, may modify or vacate the order or extend it until final determination.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4D157D25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) If a hearing is requested or ordered pursuant to subsection (B), then a hearing must be held. A final order may not be issued unless the administrator makes findings of fact and conclusions of law in a record. The final order may make final, vacate, or modify the order issued under subsection (A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="33300B55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) In a final order under subsection (C), the administrator may impose a civil penalty in an amount not to exceed ten thousand dollars for each violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="43476C66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) In a final order, the administrator may charge the actual cost of an investigation or proceeding for a violation of this chapter or a rule adopted or order issued under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1B4CB330" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) If a petition for judicial review of a final order is not filed in accordance with this chapter, then the administrator may file a certified copy of the final order with the clerk of a court of competent jurisdiction. The order so filed has the same effect as a judgment of the court and may be recorded, enforced, or satisfied in the same manner as a judgment of the court.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="23CA3522" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) If a person does not comply with an order under this section, then the administrator may petition a court of competent jurisdiction to enforce the order. The court may not require the administrator to post a bond in an action or proceeding under this section. If the court finds, after service and opportunity for hearing, that the person was not in compliance with the order, then the court may adjudge the person in civil contempt of the order. The court may impose a further civil penalty against the per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>son for contempt in an amount not less than five hundred dollars but not greater than five thousand dollars for each violation and may grant any other relief the court determines is just and proper in the circumstances.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="08064D5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(H) All orders issued under this section are public documents subject to the Freedom of Information Act and must be published on the Attorney General's website searchable by the name of the parties involved.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A2CA100" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7B8356DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 1994 Act No. 327, § 1, eff April 20, 1994; 2025 Act No. 67 (H.4247), § 4, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="065192BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4AB1C901" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment deleted provisions containing references to incorrect sections.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="13A69797" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 4, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4FAFB8A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1F974C0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-320. Actions to enjoin violations or enforce compliance with this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="781E5FF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) If the administrator believes that a person has engaged, is engaging, or is about to engage in an act, practice, or course of business constituting a violation of this chapter or a rule adopted or order issued under this chapter or that a person has, is, or is about to engage in an act, practice, or course of business that materially aids a violation of this chapter or a rule adopted or order issued under this chapter, then the administrator may maintain an action in the Richland County Court of Common</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pleas to enjoin the act, practice, or course of business and to enforce compliance with this chapter or a rule adopted or order issued under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="65261BDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) In an action pursuant to this section and on a proper showing, the court may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="67279A6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(1) issue a permanent or temporary injunction, restraining order, or declaratory judgment;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6C7DE288" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) order other appropriate or ancillary relief, which might include:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0F13A9C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) an asset freeze, accounting, writ or attachment, writ of general or specific execution, and appointment of a receiver or conservator, that may be the administrator, for the defendant or the defendant's assets;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="68BE6C00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) ordering the administrator to take charge and control of a defendant's property, including investment accounts and accounts in a depository institution, rents, and profits; to collect debts; and to acquire and dispose of property;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="111D5C58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) imposing a civil penalty in an amount not to exceed ten thousand dollars for each violation; an order of rescission, restitution, or disgorgement directed to a person that has engaged in an act, practice, or course of business constituting a violation of this chapter or a rule adopted or order issued under this chapter; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5E4999A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(d) ordering the payment of prejudgment and post-judgment interest; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7B2C4CC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) order such other relief as the court considers appropriate.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4D4AA42B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The administrator may not be required to post a bond in an action or proceeding under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3FE59973" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D)(1) Upon a proper showing by the administrator or securities or commodity agency of another state that a person, other than a government or governmental agency or instrumentality, has violated, or is about to violate, the commodity code of that state or a regulation or order of the administrator or securities or commodity agency of that state, the court may grant appropriate legal and equitable remedies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3AF3AE8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Upon showing of a violation of the securities or commodity act of the foreign state or a regulation or order of the administrator or securities or commodity agency of the foreign state, the court, in addition to traditional legal or equitable remedies, including temporary restraining orders, permanent or temporary prohibitory or mandatory injunctions, and writs of prohibition or mandamus, may grant the following special remedies:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="77CF83B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) disgorgement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="18AD3434" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) appointment of a receiver, conservator, or ancillary receiver or conservator for the defendant or the defendant's assets located in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="42E0EC4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Appropriate remedies when the defendant is shown only about to violate the securities or commodity act of the foreign state or a regulation or order of the administrator or securities or commodity agency of the foreign state is limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="64D59204" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) temporary restraining order;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="03ECD76F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) temporary or permanent injunction;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="402AA9E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) writ or prohibition or mandamus; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="720A8DDD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(d) order appointing a receiver, conservator, or ancillary receiver or conservator for the defendant or the defendant's assets located in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D4097E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0496EE23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 1994 Act No. 327, § 2, eff April 20, 1994; 2025 Act No. 67 (H.4247), § 5, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6B6E0777" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="73AF70B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The 1994 amendment deleted subsection (A)(2)(f), which contained a reference to an incorrect section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="50D536D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 5, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="732A6752" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6D9A0BC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-325. Penalties for willful violation; for unknowing violation; reference to Attorney General for criminal proceedings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5452DD7D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) A person who wilfully violates this chapter or a regulation or order of the administrator under this chapter, upon conviction, must be fined not more than twenty thousand dollars, or imprisoned not more than ten years, or both, for each violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3EB21E54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person convicted of violating this chapter or a regulation or order under this chapter may be fined but must not be imprisoned if the person proves he had no knowledge of the rule or order.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7BCF5E2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The administrator may refer evidence available concerning violations of this chapter or a regulation or order of the administrator to the appropriate division of the Office of Attorney General, the appropriate solicitor, or other appropriate prosecution, law enforcement, or licensing authorities who, with or without a reference from the administrator, may institute the appropriate criminal proceedings under this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75B7EC98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="44BDD697" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 2025 Act No. 67 (H.4247), § 6, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6BCF3D60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1E79B920" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 6, in (A) and (B), inserted "this chapter or" preceding "a regulation"; and in (C), substituted "appropriate division of the Office of Attorney General, the appropriate solicitor, or other appropriate prosecution, law enforcement, or licensing authorities" for "Attorney General, or the appropriate solicitor".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74F369C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5E699373" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-330. Secretary of State to administer chapter; confidential or public nature of information; use of information for personal gain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="558EAA5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) This chapter must be administered by the South Carolina Attorney General.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5A5BD8B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(B) The administrator and his employees may not use information filed with or obtained by the administrator which is not public information for personal gain or benefit and may not conduct securities or commodity dealings based upon the information, even though public, if there has not been sufficient time for the securities or commodity markets to assimilate the information.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0303F737" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)(1) Except as provided in item (2), all information collected, assembled, or maintained by the administrator is public information and is available for examination by the public.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="20B78244" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The following information is confidential and an exception to item (1):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="13A4F8D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) information obtained in private investigations pursuant to Section 39-73-310;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="20B1E7CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) information made confidential by the Freedom of Information Act;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1B652860" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) information obtained from federal agencies which must not be disclosed under federal law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="35FB4DB1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) The administrator in his discretion may disclose information made confidential under subsection (C)(2)(a) to persons identified in Section 39-73-335(A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="20A51B02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) This chapter does not create or derogate a privilege which exists at common law, by statute, or otherwise when documentary or other evidence is sought under subpoena directed to the administrator or his employees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="768BA030" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4932BBB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 2025 Act No. 67 (H.4247), § 7, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1E2B3C8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1796A38F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 7, in (A), substituted "Attorney General" for "Secretary of State".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4CD52E8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7FBC1CF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-335. Cooperation with other jurisdictions; joint action.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4641B5FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(A) To encourage uniform application and interpretation of this chapter and securities regulation and enforcement in general, the administrator and his employees may cooperate, including bearing the expense of the cooperation, with the securities agencies or administrator of another jurisdiction, the Canadian province or territory, or other agencies administering this chapter, the Commodity Futures Trading Commission, the Securities and Exchange Commission, a self-regulatory organization established under </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>the Commodity Exchange Act or the Securities Exchange Act of 1934, a national or an international organization of commodities or securities officials or agencies, and a governmental law enforcement agency.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1DFBC1EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The cooperation authorized by subsection (A) includes, but is not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="58901F86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) making joint examinations or investigations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6F8B9921" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) holding joint administrative hearings;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1C367EA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(3) filing and prosecuting joint litigation;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="47229330" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) sharing and exchanging personnel;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="19E7BD0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) sharing and exchanging information and documents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="72271AF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) formulating and adopting mutual regulations, statements of policy, guidelines, proposed statutory changes, and releases;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0A9BB415" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) issuing and enforcing subpoenas at the request of the agency administering this chapter in another jurisdiction, the securities agency of another jurisdiction, the Commodity Futures Trading Commission, or the Securities and Exchange Commission if the information sought also is subject to lawful subpoena for conduct occurring in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="29E341D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="67729E8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D68C4FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="61CCA802" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-340. Authority to promulgate regulations, forms, and orders; insulation from liability for acts or omissions done in good faith.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="66B77D21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) In addition to specific authority granted elsewhere in this chapter, the administrator may make, amend, or rescind regulations, forms, and orders as are necessary to carry out this chapter. The regulations or forms must include, but are not limited to, regulations defining terms, whether or not used in this chapter. The definitions must not be inconsistent with this chapter. For the purpose of regulations or forms the administrator may classify commodities and commodity contracts, persons, and matters </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>within the administrator's jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1843E618" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Unless specifically provided in this chapter, no regulation, form, or order may be adopted, amended, or rescinded unless the administrator finds that action is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="36E31724" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) necessary or appropriate in the public interest or for the protection of investors;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="53733A5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) consistent with the purposes fairly intended by the policy and provisions of this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="01FC7768" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Regulations and forms of the administrator must be published.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0016CDA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(D) A provision of this chapter imposing liability does not apply to an act done or omitted in good faith in conformity with a regulation, order, or form adopted by the administrator, notwithstanding that the regulation, order, or form may be amended, rescinded, or determined by judicial or other authority to be invalid.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35FFF4D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="1A28B0D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 2025 Act No. 67 (H.4247), § 8, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="72AC5EA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="23C15D6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 8, in (A), made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7ABCBCB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="57E88F71" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-345. Engaging in prohibited conduct constitutes appointment of administrator to accept service of process.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0DD4535E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>When a person, including a nonresident of this State, engages in conduct prohibited or made actionable by the chapter or a regulation or order of the administrator, the engaging in the conduct constitutes the appointment of the administrator as the person's attorney to receive service of lawful process in a noncriminal proceeding against the person, a successor, or personal representative, which grows out of that conduct and which is brought under the chapter or a regulation or order of the administrator w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ith the same force as if served personally.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34BC1395" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5C82C827" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="119FF4EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="236977F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-350. Applicability of sections 39-73-20, 39-73-50, and 39-73-60 to persons who sell, buy, or offer to sell or buy commodities in state.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5EBD02D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Sections 39-73-20, 39-73-50, and 39-73-60 apply to persons who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="152E77AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) sell or offer to sell when an offer to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="51252A9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) sell is made in this State; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="072611A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) buy is made and accepted in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="23E7B414" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) buy or offer to buy when an offer to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2C97FEF2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) buy is made in this State; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="438511B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) sell is made and accepted in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6D7E2183" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>(B) For the purpose of this section, an offer to sell or buy is made in this State, whether or not either party is then present in this State, when the offer:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="759BBAF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) originates from this State; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="09DAF7C4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) is directed by the offeror to this State and received at the place to which it is directed, or at a post office in this State for a mailed offer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7D3CAE8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) For the purpose of this section, an offer to buy or sell is accepted in this State when acceptance:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="12B3BB3E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) is communicated to the offeror in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="62C4C313" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) previously has not been communicated to the offeror, orally or in writing, outside this State, and acceptance is communicated to the offeror in this State, whether or not either party is then present in this State, when the offeree directs it to the offeror in this State, reasonably believing the offeror to be in this State and it is received at the place to which it is directed or at a post office in this State for a mailed acceptance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="101EDF67" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) An offer to sell or to buy is not made in this State when:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="033DBF50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the publisher circulates or there is circulated on his behalf in this State a bona fide newspaper or other publication of general, regular, and paid circulation which is not published in this State or which is published in this State but has had more than two-thirds of its circulation outside this State during the past twelve months; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="750C33E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a radio or television program or other electronic communication originating outside this State is received in this State. A radio or television program, or other electronic communication, is considered as having originated in this State if either the broadcast studio or the originating source of transmission is located in this State, unless:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="66DE0C9F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the program or communication is syndicated and distributed from outside this State for redistribution to the general public in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="0710B653" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the program or communication is supplied by a radio, television, or other electronic network with the electronic signal originating from outside this State for redistribution to the general public in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="08DA3EBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the program or communication is an electronic communication that originates outside this State and is captured for redistribution to the general public in this State by a community antenna or cable, radio, cable television, or other electronic system; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="590BE68B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the program or communication consists of an electronic communication that originates in this State, but which is not intended for distribution to the general public in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4AD99492" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5975FE08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 2025 Act No. 67 (H.4247), § 9, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4AC3D468" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="6AA10380" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 9, rewrote (D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5AFA472B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="4F8BC0C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-355. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C8D66FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="79522B0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Administrative proceedings; notice; hearing; order, had the following history: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993). Repealed by 2025 Act No. 67, § 13, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="163C5018" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5BFED9F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-360. Judicial review.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="46AF66D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person aggrieved by a final order of the administrator may obtain a review of the order in the Richland County Court of Common Pleas by filing in the court, within thirty days after entry of the order, a written petition praying that the order may be modified or set aside, in whole or in part. The aggrieved person, upon filing a petition, may move before the court in which the petition is filed to stay the effectiveness of the administrator's final order until such time as the court has reviewed the orde</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">r. If the court orders a stay, then the aggrieved person must post any bond set by the court in which a petition is filed. A copy of the petition must be served upon the administrator and the administrator shall certify and file in court a copy of the filing and evidence upon which the order was entered. When these have been filed, the court has exclusive jurisdiction to affirm, modify, enforce, or set aside the order, in whole or in part. The findings of the administrator regarding the facts, if supported </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>by competent, material, and substantial evidence, are conclusive.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5621D77F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3B81E3D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 2025 Act No. 67 (H.4247), § 10, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7962E844" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2E8470C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 10, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A8B3BFC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5A316361" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-365. Burden of proof as to exemptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="50A7240B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is not necessary to negate the exemptions of this chapter in a complaint, information, indictment, a writ, or a proceeding brought under this chapter. The burden of proof of the exemption is upon the party claiming it.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48216E0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="380A994D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="49850C89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="54FED9E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-370. Defense, in case based on failure to make physical delivery, factors beyond seller's control, where delivery completed within reasonable time.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="7DF67541" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is a defense in a complaint, information, indictment, a writ, or a proceeding brought under this chapter alleging a violation of Section 39-73-20 based solely on the failure in an individual case to make physical delivery within the applicable time under Section 39-73-10(5) or Section 39-73-40(A)(2) if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="5E37D433" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) failure to make physical delivery was due solely to factors beyond the control of the seller, the seller's officers, directors, partners, agents, servants, or employees, persons occupying a similar status or performing similar functions, persons who directly or indirectly control or are controlled by the seller, or the seller's affiliates, subsidiaries, or successors; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="527F7C3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) physical delivery was completed within a reasonable time under the applicable circumstances.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="316AA954" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="48D464A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 68, § 1, eff 200 days after approval (approved May 14, 1993); 2025 Act No. 67 (H.4247), § 11, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="310522BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="3B026E4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 67, § 11, in (1), made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="45305E52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="59CBC935" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 39-73-375. Receipt of fines and penalties; excess to be deposited in general fund; report.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...76 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="2C3DB611" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The Office of Attorney General may retain the first seven hundred fifty thousand dollars in fines and penalties received in a fiscal year in settlement of litigation enforcement actions and reimbursements of expenses arising from violations under this chapter to offset investigative, prosecutorial, and administrative costs of enforcing this chapter, after which any excess fines and penalties received in a fiscal year must be deposited into the general fund. The Attorney General shall issue an annual report</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the President of the Senate, the Speaker of the House, the Chairman of the Senate Finance Committee, the Chairman of the House Ways and Means Committee, the Chairman of the Senate Labor, Commerce and Industry Committee, and the Chairman of the House Labor, Commerce and Industry Committee. This report shall include the total amount of civil penalties collected by the Office of Attorney General for violations of the Commodities Code, the amount of restitution and disgorgement ordered to be paid for violat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ions of the Commodities Code, the amount of fines and penalties retained by the Office of Attorney General pursuant to this section, and the amount of excess fines and penalties that were deposited into the general fund pursuant to this section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27142CEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00CD0A5E" w:rsidRDefault="00CD0A5E" w14:paraId="34713926" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2025 Act No. 67 (H.4247), § 12, eff May 22, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -9754,51 +9828,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -10235,66 +10309,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>