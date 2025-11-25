--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,901 +1,940 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra22b7694dd784323" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1645dabcdd1940628c2e3f5340c155a1.psmdcp" Id="R5fcfce63fa3d4eff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5a6540280b9b437f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f6837cf714a44678ec9ef21ea78baec.psmdcp" Id="Rcf5d6ad2927e41ce" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="5D645EC7" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0800F8ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="457AEB4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Athletic Trainers' Act of South Carolina [Repealed]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="464EF3B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="614DC4A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-10. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54A2ACEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="307F5A7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Short title, had the following history: 1984 Act No. 441, § 1. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B6E4362" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2519D27A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-20. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="326F5DE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4F92CEFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Definitions, had the following history: 1984 Act No. 441, § 2; 1992 Act No. 330, § 1; 2019 Act No. 61 (H.3621), § 1, eff May 16, 2019. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6EB3A880" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5013E775" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-30. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48063268" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="707939D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Promulgation of regulations; establishment of Athletic Trainers' Advisory Committee, had the following history: 1984 Act No. 441, § 3; 1990 Act No. 522, § 2. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="589306C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="28E1636F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-40. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16DEEDA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4F132DF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Necessity of certification; application; administrative procedures, had the following history: 1984 Act No. 441, § 4. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A20F989" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="623EB37B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-50. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E814AAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="59527CB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Requirements for certification, had the following history: 1984 Act No. 441, § 5; 1992 Act No. 330, § 2; 2006 Act No. 356, § 1, eff June 9, 2006; 2019 Act No. 61 (H.3621), § 2, eff May 16, 2019. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43C6F1FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2FDF3F55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-60. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25AB48F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0E09F5F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Reciprocity with other states, had the following history: 1984 Act No. 441, § 6. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78343AD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5DFA392D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-70. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C150426" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5BBA9E76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Fees, had the following history: 1984 Act No. 441, § 7. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34327FB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7BA10B34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-80. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E19EB8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="19E2D75B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Exemption from certification, had the following history: 1984 Act No. 441, § 8. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6A37549C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1C63134E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-90. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24F17B5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4A60D98F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Grandfather provision, had the following history: 1984 Act No. 441, § 9. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="015696C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7D880BB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-100. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6B92E93D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5B53464F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Applicability to employee of athletic organization, had the following history: 1984 Act No. 441, § 10; 1992 Act No. 330, § 3; 2019 Act No. 61 (H.3621), § 3, eff May 16, 2019. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="583DCB85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="69B1766A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-110. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55E95A64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="32B2E455" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Hiring of certified athletic trainers by school districts, had the following history: 1984 Act No. 441, § 11. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:b w:val="true"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E3526BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2FEF04D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-75-120. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="59FAD153" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="06A8FD68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Penalties, had the following history: 1984 Act No. 441 § 12; 2019 Act No. 61 (H.3621), § 4, eff May 16, 2019. Repealed by 2023 Act No. 77, § 1, eff June 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -906,51 +945,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1387,66 +1426,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>