--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,1280 +1,1160 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4076bf5f9e514630" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/82187633defb429f8c011359edd2b33c.psmdcp" Id="Rbe347142313e4b89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5c49de75a21a4b4e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8d58a57adc3432cb852870ebc7c6d52.psmdcp" Id="Rc33ecf06a9354f7c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="288E79F4" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="31F61011" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="27B68D28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Automated External Defibrillators</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1E2525F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="31EEEB83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-76-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="77AB931F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This act may be cited as the "South Carolina Automated External Defibrillator Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3DE39770" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5BF17FE1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1999 Act No. 34, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12833BE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3681FEE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-76-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2E628698" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="10789562" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Automated external defibrillator" or "AED" means an automated external defibrillator which is a medical device heart monitor and defibrillator that:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7F17109A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) has received approval of its pre-market notification filed pursuant to the United States Code, Title 21, Section 360(k), from the United States Food and Drug Administration;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2D1990A3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) is capable of recognizing the presence or absence of ventricular fibrillation or rapid ventricular tachycardia and is capable of determining, without intervention by an operator, whether defibrillation should be performed; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0B39007F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) upon determining that defibrillation should be performed, automatically charges and requests delivery of an electrical impulse to an individual's heart.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3EC29729" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Health care professional" means a licensed physician, surgeon, physician's assistant, nurse practitioner, or nurse.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7CC0493A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Designated AED user" means a person identified by the person or entity acquiring an AED who has received training in the use of an AED pursuant to this chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="164A39A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="44B460FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1999 Act No. 34, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D80D2EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="08D04F0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-76-30. Training, maintenance, testing, use, and reporting requirements for automated external defibrillators.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7F798F7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person or entity that acquires an AED shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="11092583" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) require its designated AED users to have current training in CPR and AED use by the American Heart Association, American Red Cross, American Safety and Health Institute, or National Safety Council, or training from a program that meets or exceeds the training standards of these organizations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="07ECA6DC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) maintain and test the AED according to the manufacturer's operational guidelines and keep written records of maintenance and testing;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0AB7F7E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) employ or obtain a health care professional to serve as its AED liaison;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="06FC8553" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) have in place an AED program approved by its AED liaison which includes CPR and AED training, AED protocol or guidelines, AED deployment strategies, and an AED equipment maintenance plan;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="66434E81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) include in its AED protocol or guidelines that a person who renders emergency care or treatment to a person in cardiac arrest caused by ventricular fibrillation/tachycardia by using an AED must activate the emergency medical services system or 911 as soon as possible; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7FD08444" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) report any clinical use of the AED to the AED liaison.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4182CB58" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4871212A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1999 Act No. 34, § 1; 2008 Act No. 206, § 3, eff May 14, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27851D99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4CE38F43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-76-40. Immunity from civil liability for use of automated external defibrillator.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="61322EF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Any person or entity acting in good faith and gratuitously shall be immune from civil liability for the application of an AED unless the person was grossly negligent in the application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2913200E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Any designated AED users meeting the requirements of Section 44-76-30(1) and acting according to the required training shall be immune from civil liability for the application of an AED unless the application was grossly negligent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2591DE0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A person or entity acquiring an AED and meeting the requirements of Section 44-76-30 or an AED liaison meeting the requirements of Section 44-76-30 shall be immune from civil liability for the application of an AED by any person or entity described in items (1) or (2) of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="15C983AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) A prescribing physician shall be immune from civil liability for authorizing the purchase of an AED, unless the authorization was grossly negligent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="331C6B42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(5) Any person or entity, acting in good faith and gratuitously, that teaches or provides a training program for cardiopulmonary resuscitation that includes training in the use of an automated external defibrillator is immune from civil liability for providing this training for use if the:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1D029C98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) person or entity has provided the training in accordance with the guidelines and policies of a national training organization, as defined in Section 44-76-30(1);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="22532837" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) person providing the training is authorized to deliver that course or curriculum; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1A8F367B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) training delivery was not grossly negligent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="735D6CE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2DB32244" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1999 Act No. 34, § 1; 2008 Act No. 206, § 1, eff May 14, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28C67A5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7D595B9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-76-50. Applicability of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="19B0423F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of this chapter do not apply to emergency medical services, a physician's office, or a health care facility as defined in Section 44-7-130(10).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6CCA0255" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="08AF00E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1999 Act No. 34, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1285,51 +1165,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1766,66 +1646,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>