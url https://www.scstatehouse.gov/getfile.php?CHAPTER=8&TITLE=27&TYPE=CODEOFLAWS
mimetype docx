--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1,2729 +1,2626 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R164de7e834264e9e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f0f7b1f372b46c0aa30ae26e79dee19.psmdcp" Id="R09bc38df18284f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R58e9e2bced8d4079" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bba06c434c04b4a9c77e152159ab897.psmdcp" Id="R016fc82226fe40ca" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00270A17" w:rsidRDefault="00270A17" w14:paraId="3146F040" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="207481CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="67C62CD9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Conservation Easement Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="34266028" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4D9BCA29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-10. Short title.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4AAC71A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>This chapter may be cited as the South Carolina Conservation Easement Act of 1991.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47586998" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5F5991F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 92, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68D1DD72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="20F0B0CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-20. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="560DFAFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>As used in this chapter, unless the context otherwise requires:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...85 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2DE613E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Conservation easement" means a nonpossessory interest of a holder in real property imposing limitations or affirmative obligations, the purposes of which include one or more of the following:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="782C0A12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) retaining or protecting natural, scenic, or open-space aspects of real property;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6AA925E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) ensuring the availability of real property for agricultural, forest, recreational, educational, or open-space use;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="61955452" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) protecting natural resources;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="288D3315" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) maintaining or enhancing air or water quality;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="16A1ED00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) preserving the historical, architectural, archaeological, or cultural aspects of real property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="07B1EC43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Holder" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6B1C66C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a governmental body empowered to hold an interest in real property under the laws of this State or the United States; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="717897B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(b) a charitable, not-for-profit or educational corporation, association, or trust the purposes or powers of which include one or more of the purposes listed in subsection (1).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="41770F1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Real property" includes surface waters.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7ED6168D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Third-party right of enforcement" means a right provided by the grantor of the conservation easement to enforce selected terms of the conservation easement which is granted to a governmental body, a charitable, not-for-profit, or educational corporation, association, or trust, which though not the holder of the easement, is eligible to be the holder of such easement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34D83B15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0978D942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 92, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="435507D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="283F1DDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-30. Conservation easements generally; creation, duration and effect; conveyances.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="42985B7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) Except as otherwise provided in this chapter, a conservation easement may be created, conveyed, recorded, assigned, released, modified, terminated, or otherwise altered or affected in the same manner as other easements and must be recorded in the same manner as other easements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="366464DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) No right or duty in favor of or against a holder and no right in favor of a person having a third-party right of enforcement arises under a conservation easement before its acceptance by the holder and a recordation of the acceptance in the office of the register of deeds for each county where the land burdened by the conservation easement lies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="380FF80E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Except as provided in Section 27-8-40(B), a conservation easement is unlimited in duration unless the instrument creating it provides otherwise.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="71BB8627" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) An interest in real property in existence at the time a conservation easement is created is not impaired by the easement unless the owner of the interest is a party to the conservation easement or consents to it.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="319E3BA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E)(1) A conservation easement may be conveyed to a holder without consideration by any local governmental body, including a county, municipality, and other political subdivision, if the conveyance is authorized by the elected members of the governmental body that owns the property to be burdened by the easement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="252F5D48" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) For the purposes of this subsection an elected member of a governmental body includes a member serving on the governmental body ex officio, provided that the member has been elected to another office. A governmental body consisting of appointed members may make a conveyance only with the approval of the elected members of the governmental body that appointed the members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="664C6740" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A governmental body proposing to convey an easement shall submit a proposal to the Advisory Board of the Heritage Trust Program, and the advisory board shall conduct a public hearing on the proposal within sixty days of receiving the proposal. The public hearing may be conducted by the advisory board by one or more members of the board or one or more members of the staff of the Heritage Trust Program as designated by the chairperson of the board. The persons conducting the hearing promptly shall submit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> to each member of the advisory board a written summary of the testimony, public comment, and other information presented at the hearing. Within thirty days after the hearing the advisory board shall approve or disapprove the proposal based on the testimony, public comment, and other information. The approval or disapproval by the advisory board may be indicated at a meeting of the board or by written ballot of the individual members. If the proposal is approved, the governmental body shall conduct a public</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> hearing not less than thirty nor more than sixty days after the approval, at which the easement must be explained and public comment received.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4A229409" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) For a governmental body to convey an easement under this subsection, at least two-thirds of the elected members of the governmental body shall approve the conveyance. No member of a governmental body that conveys an easement in accordance with this subsection is personally liable for the actions of the governmental body.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5B319F04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) Items (2), (3), and (4) of this subsection do not apply to an easement burdening land that is adjacent to a river or river segment whose designation as a scenic river under the State Scenic Rivers Program has been ratified by the General Assembly under Section 49-29-90.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="40E31239" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6DDEE2B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 92, § 1; 1993 Act No. 32, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="695DFE30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="64FD984C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>1997 Act No. 34, § 1, directed the Code Commissioner to change all references to "Register of Mesne Conveyances" to "Register of Deeds" wherever appearing in the 1976 Code of Laws.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55D5B23C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5D876D69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-35. Easements excepted from public hearing requirement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5886984F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The provisions of Section 27-8-30(E)(3) of the 1976 Code do not apply to an easement conveyed by a county or municipality if the county or municipality is compensated for the easement from the Conservation Bank Trust Fund under Chapter 59 of Title 48 of the 1976 Code, or if the donation of an easement by a municipality or county is an integral part of a larger proposal for which a grant or loan is made from the Conservation Bank Trust Fund under Chapter 59 of Title 48 of the 1976 Code.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20FFDF84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3D521642" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 200, § 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="270DE1C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5264A776" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-40. Who may bring action affecting easement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="0C6CDB45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An action affecting a conservation easement may be brought by:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="18E5CAB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) an owner of an interest in the real property burdened by the easement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="68321F8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a holder of the easement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="188CFB8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a person having a third-party right of enforcement; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="43DDA11C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a person otherwise authorized by law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="25DFF96B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) This chapter does not affect the power of a court to modify or terminate a conservation easement in accordance with principles of law and equity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0259CF37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="46318944" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 92, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B216271" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="36EDEC84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-50. Validity of easements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2A6AAED2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A conservation easement is valid even though one or more of the following exist:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...71 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="54833432" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) It is not app</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>urtenant to or does not run with an interest in real property.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3FDEB3B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) It may be or has been assigned to another holder.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="44E88CDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) It is not of a character recognized traditionally at common law.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1C63A83D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) It imposes a negative burden.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3EEEAFA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) It imposes affirmative obligations upon the owner of an interest in the burdened property or upon the holder.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4A8BB0AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) The benefit does not touch or concern real property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="78CF69D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(7) There is no privity of estate or of contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7D3100E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) It does not run to the successors and assigns of the holder.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DEDF513" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4C11BDB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 92, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="57A6635D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="441FB2AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-60. Applicability of Conservation Easement Act to, and its effect on, property interests.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4716014A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) This chapter applies to interests that meet the definition of conservation easement under Section 27-8-20(1) whether designated as a conservation easement or a covenant, an equitable servitude, a restriction, an easement, or otherwise.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="36DC3727" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) This chapter does not invalidate an interest designated as a conservation or preservation easement or a covenant, an equitable servitude, a restriction, an easement, or otherwise, that is enforceable under other laws of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F0E8D37" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="257CFE79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 92, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="774208AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="339FBC43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-70. Effect of easement on assessment of property for ad valorem tax purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="6F0566F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For ad valorem tax purposes real property that is burdened by a conservation easement must be assessed and taxed on a basis that reflects the existence of the easement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B208A75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="56255003" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 92, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7DC48722" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="30EC4912" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-80. Condemnation of conservation easements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="67846FD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person or entity empowered to condemn may condemn a conservation easement for other public purposes pursuant to applicable provisions of the 1976 Code or federal law. Holders of the conservation easement must be parties to the proceedings along with the owner of the land.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="355E4540" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7680B930" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1991 Act No. 92, § 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73C44020" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7DC774F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-90. Biennial review of plight of land loss.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="11AFFA24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Board of the Conservation Bank shall perform a biennial review of the plight of land loss by small landowners and holders of heirs' property. The results of this review, upon completion, must be published in an official board report and submitted to the South Carolina General Assembly for its use.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3CB8BD40" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="63E891BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 200, § 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2BDCC90D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7BCEA4DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-100. Use of trust fund monies for beach conservation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="1AD17C20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding any other provision of law, the Department of Parks, Recreation and Tourism as an eligible trust fund recipient is authorized but not required to use monies it receives from the Conservation Bank Trust Fund to provide for beach conservation at the State Parks System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="17CC941A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="5A15AED7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 200, § 10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="215415D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7B916A8D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-110. Use of trust funds to acquire land adjoining state parks.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="4BC537BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Notwithstanding any other provision of law, the Department of Parks, Recreation and Tourism as an eligible trust fund recipient is authorized but not required to use monies it receives from the Conservation Bank Trust Fund to provide as a priority for the acquisition of lands adjoining the State Parks System to be used as part of the State Parks System.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F75E9E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="7BB950BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2002 Act No. 200, § 11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1DF4FB56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="3A521939" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 27-8-120. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="398B5D47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B20366" w:rsidRDefault="00B20366" w14:paraId="2D63E25D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Prospective repeal; termination of South Carolina Conservation Bank, had the following history: 2002 Act No. 200, § 7; 2012 Act No. 162, § 1, eff May 14, 2012. Repealed by 2018 Act No. 224, § 6.A, eff July 1, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2734,51 +2631,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3215,66 +3112,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>