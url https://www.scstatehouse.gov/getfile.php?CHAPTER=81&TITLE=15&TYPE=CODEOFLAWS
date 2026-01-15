--- v0 (2025-10-09)
+++ v1 (2026-01-15)
@@ -1,1589 +1,1616 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f30dc8756a8481f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e5e76e493654096950c98a8fedf3830.psmdcp" Id="Rba6ec9ba15734d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R959d6929ffdf4aeb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e837f4a9ba9044c6a33220c3fb4a6637.psmdcp" Id="R801e6cd76aa045e6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C6181D" w:rsidRDefault="00C6181D" w14:paraId="6FC29E16" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="0BC6F05A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="10507931" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Successor Asbestos-Related Liability Fairness Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="4634B6D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6BF7640B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="05F250EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2B274C76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="292AC21A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2006 Act No. 280, § 3, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="61D00FE8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="77C0E392" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"The provisions of this act are intended to be construed liberal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ly to accomplish its remedial purposes and the courts of the State are directed to apply this state's substantive law, including limitations pursuant to the provisions of this act, to the fullest extent permissible pursuant to the United States Constitution."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="682C5026" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02CEA5B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="40F9E485" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-81-110. Citation of act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="08C69D28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>This act may be cited as the "Successor Asbestos-Related Liability Fairness Act".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D147D4F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="3F690F5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 280, § 1, eff May 23, 2006, applicable to civil actions asserting an asbestos claim filed on or after that date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="329499F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6EC3AF4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-81-120. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="42D8BA7A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...62 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="3AC6BB88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(1) "Asbestos claim" means a claim for damages, losses, indemnification, contribution, or other relief arising out of, based on, or related to asbestos, including:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="46ED541B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the health effects of exposure to asbestos, including a claim for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="27C76636" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) personal injury or death;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="579E1761" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) mental or emotional injury;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="482D9E2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) risk of disease or other injury; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="0F860DA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) the costs of medical monitoring or surveillance to the extent these claims are recognized pursuant to state law;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2771EA75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a claim made by or on behalf of a person exposed to asbestos, or a representative, spouse, parent, child, or other relative of the person; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2B8E1AAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a claim for damage or loss caused by the installation, presence, or removal of asbestos.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="7CC28E03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(2) "Corporation" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means a corporation for profit, including a domestic corporation organized pursuant to the laws of this State, or a foreign corporation organized pursuant to laws other than the laws of this State.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="32407A66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) "Successor" means a corporation that assumes or incurs or has assumed or incurred successor asbestos-related liabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="13C7CEA9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Successor asbestos-related liabilities" means liabilities, whether known or unknown, asserted or unasserted, absolute or contingent, accrued or unaccrued, liquidated or unliquidated, or due or to become due, which are related to an asbestos claim and were assumed or incurred by a corporation as a result of, or in connection with, a merger or consolidation, or the plan of merger or consolidation related to the merger or consolidation, with or into another corporation, or which are related to an asbesto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s claim based on the exercise of control or the ownership of stock of the corporation before the merger or consolidation. The term includes liabilities that, after the time of the merger or consolidation for which the fair market value of total gross assets is determined pursuant to Section 15-81-140, were or are paid or otherwise discharged, or committed to be paid or otherwise discharged, by or on behalf of the corporation, or by a successor of the corporation, or by or on behalf of a transferor, in conne</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ction with settlements, judgments, or other discharges in this State or another jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="31BDECD1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Transferor" means a corporation from which successor asbestos-related liabilities are or were assumed or incurred.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D8D9B15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="03B8D15F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 280, § 1, eff May 23, 2006, applicable to civil actions asserting an asbestos claim filed on or after that date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="73A3983A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="116452BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-81-130. Applicability of limitations granted successor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6F73D3E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) The limitations of Section 15-81-140 apply to a corporation that is a successor and became a successor before January 1, 1972, or is a successor of that corporation's successors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="149E4FA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The limitations of Section 15-81-140 do not apply to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="0C0FB0D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) workers' compensation benefits paid by or on behalf of an employer to an employee pursuant to Title 42, or a comparable workers' compensation law of another jurisdiction;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="199FAF30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a claim against a corporation that does not constitute a successor asbestos-related liability;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="1A7D4121" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) an insurance company, as defined in Chapter 1, Title 38;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2F27C707" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) an obligation pursuant to the National Labor Relations Act, as amended, or pursuant to a collective bargaining agreement; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="1E26D915" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) a successor that after a merger or consolidation continued in the business of mining asbestos, in the business of selling or distributing asbestos fibers, or in the business of manufacturing, distributing, removing, or installing asbestos-containing products that were the same or substantially the same as those products previously manufactured, distributed, removed, or installed by the transferor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3B8C1D1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2C894816" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 280, § 1, eff May 23, 2006, applicable to civil actions asserting an asbestos claim filed on or after that date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4721D20F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="46634C89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-81-140. Limitation of cumulative successor asbestos-related liabilities of corporation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="1A800D74" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(A) Except as further limited in subsection (B), the cumulative successor asbestos-related liabilities of a corporation are limited to the fair market value of the total gross assets of the transferor determined as of the time of the merger or consolidation. The corporation is not responsible for successor asbestos-related liabilities in excess of this limitation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="4B14153C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) If the transferor assumed or incurred successor asbestos-related liabilities in connection with a prior merger or consolidation with a prior transferor, the fair market value of the total assets of the prior transferor, determined as of the time of the earlier merger or consolidation, will be substituted for the limitation provided in subsection (A) for purposes of determining the limitation of liability of a corporation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="685B68B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="05AA5449" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 280, § 1, eff May 23, 2006, applicable to civil actions asserting an asbestos claim filed on or after that date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6AC66992" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="47F28C14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-81-150. Establishing fair market value of total gross assets.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="0CF80151" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) A corporation may establish the fair market value of total gross assets for the purpose of the limitations pursuant to Section 15-81-140 through a method reasonable under the circumstances, including:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="509D28F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) by reference to the going concern value of the assets or to the purchase price attributable to or paid for the assets in an arm's-length transaction; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="1E2D6BB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) in the absence of other readily available information from which fair market value can be determined, by reference to the value of the assets recorded on a balance sheet.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5072B1EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Total gross assets include intangible assets.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2F771E2C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(C) Total gross assets include the aggregate coverage pursuant to applicable liability insurance that was issued to the transferor whose assets are being valued for purposes of this section, which insurance has been collected or is collectible to cover successor asbestos-related liabilities except compensation for liabilities arising from a worker's exposure to asbestos solely during the course of his employment by the transferor. A settlement of a dispute concerning the insurance coverage entered into by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a transferor or successor with the insurers of the transferor before the effective date of this act is determinative of the aggregate coverage of liability insurance to be included in the calculation of the transferor's total gross assets.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4DF35308" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="6089C4B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 280, § 1, eff May 23, 2006, applicable to civil actions asserting an asbestos claim filed on or after that date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0572EB68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="256DD9BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-81-160. Annual rate of adjustment of fair market value.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="3A6FEEED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Except as provided in subsections (B), (C), and (D), the fair market value of total gross assets at the time of a merger or consolidation will increase annually at a rate equal to the sum of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="71A960D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the prime rate as listed in the first edition of the Wall Street Journal published for each calendar year since the merger or consolidation, unless the prime rate is not published in that edition of the Wall Street Journal, in which case a reasonable determination of the prime rate on the first day of the year may be used; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="04AA3FD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) one percent.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5279CDFE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The rate provided in subsection (A) may not be compounded.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="775397A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(C) The adjustment of fair market value of total gross assets continues as provided pursuant to the provisions of subsection (A) until the date the adjusted value is first exceeded by the cumulative amounts of successor asbestos-related liabilities paid or committed to be paid by or on behalf of the corporation or a predecessor, or by or on behalf of a transferor, after the time of the merger or consolidation for which the fair market value of total gross assets is determined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="648DF2D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) No adjustment of the fair market value of total gross assets may be applied to liability insurance otherwise included in the definition of total gross assets by Section 15-81-150(C).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FAF5B84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2A068841" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2006 Act No. 280, § 1, eff May 23, 2006, applicable to all civil actions asserting an asbestos claim filed on or after that date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1594,51 +1621,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2075,66 +2102,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>