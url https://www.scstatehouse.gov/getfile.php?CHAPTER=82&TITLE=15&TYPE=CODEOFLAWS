--- v0 (2025-10-09)
+++ v1 (2026-01-15)
@@ -1,583 +1,532 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref0c382922674ca2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69c5bbbb1b1a437c8f5bea6c3436f2fc.psmdcp" Id="R47b910eec22643e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb3bee55f2b9f4fea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eba722961f4843239ad0be998d88ca7b.psmdcp" Id="Rf3124dcc90e54623" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C6181D" w:rsidRDefault="00C6181D" w14:paraId="6FB5E25D" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="0BE47685" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="7B9A0006" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Limitation on Liability of Land Possessors to Trespassers—Trespasser Responsibility Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5B398E98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="54923CF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 15-82-10. Limitation on liability of land possessors to trespassers; exception.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="32F0E2E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) As used in this section, the terms:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5A2A04E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Possessor of land" means the possessor of any fee, reversionary, or easement interest in real property, including an owner, lessee, or other lawful occupant.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="56FD4A29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Trespasser" means a person who enters or remains on the land of another without permission or without legal privilege.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="35B568C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A possessor of land owes no duty to a trespasser except to refrain from causing a wilful or wanton injury.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="04D476C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Notwithstanding subsection (B), a possessor of land is subject to liability for physical harm to children or a person with an intellectual disability who are trespassing thereon caused by an artificial condition upon the land if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="4708CA2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the place where the condition exists is one upon which the possessor knows or has reason to know that children or persons with an intellectual disability are likely to trespass;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="2506F13B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the condition is one of which the possessor knows or has reason to know and which he realizes or should realize will involve an unreasonable risk of death or serious bodily harm to children or persons with an intellectual disability;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="1D6B5AB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) the person because of his youth or intellectual disability does not discover the condition or realize the risk involved in intermeddling with it or in coming within the area made dangerous by it;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="07DC26CF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(4) the utility to the possessor of maintaining the condition and the burden of eliminating the danger are slight as compared with the risk to children or the persons with an intellectual disability who are involved; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="70D33A09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the possessor fails to exercise reasonable care to eliminate the danger or otherwise to protect the children or the persons with an intellectual disability.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="3559E4FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) For the purposes of subsection (C), "intellectual disability" has the same meaning as provided for in Section 44-20-30(12).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="7F57C7EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) This chapter does not affect any immunities from or defenses to civil liability established by another section of the South Carolina Code of Laws or available at common law to which a possessor of land may be entitled.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="540AC4CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(F) The provisions of this chapter do not affect any right, privilege, or provision of the South Carolina Tort Claims Act pursuant to Chapter 78, Title 15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EE12918" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006C3F03" w:rsidRDefault="006C3F03" w14:paraId="5BA255BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 65 (H.3266), § 1, eff June 8, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -594,51 +543,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1075,66 +1024,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>