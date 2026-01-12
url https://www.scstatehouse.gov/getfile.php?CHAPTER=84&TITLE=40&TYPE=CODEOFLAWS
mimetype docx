--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -1,1294 +1,1170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7bb57faa52dc4b33" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89f5da8bab804b2eb86469eba9b082cd.psmdcp" Id="R6495de1a28894c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9669dfe416a34209" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a5a66414b39a4cee99d2d981f974a7a4.psmdcp" Id="Ra4cca1a3911b4865" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0000746D" w:rsidRDefault="0000746D" w14:paraId="5B870881" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2CBB86EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="532F2185" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Sign Language Interpreters</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0CA39DAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="54FFE71F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-84-110. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="59A56182" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purposes of this chapter:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="13F50FAE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Agency" means:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0AC270B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) the departments of state government enumerated in Section 1-30-10;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="319411C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the offices of all statewide constitutional officers;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="0B5E5CCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the Judicial Department;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1E32AB1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) all public institutions of higher education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1D2CAFF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) the Commission on Higher Education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5EB15239" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) police stations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="58AA015C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) county and state detention centers and correctional facilities; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="5B70C06E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) any other board, commission, or council created by a statute of this State; but</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="713D9286" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(i) excludes school districts, school boards, charter schools, and special schools.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6AF21D4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Deaf person" means a person who cannot use his hearing for communication purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="633ED7DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(3) "Interpreting" is the act of conveying meaning between people who use signed and spoken languages, conveying all essential elements of meaning and intent and where such process is offered in exchange for remuneration.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="653BEE95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) "Recognized certification" means a certification in sign language interpretation as approved by the South Carolina Association of the Deaf, the South Carolina Registry of Interpreters for the Deaf, or the National Registry of Interpreters for the Deaf.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4D15DADF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) "Sign Language" or "American Sign Language" or "ASL" means a visual-gestural language that incorporates facial grammatical markers, physical affect markers, spatial linguistic information, and fingerspelling, as well as signs made with the hands. ASL is a distinct language with its own grammar and syntax that is neither based on nor derived from a spoken language.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="270826F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) "South Carolina Association of the Deaf" or "association" or "SCAD" means the state chapter of the National Association of the Deaf acting as a consumer advocacy organization serving the deaf and hard-of-hearing population of South Carolina, as incorporated at the time of enactment, or any successor organization of it.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6E2309D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) "South Carolina Registry of Interpreters for the Deaf" or "SCRID" means the state affiliate chapter of the Registry of Interpreters for the Deaf, serving as an interpreter-advocacy and professional organization, as incorporated at the time of enactment, or its successor organization.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="21A7203C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7DBBC964" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 188 (H.3795), § 2, eff January 1, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2641199D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3732B816" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-84-120. Application of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="390BDFE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The requirements of this chapter apply to all:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="7171AD21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) agencies as defined by Section 40-84-110(1); and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6DA4FF93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) hospitals and health care facilities regulated by the Department of Health and Environmental Control under Title 44.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="182B3B07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="6A4271C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 188 (H.3795), § 2, eff January 1, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A505CF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="64AF0B4C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-84-130. Recognized certification required to provide interpreting services for agency or hospital; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...26 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="29590190" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(A) A person only may provide interpreting services for an agency or hospital if he holds a recognized certification as defined in Section 40-84-110(4).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4576D9CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The provisions in this section do not apply to a person who is interpreting:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="1B9033A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) in an emergency situation where the parties determine that the delay to obtain a certified interpreter is likely to cause injury or loss; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="3A6C2F44" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) as part of a supervised internship or mentorship program if the individual is accompanied by an interpreter with recognized certification.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="389E683E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="4FC69015" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 188 (H.3795), § 2, eff January 1, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="386F89AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="2031342E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 40-84-140. Conflicts with other minimum competency standards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="156A4569" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>To the extent that the provisions of this chapter conflict with other minimum competency standards for a sign language interpreter required for use by an entity identified in Section 40-84-120, the more rigorous standards must prevail.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="00958441" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005A0C95" w:rsidRDefault="005A0C95" w14:paraId="23F820BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 2022 Act No. 188 (H.3795), § 2, eff January 1, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1299,51 +1175,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1780,66 +1656,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>