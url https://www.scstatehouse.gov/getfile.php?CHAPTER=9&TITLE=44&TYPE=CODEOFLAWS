--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,1786 +1,2657 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b818b5da2a14ab1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/138fb8810f8246ae9346cc2a807f6488.psmdcp" Id="R9257984f0c1c45cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf16e8aaa51bb4325" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f911b785a2384e47a5d1427a93886d8f.psmdcp" Id="R044f25f568e24a77" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0067139B" w:rsidRDefault="0067139B" w14:paraId="22A7830A" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4DF3461A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4A689F95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Office of Mental Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="531EBA2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5B2A5819" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="212CBBCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="57527B10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2F002073" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5FD915AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09CE5FAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="36A283C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-10. Creation of Office of Mental Health; jurisdiction.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="37AC9806" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">There is hereby created the Office of Mental Health, a component office of the Department of Behavioral Health and Developmental Disabilities. The office shall have jurisdiction over all of the state's mental hospitals, clinics and centers, joint state and community sponsored mental health clinics and centers and facilities for the treatment and care of alcohol and drug addicts, including the authority to name each facility. The office shall be headed by an office director appointed by the Director of the </w:t>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>There is hereby created the Office of Mental Health, a component office of the Department of Behavioral Health and Developmental Disabilities. The office shall have jurisdiction over all of the state's mental hospitals, clinics and centers, joint state and community sponsored mental health clinics and centers and facilities for the treatment and care of alcohol and drug addicts, including the authority to name each facility. The office shall be headed by an office director appointed by the Director of the D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>epartment of Behavioral Health and Developmental Disabilities pursuant to Section 44-12-50(B)(1). The office director must be a person of proven executive and administrative ability with appropriate education and substantial experience in the field of mental illness treatment.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="236CE6A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1BEF14C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-917; 1964 (53) 2078; 1969 (56) 653; 2025 Act No. 3 (S.2), § 12, eff April 28, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="53D2C593" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="73F1F733" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="65944E6F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5F6E6046" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 3, § 12, substituted "Office of Mental Health, a component office of the Department of Behavioral Health and Developmental Disabilities. The office" for "State Department of Mental Health, which"; and added the last two sentences.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="439933F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="26EC2631" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-20. Transfer of powers, duties, records, and files from former Mental Health Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="79579966" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All the powers and duties vested in the South Carolina Mental Health Commission immediately prior to March 26, 1964, that were transferred to and vested in the Department of Mental Health are now transferred to and vested in the Office of Mental Health, a component of the Department of Behavioral Health and Developmental Disabilities. All records, files, and other papers belonging to the Department of Mental Health shall be continued as part of the records and files of the Office of Mental Health.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25A21EF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4EED7F43" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-918; 1964 (53) 2078; 1993 Act No. 181, § 1070; 2025 Act No. 3 (S.2), § 13, eff April 28, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7493896F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="119CB597" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 3, § 13, in the first sentence, inserted "are now transferred to and vested in the Office of Mental Health, a component of the Department of Behavioral Health and Developmental Disabilities" and made a nonsubstantive change; in the last sentence, substituted "Department of Mental Health" for "South Carolina Mental Health Commission" and "Office" for "Department"; and made a nonsubstantive change.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44F0CC56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="61B39110" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-30. Authority of department director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="54546292" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>The Director of the Department of Behavioral Health and Developmental Disabilities shall determine policies and promulgate regulations governing the operation of the Office of Mental Health and the employment of professional and staff personnel.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F04DCBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5E281310" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-919; 1964 (53) 2078; 1967 (55) 699; 1991 Act No. 33, § 1; 1993 Act No. 181, § 1071; 2012 Act No. 222, § 12, eff June 7, 2012; 2025 Act No. 3 (S.2), § 14, eff April 28, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="59EA7A04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5E6EC0D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3AE86C66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="25985D22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2012 Act No. 222, § 15, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="266FE9B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"SECTION 15. Notwithstanding any other provision of law to the contrary, any person elected or appointed to serve, or serving, as a member of any board, commission, or committee to represent a congressional district, whose residency is transferred to another district by a change in the composition of the district, may serve, or continue to serve, the term of office for which he was elected or appointed; however, the appointing or electing authority shall appoint or elect an additional member on that board, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>commission, or committee from the district which loses a resident member on it as a result of the transfer to serve until the term of the transferred member expires. When a vacancy occurs in the district to which a member has been transferred, the vacancy must not be filled until the full term of the transferred member expires."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="792D3467" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="465F06F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>2025 Act No. 3, § 14, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C21E4D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="79B07D72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-40. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5497FF28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5D02C3DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled State Director of Mental Health; appointment and removal; powers and duties; qualifications, had the following history: 1962 Code § 32-920; 1964 (53) 2078; 1967 (55) 699; 1985 Act No. 62; 1993 Act No. 181, § 1072. Repealed by 2025 Act No. 3, § 17, eff April 28, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="35587B52" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2A904E75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-50. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A0D5353" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="68CDD3BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Divisions of department, had the following history: 1962 Code § 32-920.1; 1964 (53) 2078; 1969 (56) 653; 1976 Act No. 538; 1993 Act No. 181, § 1073; 2008 Act No. 266, § 2, eff June 4, 2008. Repealed by 2025 Act No. 3, § 17, eff April 28, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="402AE19D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="27BFFCB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-60. Appointment of directors of hospitals; employment of personnel.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2723C64F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Director of the Department of Behavioral Health and Developmental Disabilities may appoint a director of each hospital. Each director must be knowledgeable in the treatment of the mentally ill and in hospital administration. The director of each hospital under the jurisdiction of the Office of Mental Health is responsible for the employment of all personnel at the hospital, subject to the approval of the office director. The office director may serve as director of one or more hospitals or other mental</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> health facilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D0702A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0C931209" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-920.2; 1964 (53) 2078; 1980 Act No. 479; 1993 Act No. 181, § 1074; 2008 Act No. 266, § 3, eff June 4, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="46A71774" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="127AA459" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="597D64D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="27916F0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-70. Administration of Federal funds; development of mental health clinics.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="10186A00" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Mental Health is hereby designated as the State's mental health authority for purposes of administering Federal funds allotted to South Carolina under the provisions of the National Mental Health Act, as amended. The Office of Mental Health is further designated as the State agency authorized to administer minimum standards and requirements for mental health clinics as conditions for participation in Federal-State grants-in-aid under the provisions of the National Mental Health Act, as amende</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>d, and is authorized to promote and develop community mental health outpatient clinics. Provided, that nothing in this article shall be construed to prohibit the operation of outpatient mental health clinics by the South Carolina Medical College Hospital in Charleston. Provided, further, that nothing herein shall be construed to include any of the functions or responsibilities now granted the Department of Health and Environmental Control, or the administration of the State Hospital Construction Act (Hill-B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>urton Act), as provided in the 1976 Code of Laws and amendments thereto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7D0DF609" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="14D11658" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-920.3; 1964 (53) 2078.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2436D255" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="71DA25C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="784478D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="22AD6D5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-80. Utilization of Federal funds provided to improve services to patients.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2964B2C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Payments made to a mental health facility which are derived in whole or in part from Federal funds which become available after June 30, 1967, and which are provided with the stipulation that they be used to improve services to patients shall not be considered fees from paying patients under the terms of Act No. 1100 of 1964 but may be utilized by the Office of Mental Health to improve South Carolina's comprehensive mental health program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="54AD0383" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="7A689F04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-920.3:1; 1967 (55) 719.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2A45A1C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2D4168FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B4E60B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="52C89A84" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-90. Powers and duties of Mental Health Commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1160922C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Mental Health shall:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="4FC595F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(1) form a body corporate in deed and in law with all the powers incident to corporations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="167DAEA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) cooperate with persons in charge of penal institutions in this State for the purpose of providing proper care and treatment for mental patients confined in penal institutions because of emergency;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="29E54ADB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) inaugurate and maintain an appropriate mental health education and public relations program;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2E85B99D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) collect statistics bearing on mental illness, drug addiction, and alcoholism;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1C43FBC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) provide vocational training and medical treatment which must tend to the mental and physical betterment of patients and which is designed to lessen the increase of mental illness, drug addiction, and alcoholism;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="65B06653" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) encourage the directors of hospitals and their medical staffs in the investigation and study of these subjects and of mental health treatment in general; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="089EBD72" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) provide a statewide system for the delivery of mental health services to treat, care for, reduce, and prevent mental illness and provide mental health services for citizens of this State, whether or not in a hospital. The system must include services to prevent or postpone the commitment or recommitment of citizens to hospitals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3FB85E56" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="28EFE044" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-922; 1952 Code § 32-954; 1942 Code § 6223; 1932 Code § 6223; Civ. C. '22 § 5074; Civ. C. '12 § 3355; Civ. C. '02 § 2248; G. S. 1585; R. S. 1780; 1827 (11) 322; 1871 (15) 672; 1915 (29) 147; 1920 (31) 704; 1938 (40) 1665; 1952 (47) 2042; 1979 Act No. 42 § 1; 2000 Act No. 253, § 1; 2008 Act No. 266, § 4, eff June 4, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0207883E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="586CE658" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24FA275A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="66EB5AF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-100. Additional powers and duties of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2A040802" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Office of Mental Health may:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1CF7A57F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) prescribe the form of and information to be contained in applications, records, reports, and medical certificates provided for under this chapter, Chapter 11, Chapter 13, Article 1 of Chapter 15, Chapter 17, Chapter 22, Chapter 23, Chapter 24, Chapter 27, Chapter 48, and Chapter 52;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2AD4D1D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) require reports from the director of a state hospital relating to the admission, examination, diagnosis, discharge, or conditional discharge of a patient;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="394AF846" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) investigate complaints made by a patient or by a person on behalf of a patient;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0D2A2387" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>(4) adopt regulations not inconsistent with this chapter, Chapter 11, Chapter 13, Article 1 of Chapter 15, Chapter 17, Chapter 22, Chapter 23, Chapter 24, Chapter 27, Chapter 48, and Chapter 52 as it may find to be reasonably necessary for the government of all institutions over which it has authority and of state mental health facilities and the proper and efficient treatment of persons with a mental illness or substance abuse disorder;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6F6D9107" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(5) take appropriate action to initiate and develop relationships and agreements with state, local, federal, and private agencies, hospitals, and clinics as the Office of Mental Health considers necessary to increase and enhance the accessibility and delivery of emergency and all other types of mental health services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="02B4FD01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="2C6A57EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-924; 1952 Code § 32-954; 1942 Code § 6223; 1932 Code § 6223; Civ. C. '22 § 5074; Civ. C. '12 § 3355; Civ. C. '02 § 2248; G. S. 1585; R. S. 1780; 1827 (11) 322; 1871 (15) 672; 1915 (29) 147; 1920 (31) 704; 1938 (40) 1665; 1952 (47) 2042; 1958 (50) 1634; 1979 Act No. 42 § 2; 1993 Act No. 37, § 1; 2000 Act No. 253, § 2; 2008 Act No. 266, § 5, eff June 4, 2008.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="3BD1EE79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="027E4D85" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D1312CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="649B5D69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-110. Acceptance of gifts and grants by commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="70E64D6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Behavioral Health and Developmental Disabilities may accept on behalf of the Office of Mental Health or any of its facilities or services, gifts, bequests, devises, grants, donations of money or real and personal property of whatever kind, but no such gift or grant shall be accepted upon the condition that it shall diminish an obligation due the office. The department may refuse to accept any such gift or grant and the acceptance of any such gift or grant shall not incur any obligation on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> the part of the State. Any gift or grant given to a specific facility or service shall be used for that facility or service only, or to its successor. The department may promulgate rules and regulations governing the disposition of such gifts and grants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="06C50FFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="67C55942" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-923; 1971 (57) 473.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="29F9911C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="10D02DD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DC53129" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="09F69CCB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-120. Annual report of commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6C52B5B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Behavioral Health and Developmental Disabilities shall submit an annual report to the Governor before the eleventh day of January of each year setting forth its activities, the financial affairs and the state and condition of the State mental health facilities and any other statistical information which is usually required of facilities of the type over which it has charge. The report shall include any recommendations which in the opinion of the Office of Mental Health will improve the me</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ntal health program of the State. A copy of the report shall also be submitted to the General Assembly.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D9E9D64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0B282250" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-927; 1952 Code § 32-988; 1951 (47) 734; 1952 (47) 2042.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="49008E18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="0E6960AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="26FB962C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="1B5F4339" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 44-9-160. Construction of certain references in Code.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="08984F9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Wherever in the 1976 Code reference is made to the State Hospital, it shall mean a state hospital; wherever reference is made requiring the signature of the superintendent of any mental health facility, it shall mean the superintendent or his designee; and wherever reference is made to the Office Director of the Office of Mental Health, it shall mean the Office Director of the Office of Mental Health, a component office of the Department of Behavioral Health and Developmental Disabilities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="09FBFE79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="187EF63B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 32-920.4; 1964 (53) 2078; 1993 Act No. 181, § 1075.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="5AE78CC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001131F3" w:rsidRDefault="001131F3" w14:paraId="6F34306C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, certain references in the S.C. Code to the State Department of Mental Health, South Carolina Mental Health Commission, Department of Disabilities and Special Needs, Department of Disabilities and Special Needs Commission, Department of Alcohol and Other Drug Abuse Services, and other related terms were changed to reflect the restructuring of these agencies into component offices under the Department of Behavioral Health and Developmental Disabilities, pursuant to 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>025 Act No. 3, § 18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1791,51 +2662,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2272,66 +3143,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>