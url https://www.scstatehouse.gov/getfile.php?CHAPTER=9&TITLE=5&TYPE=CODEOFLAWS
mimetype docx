--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -1,890 +1,829 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R73a3617f8bd04c98" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de2a825bfe354d4d918febfe5fcef00f.psmdcp" Id="Rfaa12fef19f84a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb3be56a72298407d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57c92e0d0dce4f86a4ba4871ac86932b.psmdcp" Id="Rbae79f518d53437a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00764E12" w:rsidRDefault="00764E12" w14:paraId="68F54C8F" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="4BED3449" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="0048FD34" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Mayor-Council Form of Government</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="40604181" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="70E71551" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 5-9-10. Applicability of Chapter 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="57301F27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Except as specifically provided for in this chapter, the structure, organization, powers, duties, functions and responsibilities of municipal government under the mayor-council form shall be as prescribed in Chapter 7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FBD2688" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="559E94A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 47-60; 1975 (59) 692.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24C89425" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="289C0370" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 5-9-20. Structure of mayor-council form of government; election of council members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="775A164C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) Under the mayor-council form of government there shall be a municipal council composed of a mayor and not less than four council members.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="5FCFAC73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) The members of council shall be elected in accordance with Chapter 15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EA20714" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="2140EF92" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 47-61; 1975 (59) 692; 1976 Act No. 623, § 8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="448007BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="49830F5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 5-9-30. Responsibilities and powers of mayor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...32 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="1EEC1F5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>The mayor shall be the chief administrative officer of the municipality. He shall be responsible to the council for the administration of all city affairs placed in his charge by or under Chapters 1 through 17. He shall have the following powers and duties:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="48B450EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) to appoint and, when he deems it necessary for the good of the municipality, suspend or remove all municipal employees and appointive administrative officers provided for by or under Chapters 1 through 17, except as otherwise provided by law, or personnel rules adopted pursuant to Chapters 1 through 17. He may authorize any administrative officer who is subject to his direction and supervision to exercise these powers with respect to subordinates in that officer's department, office or agency;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="7C39FFD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
         <w:t>(2) to direct and supervise the administration of all departments, offices and agencies of the municipality except as otherwise provided by Chapters 1 through 17;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="0055F055" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) to preside at meetings of the council and vote as other councilmen;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="7FAC5995" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) to act to insure that all laws, provisions of Chapters 1 through 17 and ordinances of the council, subject to enforcement by him or by officers subject to his direction and supervision, are faithfully executed;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="7EB0D7F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) to prepare and submit the annual budget and capital program to the council;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="0168BC1B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) to submit to the council and make available to the public a complete report on the finances and administrative activities of the municipality as of the end of each fiscal year; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="2319C3E3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) to make such other reports as the council may require concerning the operations of municipal departments, offices and agencies subject to his direction and supervision.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F4E802D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="1316E5B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 47-62; 1975 (59) 692.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="75EDE13B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="16D3078C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 5-9-40. Establishment of municipal departments, offices and agencies by council; employment of administrator to assist mayor; offices and agencies under direction of mayor administered by officer appointed by mayor; annual budget.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="2CC293D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council may establish municipal departments, offices, and agencies in addition to those created by Chapters 1 through 17 and may prescribe the functions of all departments, offices and agencies, except that no function assigned by law to a particular department, office or agency may be discontinued or assigned to any other agency. The mayor and council may employ an administrator to assist the mayor in his office.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="4D70EC39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>All departments, offices and agencies under the direction and supervision of the mayor shall be administered by an officer appointed by and subject to the direction and supervision of the mayor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="126C8E25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The council shall adopt an annual budget for the operation of the municipality and capital improvements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="357F1147" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00352BD6" w:rsidRDefault="00352BD6" w14:paraId="187A408A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 47-63; 1975 (59) 692; 1976 Act No. 623, § 4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -895,51 +834,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1376,66 +1315,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>