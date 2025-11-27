--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -1,20286 +1,22546 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R927c3da67b864f16" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8768b28fec4f4fb8a2127f558a10fb35.psmdcp" Id="Rf703bc62100548f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc25e5098fe1b46f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5f5c2db3e3f4b0fbbf14b60ad224182.psmdcp" Id="R6a83cee6e4a14943" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00112112" w:rsidRDefault="00112112" w14:paraId="27554E10" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="351CB775" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHAPTER 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="67E422A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hunting and Fishing Licenses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3736CB13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3CF5A41B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2DC13173" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>General Provisions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="08700C06" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="19DE9C36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-10. Unlicensed activities; violations; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0A4F73E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>It is unlawful to hunt, fish, or take fish or wildlife without obtaining a license and applicable permits, tags, or stamps which allow these activities. A person convicted of violating this section is guilty of a misdemeanor and, upon conviction, must be fined not less than fifty nor more than five hundred dollars or imprisoned not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="305858CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="35157BA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-16; 1969 (56) 444; 1970 (56) 2085; 1972 (57) 2431; 1981 Act No. 94, § 1; 1986 Act No. 502, Part I, § 14; 1993 Act No. 181, § 1261; 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CB03D86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42329C78" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-15. Definitions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0DC2A87B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the purposes of this title:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="226FB0CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(1) "License sales vendor" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means a business, not for profit entity, or unit of state or local government that has entered into an agreement with the department to offer for sale hunting and fishing licenses.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="119C1A13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "License year" means the period beginning July first and ending June thirtieth.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7E6A1BC2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3CFB5E1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2013 Act No. 94, § 1, eff July 1, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="19725B7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5104DA6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-20. Duration of hunting and fishing licenses, permits, and tags for recreational purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="65E6FA51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The duration for hunting and fishing licenses, permits, and tags for recreational purposes is as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5E043ABA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a temporary license, permit, or tag expires after the specified number of consecutive days inclusive of the start date and expiration date;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="68BF6684" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) an annual license, permit, or tag expires on the last day of the license year for which the license was issued; provided, the department may issue an annual license, permit, or tag that expires the day before the anniversary of the date of its issuance;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="38D46167" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a three year license or permit expires on the last day of the third license year of issue; provided, the department may issue a three year license or permit that expires the day before the third anniversary of the date of its issuance;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0778BC54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a three year disability license expires the day before the third anniversary of the date of its issuance; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5C505262" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) the Catawba Indian license expires October 27, 2092.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="55B860AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For commercial purposes, an annual license, permit, or tag expires on the last day of the license year for which the license, permit, or tag was issued.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="63512BA7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) This section does not alter the start date or expiration date of a permit which by law has other terms.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0E594C29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="078AB1B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-17; 1970 (56) 1955; 1993 Act No. 181, § 1261; 1996 Act No. 372, § 2; 2009 Act No. 15, § 7, eff July 1, 2009; 2010 Act No. 233, § 1, eff July 1, 2010; 2013 Act No. 94, § 2, eff July 1, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="361315F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="307B04B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2009 amendment in the first sentence deleted "resident and nonresident hunting and fishing" preceding "licenses" and added "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, permits, stamps, and tags issued by the department", and in the second sentence deleted"Resident and nonresident" preceding "Temporary", added and permits", and substituted "of issue" for "as indicated on the license".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1E10DDFB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2010 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5EC352C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment rewrote subsections (A) and (B).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="497CB88C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="37E5AE9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-30. Residency requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="48CD3134" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For the purposes of obtaining:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6730E837" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a recreational license, permit, or tag with a duration of three years or less, "resident", unless otherwise specified, means a United States citizen or a citizen of a foreign country lawfully in the United States who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2416A962" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) has been domiciled in this State for thirty consecutive days or more immediately preceding the date of application;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="34F98CE9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) is a regularly enrolled full-time student in a high school, technical school, college, or university within this State; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1E5E81E6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) is an active member of the United States Armed Forces, or the member's dependent, stationed in this State for thirty consecutive days or more immediately preceding the date of application;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="38DA361E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a lifetime recreational license, "resident" means a United States citizen who has been domiciled in this State for one hundred eighty consecutive days or more immediately preceding the date of application;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0E8B1D01" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a disability recreational license, "resident" means a United States citizen who has been domiciled in this State for three hundred sixty-five consecutive days or more immediately preceding the date of application;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="56B1A4AD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4)(a) a commercial license, permit, or tag, "resident" means a United States citizen who has been domiciled in this State for three hundred sixty-five consecutive days or more immediately preceding the date of application; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="79331590" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a commercial license or permit issued for a business, "resident" means a business that has been incorporated and operating in this State for three hundred sixty-five days or more immediately preceding the date of application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="406E3D05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(B) An applicant for a resident license must furnish proof of residency as may be required by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1305D390" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) "Nonresident" means an individual or business that is not a resident under subitem (A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6BF50FC7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1868F1B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-18; 1976 Act No. 742, § 1; 1989 Act No. 101, § 5; 1991 Act No. 57, § 1; 1993 Act No. 181, § 1261; 1996 Act No. 372, § 2; 2010 Act No. 183, § 2, eff May 28, 2010; 2010 Act No. 200, § 6, eff May 28, 2010; 2010 Act No. 233, § 2, eff July 1, 2010; 2013 Act No. 94, § 3, eff July 1, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="626EA93E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1EF97FAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The three 2010 amendments were read together. They rewrote the section making identical changes except for nonsubstantive differences.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A22B5F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42E639BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment rewrote subsections (A) and (C).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EB80E8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="485C8D93" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-35. Persons licensed by another state; transfer of residency.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1B2BF6F6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person licensed by another state as a resident for any purpose is not eligible to apply for, obtain, or hold any South Carolina resident license, permit, stamp, or tag required by this title. It is unlawful to obtain, attempt to obtain, or possess a license, permit, stamp, or tag required by this title while licensed as a resident of another state for any purpose.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="668D1D2D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any person who lawfully acquires a resident South Carolina license, permit, stamp, or tag and who during the term of that instrument transfers their domicile outside of this State, may continue the privileges until expiration of that license, permit, stamp, or tag.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E0D6CD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7BDD976A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 3, eff July 1, 2010; 2013 Act No. 94, § 17, eff July 1, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5ECF3E65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6CAB8430" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="136A03F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="20547473" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-40. License procedures and fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3D7BB787" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The department shall prescribe the form of the license and method by which licenses, permits, and tags must be distributed and sold.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5C1776A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(B) The department shall establish procedures and agreeme</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nts for allowing license sales vendors to sell and distribute certain department licenses and permits.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="34587FEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) License and permit fees collected by a license sales vendor, except for any sales vendor's retained fee, must be remitted to the department in the time and manner prescribed by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3C951B47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The department may offer to fulfill any privilege for applicants on a card made of durable materials such as plastic or a similar product. The fee is six dollars of which the issuing vendor may retain one dollar.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44848C51" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="07650E1D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2; 2009 Act No. 15, § 8, eff July 1, 2009; 2010 Act No. 233, § 4, eff July 1, 2010; 2021 Act No. 12 (H.3549), § 1, eff July 1, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7324C569" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="74F91A10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2009 amendment substituted ", unless otherwise specified, apply to recreational freshwater fishing" for "apply to freshwaters of the State only".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="035714C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2010 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="77A9B27B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 12, § 1, added (D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A06D124" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="113C1895" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-45. Licenses for South Carolinians in the Armed Services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1694A980" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>An active duty member of the Armed Forces of the United States whose home of record is South Carolina and who is stationed outside of the State, shall, upon presentation of his leave and earnings statement, be allowed to fish and hunt without purchasing a fishing or hunting license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="78F5C90E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="355BD104" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 5, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="02AAD286" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="45DCDDFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prior laws: 2008 Act No. 263, § 1; 2008 Act No. 353, § 8A.1; 1976 Code § 50-9-515.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="28FF9273" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="432320DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-50. Possession on person of license, permit, tag, or stamp; violations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42302AB5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(A) Licenses, permits, tags, and stamps issued pursuant to this title must be carried on the person while exercising the privileges of the license, permit, tag, or stamp, and the person shall produce the license, permit, tag, or stamp to a law enforcement officer upon demand.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="39ACCA8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person exercising the privileges of a license, permit, or stamp may provide proof of the license, permit, or stamp to a law enforcement officer upon demand by use of a mobile electronic device in a format prescribed by the department. A person carrying a mobile electronic device with access to electronic proof of a license, permit, or stamp is deemed to be carrying the license, permit, or stamp on his person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="30F35711" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person who has been issued a license, permit, tag, or stamp but who fails to keep it in possession or provide electronic proof of the license, permit, or stamp while exercising the privileges granted under it is guilty of a misdemeanor and, upon conviction, must be fined not less than fifty nor more than five hundred dollars or imprisoned not more than thirty days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5F039CD4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="12CB72C8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2; 2021 Act No. 12 (H.3549), § 2, eff July 1, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="279B2C04" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5CE641B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 12, § 2, rewrote the section, allowing for a person hunting or fishing to display their license, permit, or stamp electronically.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="39079B13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="14B0AD73" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-60. Borrowing or lending of license, permit, tag, or stamp; violations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="46A83179" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful for a person to borrow or lend a license, permit, tag, or stamp issued pursuant to this title. A person violating this section is guilty of a misdemeanor and, upon conviction, must be fined not less than two hundred nor more than five hundred dollars or imprisoned not more than thirty days. A person convicted pursuant to this section forfeits his hunting and fishing privileges for one year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1213954A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4233C475" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0074746A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="47F7FE8E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-70. Alteration or fraudulent issuance or obtainment of license, permit, tag, or stamp; violations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="109CC5B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>It is unlawful to alter a license, permit, tag, or stamp issued pursuant to this title or issue, obtain, or attempt to obtain a license, permit, tag, or stamp by fraud. A person violating this section is guilty of a misdemeanor and, upon conviction, must be fined not less than two hundred nor more than five hundred dollars or imprisoned not more than thirty days. A person convicted pursuant to this section forfeits his hunting and fishing privileges for one year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="471DA7AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="56CA1A87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 94, § 1; 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6FCB3E1C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="43725193" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-75. Surrender of combination licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2B1CBB5E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) It is unlawful to purchase, acquire, or possess or attempt to purchase, acquire, or possess a license, permit, stamp, or tag while privileges allowed by the license, permit, stamp, or tag are suspended.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1294329D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A combination license holder who has a portion of his privileges suspended must surrender the combination license. To engage in those activities from which he has not been suspended he must obtain a separate license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2E698B4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(C) A person who violates this section is guilty of a misdemeanor and, upon conviction, must be fined not less than two hundred dollars and not more than five hundred dollars or imprisoned for not more than thirty days. A person convicted pursuant to this section forfeits all hunting and fishing privileges for an additional two years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5884CD45" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5CA8E39D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2003 Act No. 10, § 1; 2010 Act No. 233, § 6, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="765AAB2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="12BB96D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2010 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="204D7E6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6D6D8DD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-80. Replacement licenses, permits, or tags.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5AFCEBFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A license, permit, or tag issued pursuant to this title may be replaced only upon affidavit from the licensee that the original was lost or destroyed and upon payment of the fee:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A75CEAF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) for a duplicate license or permit the fee is three dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0F8D50C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) for a duplicate disability or lifetime license issued by the department, there is no fee;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2F066D39" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) for a replacement nongame fish tag, the fee is one dollar per tag for residents and five dollars per tag for nonresidents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="61016D0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) for a duplicate individual antlerless deer tag, the fee is one dollar per tag.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="671D3680" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3D016107" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1993 Act No. 94, § 1; 1996 Act No. 372, § 2; 2010 Act No. 200, § 7, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="14CD91E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D664CB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2010 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E9C681E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="400C4994" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="75886668" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hunter Education Program</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="07F85AC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6F100A1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-310. Program contents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3E31AEC3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>The department shall establish programs in instruction on the safe use of firearms and archery tackle for hunting and hunter responsibility. The programs must include, but are not limited to, the selection, training, and certification of instructors, appropriate course materials and content, and criteria for successful course completion. The department shall authorize the issuance of a certificate of completion to persons successfully completing the course.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0CCD833F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A07DF2E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="634C01A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1B53BB64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-320. Certificate of completion required for license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1807041F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>No resident or nonresident born after June 30, 1979, may obtain a hunting license in this State unless he first exhibits the certificate of completion he receives pursuant to Section 50-9-310 to the authorized hunting license agent from whom he desires to buy a license. A certificate of successful completion of a hunter's education program issued by other states or territories of the United States, Canadian provinces, or other nations is valid for purposes of this article if the department approves the cou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rse as comparable to the program required by this article. A license issued in violation of this section is invalid.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2D2B9822" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="76521152" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="79C5E3A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="63D5B437" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-330. Lifetime hunting and fishing combination licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="472EC21F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Lifetime hunting and lifetime combination licenses may be issued to persons required to be certified who have not completed the hunter education program pursuant to Section 50-9-310. However, a license issued under this section does not authorize the person to hunt until the program is completed. The requirements of this section do not apply to persons who purchased a lifetime hunting or lifetime combination license before its effective date.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="447E98E4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5A66A425" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="20D33FA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4E7B395C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-340. Shooting preserves.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="53454AA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>A certificate of completion is not required for a hunting license to be used solely for hunting game on a specific shooting preserve of over ten thousand contiguous acres and including onsite hunting instruction and supervision provided for in Article 7, Chapter 11 of Title 50. A license issued under this section must be marked clearly by the authorized hunting license agent from whom it is bought as being valid only on that specific preserve.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="64CA237A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0413AD54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E63E6EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="64FA3B0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-350. Apprentice hunting license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0ECC988C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>To encourage the recruitment of persons as responsible hunters:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6447CD1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(1) The certificate of completion requirement may be waived if a person obtains an apprentice hunting license. An apprentice hunting license may be issued if the applicant:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="127FFC90" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) is at least sixteen years of age and otherwise required to obtain a certificate of completion to obtain a hunting license;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4E04C27A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) has not been convicted of or received deferred adjudication for violation of the hunter education requirement in this State; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="59C69A17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) has not been convicted of a hunting violation.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="03504524" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) While afield, the apprentice hunter must be accompanied by a licensed hunter who:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0F6D4E76" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(a) has attained the age of twenty-one years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="711B6DFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) is not licensed as an apprentice hunter; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="38BB3315" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) stays within a distance that enables uninterrupted, unaided, visual, and oral communication with the apprentice hunter and provides adequate direction to the apprentice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5ED739AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) If the holder of an apprentice hunting license obtains a certificate of completion prior to the expiration date of his apprentice hunting license, his apprentice hunting license will be used as his statewide hunting license; provided, the licensee must have the certificate of completion in his possession while hunting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="51E2A912" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) In addition to obtaining the apprentice hunting license, an apprentice license holder must obtain any other license, permit, receipt, stamp, and tag required to participate in a specific hunting activity.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="023C9461" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="31294A3D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 7, eff July 1, 2010; 2012 Act No. 257, § 11, eff June 18, 2012; 2013 Act No. 94, § 4, eff July 1, 2013; 2020 Act No. 155 (H.3800), § 1, eff November 27, 2020.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="790CC513" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6B173827" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2012 amendment rewrote item (4).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="66AE6D86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="057FE923" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020 Act No. 155, § 1, in (1), in the first sentence, deleted "for one license year" following "may be waived" and ", and a person may receive such a waiver only one time" following "apprentice hunting license".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2CEF575E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6E5A116A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4878EF36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Commercial Licenses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="46020862" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4B76B6C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-410. Freshwater commercial fishing license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A574F5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For the privilege of taking nongame freshwater fish for a commercial purpose, a resident must purchase an annual freshwater commercial fishing license for fifty dollars, one dollar of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="422EA093" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For the privilege of taking nongame freshwater fish for a commercial purpose, a nonresident must purchase an annual freshwater commercial fishing license for one thousand dollars, twenty dollars of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0934C15A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A commercial freshwater license is required to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="32A17A57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) fish six or more crayfish traps;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7DFFF97A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) fish three or more eel pots;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="310BFD7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) fish an Elver fyke net;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0373036B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(4) fish four or more gill nets or a total of more than one hundred yards of net;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="26021C99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) fish two or more hoop nets;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="56FDDF62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) fish three or more traps;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="47A752C0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) fish two or more trotlines;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4472C667" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) acquire more than one trotline tag or fish a trotline with more than fifty hooks;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="36270A77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(9) take freshwater fish for commercial purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="651C0924" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4CB9390F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 200, § 8, eff May 28, 2010; 2012 Act No. 245, § 3, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A16EB5F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D985A47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2012 amendment substituted "two" for "four" in subsection (C)(7) and rewrote subsection (C)(8).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F9CE0FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="08F8704B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-420. Requirements for taking shad, herring, or eels for commercial purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="164ED63C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person taking shad, herring, or eels for commercial purposes:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="39DB9AAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) in the salt waters of this State, must obtain a commercial saltwater fishing license and a commercial saltwater equipment license and related permits;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4992E0E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) in the freshwaters of this State, must obtain a commercial freshwater license and a commercial saltwater equipment license and related permits. Section 50-9-430. The cost for a scientific collection permit is ten dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="653052EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="34B584CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 200, § 8, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2FBCAFA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0FBB41C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-430. Cost of scientific collection permit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6E4E9D1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The cost for a scientific collection permit is ten dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5A58A270" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A0A978D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 200, § 8, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4A9B0A9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="159DF594" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-450. Commercial fur license required; exceptions.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="49D142D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) In addition to a valid state hunting license, an annual commercial fur license is required of all persons who sell or take by any means, for commercial purposes, and all persons who trap or who attempt to trap any fur bearing animals. The license is issued by the department at a cost of twenty-five dollars for residents and two hundred dollars for nonresidents. Any person having in his possession more than five fur bearing animals or raw or green pelts shall have a valid commercial fur license. The pro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>visions of this section do not apply to a processor, manufacturer, or retailer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="461F8D0D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(B) A person under the age of sixteen may purchase a commercial fur license without having to purchase a state hunting license after completing the "Trappers Education Course".</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="02287CDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person under the age of sixteen is exempt from the licensing requirements of this section while in the presence of a commercial fur licensee, but may not sell any fur bearing animals or raw or green pelts unless licensed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4E158160" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62FB2EF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2012 Act No. 257, § 1, eff June 18, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1D93AFAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1DCD4DC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-460. Alligator propagation facility permits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="150370BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) An applicant for an alligator propagation facility permit must remit a nonrefundable fee of five hundred dollars with the application.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="07D38B12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Upon approval of an alligator propagation facility permit, the applicant must remit a fee of one hundred dollars to obtain the permit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5FFA385A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Before renewal of a valid alligator propagation facility permit, the permittee must remit a fee of one hundred dollars to renew the permit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7476E3A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1DF9B6E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 159 (S.714), § 3, eff April 14, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="36D5C8F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="44A441F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5D69DD0B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hunting and Fishing Licenses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42A66DE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="28CCABB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-510. Hunting and fishing licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="03EEE1CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For the privilege of hunting:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4D6F29AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) a resident must purchase:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5C37DF28" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) an annual statewide hunting license for twelve dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0EA36BEB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a three year statewide hunting license for thirty-six dollars, three dollars of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="23E44C9D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(c) a lifetime statewide hunting license for three hundred dollars at designated licensing locations; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2C200E2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) any other license which grants statewide hunting privileges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0465E2DB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a resident who meets the qualifications as an apprentice hunter must purchase an annual statewide apprentice hunting license for twelve dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2C907C6A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a nonresident must purchase:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7AAA6AA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a three day temporary statewide hunting license for forty dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4D79999D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a ten day temporary statewide hunting license for seventy-five dollars, two dollars of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62545B8C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) an annual statewide hunting license for one hundred twenty-five dollars, two dollars of which the issuing sales vendor may retain; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3D0431CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) any other license which grants statewide hunting privileges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="14D48F0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a nonresident who meets the qualifications as an apprentice hunter must purchase a three-day temporary statewide apprentice hunting license for fifty dollars, two dollars of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="75C04E24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For the privilege of hunting big game:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="24D98BD8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a resident must purchase in addition to the required hunting license:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3450FEE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) an annual big game permit for six dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0779BEE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(b) a three year big game permit for eighteen dollars, three dollars of which the issuing sales vendor may retain; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="79A2D5C7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) any other license which grants big game privileges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="76473ABA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a nonresident must purchase in addition to the required hunting license:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5A28F04B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(a) an annual big game permit for one hundred dollars, two dollars of which the issuing sales vendor may retain; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0B56DC50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) any other license which grants big game privileges.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="32E73DF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) For the privilege of hunting on wildlife management areas:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3D64A7D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a resident must purchase in addition to the required hunting license:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="035BE04F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) an annual wildlife management area permit for thirty dollars and fifty cents, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="02988DF4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a three year wildlife management area permit for ninety-one dollars and fifty cents, three dollars of which the issuing sales vendor may retain; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1548DDDF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) any other license which grants wildlife management area privileges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="00A30ABB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the department may issue residents temporary wildlife management area permits from the department's designated licensing locations for department specified hunting events for five dollars and fifty cents, fifty cents of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6CC0C01E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a nonresident must purchase in addition to the required hunting license:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0CAAE522" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a wildlife management area permit for seventy-six dollars, one dollar of which the issuing sales vendor may retain; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="14F037A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) any other license which grants wildlife management area privileges.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="65436B6C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(D) For the privilege of hunting migratory game birds, in addition to the required hunting license:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="12B084CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a resident must obtain an annual migratory game bird permit at no cost;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="46B471F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a nonresident must obtain an annual migratory game bird permit at no cost.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A8E1185" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Text of (E) effective until December 31, 2027. See, also, text of (E) effective January 1, 2028.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="787EC9EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) For the privilege of hunting migratory waterfowl, in addition to the required hunting license and permits and any required federal stamp or permit:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="56837474" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a resident must purchase a migratory waterfowl permit for fifteen dollars and fifty cents, fifty cents of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="212B7419" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a nonresident must purchase a migratory waterfowl permit for fifteen dollars and fifty cents, fifty cents of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="14D10E95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Text of (E) effective January 1, 2028. See, also, text of (E) effective until December 31, 2027.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="68C6C0AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) For the privilege of hunting migratory waterfowl, in addition to the required hunting license and permits and any required federal stamp or permit:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3B7AA662" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a resident must purchase a migratory waterfowl permit for five dollars and fifty cents, fifty cents of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1D5746B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a nonresident must purchase a migratory waterfowl permit for five dollars and fifty cents, fifty cents of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1CA1B199" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) For the privilege of hunting only the authorized released species on a licensed shooting preserve, in lieu of a hunting license, an individual may purchase an annual statewide shooting preserve license for eight dollars and fifty cents, one dollar of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76EA2DDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="342E4EF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 8, eff July 1, 2010; 2013 Act No. 94, § 5, eff July 1, 2013; 2020 Act No. 155 (H.3800), § 2, eff November 27, 2020; 2022 Act No. 147 (H.4177), § 3, eff July 1, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7A91C538" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sunset</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3BDED4AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 147, § 5, provides: "SECTION 5. The amendments contained in SECTIONS 3 and 4 of this act are repealed on December 31, 2027, and the text of these SECTIONS therefore shall revert back to the language as contained in the South Carolina Code of Laws as of January 1, 2020."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5B678E87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5078B62A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prior laws: 1919 (31) 269; 1920 (31) 1117; Cr. C. '22 § 741; 1924 (33) 942; 1927 (35) 277; 1929 (36) 282; 1932 Code §§ 1758, 1759, 1761; 1935 (39) 242; 1936 (39) 1317; 1937 (40) 198, 303, 586; 1938 (40) 1659, 1688, 1763, 1814; 1939 (41) 531; 1942 Code §§ 1767, 1778; 1947 (45) 190; 1952 (47) 2179; 1952 Code § 28-556; 1957 (50) 593; 1962 Code § 28-556; 1993 Act No. 181, § 1261; 1996 Act No. 372, § 2; 1999 Act No. 100, Part II, §§ 12 to 14, 48; 2000 Act No. 387, Part II, § 26; 2005 Act No. 83, § 1; 2008 Act No</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. 263, § 2; 2008 Act No. 268, § 2; 2008 Act No. 353, § 2, Pt 8A.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6C971C2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="14A7BAF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment rewrote subsections (A), (B), (C), and (E).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5C559789" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020 Act No. 155, § 2, in (A)(4), substituted "a three-day temporary" for "an annual" and "fifty dollars" for "one hundred twenty-five dollars".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="631ECF50" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 147, § 3, in (E), in (1) and (2), substituted "fifteen dollars" for "five dollars".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="49882701" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5F73975F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-515. Combination licenses; sportsman's licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="53AC20ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>For the combined statewide privilege of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62351A08" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(1) hunting, including the privilege of hunting big game and freshwater fishing, a resident may purchase:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="347C99ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) an annual combination license for twenty-five dollars, two dollars of which the issuing sales vendor may retain; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4AA94350" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a three year combination license for seventy-five dollars, six dollars of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="314568EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) hunting, including the privilege of hunting big game and hunting on wildlife management area lands and freshwater fishing:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62FCB038" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a resident may purchase:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7EE04086" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) an annual sportsman's license for fifty dollars, two dollars of which the issuing sales vendor may retain; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7B471AA8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) a three year sportsman's license for one hundred fifty dollars, six dollars of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="60FBE179" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a resident who is at least sixteen years of age but who has not reached eighteen years of age may purchase an annual junior sportsman license for sixteen dollars, one dollar of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="67828575" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4B74711A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 8, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3A47B2E8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3FD4A38B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-520. Lifetime statewide combination licenses; fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="64815133" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A resident may obtain a lifetime statewide combination license from the department at its designated licensing locations, which grants the same privileges as an annual combination license. The license fee is based on the age of the applicant. If at the time of application the individual is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7DC06A97" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) under two years of age, the fee is three hundred dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7CC1D8CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) at least two years of age, but less than sixteen years of age, the fee is four hundred dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="28DA9940" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) at least sixteen years of age but less than sixty-four years of age, the fee is five hundred dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="544FCA07" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) A resident who holds a lifetime combination license may obtain the privilege of statewide saltwater recreational fishing from the department at its designated licensing locations. The license fee is based on the age of the applicant. If at the time of application the individual is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="622BD981" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) under two years of age, the fee is one hundred twenty dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="25012A5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) at least two years of age but less than sixteen years of age, the fee is one hundred sixty dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D090A11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) at least sixteen years of age but less than sixty-four years of age, the fee is two hundred dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="27F3CF86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A resident who holds a lifetime combination license may obtain the privilege of hunting migratory waterfowl from the department at its designated licensing locations. The permit fee is based on the age of the applicant. If at the time of application the individual is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D783DB7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) under two years of age, the fee is sixty-six dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F5881AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) at least two years of age but less than sixteen years of age, the fee is eighty-eight dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5205D813" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) at least sixteen years of age but less than sixty-four years of age, the fee is one hundred ten dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="32DE5E4E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Privileges in subsections (B) and (C) also may be obtained simultaneously when application is made for licenses in subsection (A).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="618B1236" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7455D075" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 8, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42E92D0F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="062916FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prior laws: 1937 (40) 303, 586; 1938 (40) 1659, 1688; 1942 Code § 1767; 1952 (47) 2179; 1952 Code § 28-557; 1962 Code § 28-557; 1993 Act No. 181, § 1261; 1996 Act No. 372, § 2; 2008 Act No. 268, § 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="59DB38B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2012 Act No. 257, § 13, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1994E0F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"(A) Notwithstanding any other provision of law, a nonresident may obtain a lifetime combination license which grants the same privileges as a statewide combination license from the Department of Natural Resources at its Columbia office if:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A5CA8CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"(1) the applicant was born in this State and provides a notarized birth certificate from the South Carolina Department of Health and Environmental Control;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3EEFAF36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"(2) the applicant has held title in fee simple, either in whole or in part, to real property located within this State for at least five years immediately preceding the date of application, and the applicant provides a notarized record of ownership from the appropriate county official in the county where the real property is located;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2C696F86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"(3) the applicant, if born after June 30, 1979, and having attained the age of sixteen or older, complies with all hunter education requirements of this State and provides a certificate of completion for the course; and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7A0FAA1A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"(4) the applicant has not been charged for natural resource violations which could result in the suspension of hunting or fishing privileges.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="14A3FAC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"(B) This license is available for purchase from July 1, 2012, through September 30, 2012. The fee is seven hundred dollars."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3772FF99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1B1F4F12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-525. Licenses for disabled residents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D7AD392" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(A) A resident who is determined to be disabled and receiving benefits under a Social Security program, the Civil Service Retirement System, the South Carolina State Retirement System, the Railroad Retirement Board, the Veterans Administration, or Medicaid, or their successor agencies or programs, may obtain a three year disability combination license or a three year disability fishing license at no cost. The license must be issued by the department from its designated offices and is valid for three years </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>from the date of issue. Disability recertification is required for renewal. To recertify, an applicant must furnish proof, in the manner prescribed by the department, that he or she is currently receiving disability benefits and is a domiciled resident of this State. The department may waive the proof of disability benefit requirement for renewals where the resident is at least sixty-five years of age.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6F28AF02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A resident on the date of application for a disability license, with quadriplegia or paraplegia, who is certified as totally disabled, must be issued a lifetime disability combination license or a lifetime disability fishing license at no cost. Disability recertification or renewal of this license is not required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="29512C9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A resident on the date of application for a disability license who is certified legally blind as defined in Section 43-25-20 must be issued a lifetime disability combination license or a lifetime disability fishing license at no cost. Disability recertification or renewal of this license is not required.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0FBBA149" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(D) A resident born after June 30, 1979, who has not completed the required hunter education certification only may obtain a disability fishing license at no cost. Upon completion of the hunter education certification, the licensee may apply to the department for the additional disability hunting privileges at no cost.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7ACC4B16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(E) A disability license issued to a person who is no longer domiciled in this State is void and the person must obtain the required nonresident licenses, permits, stamps, and tags to hunt and fish in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="05340F42" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F)(1) A disability combination license includes the statewide privileges of hunting big game, hunting migratory waterfowl, hunting on wildlife management area lands, freshwater fishing, and saltwater fishing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="37F7799C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A disability fishing license includes the privileges of freshwater fishing and saltwater fishing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B74277E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="786078D1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 8, eff July 1, 2010; 2013 Act No. 94, § 6, eff July 1, 2013; 2023 Act No. 15 (S.101), § 1, eff May 12, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6E8BC57C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2EB73CF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment, in subsection (A), substituted "disabled and receiving benefits" for "totally disabled" in the first sentence, and added the last sentence relating to waiver.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="12502BBD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023 Act No. 15, § 1, inserted (C), and redesignated former (C) to (E) as (D) to (F), respectively.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="71096759" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="047EC02F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-530. Gratis, senior, and Catawba licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5FE1C754" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A resident born before July 1, 1940, may obtain from the department at its designated licensing locations a gratis lifetime hunting and fishing license at no cost.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="54B772BE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A resident born after June 30, 1940, who has attained the age of sixty-four years may obtain from the department at its designated licensing locations a senior lifetime hunting and fishing license for nine dollars, one dollar of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="79DABCA0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A resident born after June 30, 1979, who has attained the age of sixty-four years and who has not completed the required hunter education certification, may obtain a senior lifetime fishing license for nine dollars, one dollar of which the issuing sales vendor may retain. Upon completion of the hunter education certification the licensee may apply to the department for the additional senior lifetime hunting privileges at no cost.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0060CCA1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) A member of the Catawba Indian Tribe, who is a resident of this State, upon application to the department at its designated licensing locations may obtain a Catawba hunting and fishing license at no cost. A certification must be included with the application from the Chief of the Catawba Indian Tribe stating the applicant is a bona fide member of the tribe.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7AE3B87A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) A member of the Catawba Indian Tribe, who is a resident of this State born after June 30, 1979, and who has not completed the required hunter education certification, may obtain a Catawba fishing license at no cost. Upon completion of the hunter education certification the licensee may apply to the department for the additional Catawba hunting privileges at no cost.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3C33CBEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Gratis, senior, and Catawba licenses hunting privileges include statewide hunting, hunting big game, hunting on wildlife management area lands, and hunting migratory waterfowl. The fishing privileges of these licenses include freshwater fishing, freshwater fishing using a set hook, and saltwater fishing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="784993CB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(G) There is no cost to a Catawba hunting and fishing licensee for any other tags required by law for recreational hunting and fishing except for those department hunting and fishing activities controlled by lottery.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="683C03AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2444A7AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 8, eff July 1, 2010; 2013 Act No. 94, § 7, eff July 1, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6AB90530" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6C4945F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Former § 50-9-530 was entitled "Migratory waterfowl permits; commemorative stamps" and was derived from 1962 Code § 28-553.1; 1969 (56) 444; 1993 Act No. 181, § 1261; 1996 Act No. 372, § 2; 2008 Act No. 214, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3487CEA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0584286A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment added subsection (G).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2E628EDC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4C1FFEDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-535. Conversion of lifetime licenses to senior lifetime license.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="55B324AB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>A resident who holds a lifetime hunting, lifetime combination, lifetime freshwater fishing, or lifetime saltwater recreational fishing license, upon attaining the age of sixty-four, may convert that license to a senior lifetime license for a fee of nine dollars, one dollar of which the issuing sales vendor may retain.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7A041C5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="731B5015" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 8, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="26F92CCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2F390BAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Former § 50-9-535 was entitled "Migratory game bird permits; fees; integration with other hunting licenses; when not required" and was derived from 1998 Act No. 305, § 1; 2008 Act No. 214, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6704333D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="66EAD3C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-540. Recreational statewide saltwater fishing licenses; recreational statewide freshwater fishing licenses; annual saltwater public fishing pier licenses; annual charter vessel licenses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5D959C6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For the privilege of recreational statewide fishing in saltwater:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="728FA940" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a resident must purchase:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0587047C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a fourteen-day temporary saltwater fishing license for ten dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2926B7E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(b) an annual saltwater fishing license for fifteen dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="03407A11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a three-year saltwater fishing license for forty-five dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1C75460F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) a lifetime statewide saltwater fishing license for three hundred dollars at designated licensing locations; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="33F841A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) any other license which grants saltwater fishing privileges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42496CA6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a nonresident must purchase:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3B6D953D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a one-day temporary saltwater fishing license for ten dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2F71F759" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) a seven-day temporary saltwater fishing license for thirty-five dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="24F6E11A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) an annual saltwater fishing license for seventy-five dollars, one dollar of which the issuing sales vendor may retain; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="20B2056B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(d) any other license which grants saltwater fishing privileges.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4FB187F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For the privilege of recreational statewide fishing in freshwater:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3FC68216" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a resident must purchase:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="70175878" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a fourteen day temporary freshwater fishing license for five dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62F3C098" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) an annual freshwater fishing license for ten dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="759118A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a three year freshwater fishing license for thirty dollars, three dollars of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1CADC85D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(d) a lifetime statewide freshwater fishing license for three hundred dollars at designated licensing locations; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="59EE17AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) any other license which grants freshwater fishing privileges;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4D8BEB9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a nonresident must purchase:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5C21A475" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) a fourteen day temporary freshwater fishing license for eleven dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="45D30440" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) an annual freshwater fishing license for thirty-five dollars, one dollar of which the issuing sales vendor may retain;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4CD5790E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) a three year freshwater fishing license for one hundred five dollars, three dollars of which the issuing sales vendor may retain; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4A3CC36C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) any other license which grants freshwater fishing privileges.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0CBB8F5A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) For the privilege of operating a public fishing pier in the salt waters of this State, the owner or operator must purchase an annual saltwater public fishing pier license. For a pier with a total length:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="26D9E180" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) of one hundred feet or less, the fee is one hundred fifty dollars;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5E9E2B03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) greater than one hundred feet, the fee is three hundred fifty dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6BCE44A6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(D) For the privilege of operating a charter fishing vessel in the salt waters of this State, the owner or operator must purchase an annual charter vessel license for each vessel. For a vessel:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="721AC3F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) to carry six or fewer passengers, the fee is two hundred seventy-five dollars for residents and five hundred fifty dollars for nonresidents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="60C27525" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) to carry seven but no more than forty-nine passengers, the fee is four hundred fifty dollars for residents and nine hundred dollars for nonresidents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="58381DB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) to carry fifty or more passengers, the fee is six hundred fifty dollars for residents and one thousand three hundred dollars for nonresidents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="19FE9E3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) For the privilege of fishing more than two and up to five crab traps recreationally, a recreational saltwater license holder must purchase an annual enhanced recreational crab trap endorsement at a cost of five dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="16AC06F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="776A1589" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 8, eff July 1, 2010; 2013 Act No. 94, § 8, eff July 1, 2013; 2021 Act No. 91 (H.3957), § 3, eff July 1, 2021; 2024 Act No. 212 (H.4386), § 9, eff July 1, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="04D16EB2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2D38A36F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prior laws: 1962 Code § 28-553.2; 1969 (56) 444; 1981 Act No. 94, § 11; 1993 Act No. 181, § 1261; 1996 Act No. 373. § 2; 2008 Act No. 268, § 4; 2009 Act No. 15, § 9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5F0961CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 91, § 6, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3629B397" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 6. The Department of Natural Resources shall furnish a written report to the General Assembly on South Carolina's stock of flounder by December 31, 2023. The report must provide future projections."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="65232A89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024 Act No. 212, § 12, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6FB550D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 12. Upon approval of this act by the Governor, a moratorium on the issuance of new commercial equipment licenses to use traps for the taking of blue crab takes effect, at which time the department must not issue any new commercial equipment licenses to use traps for the taking of blue crab. This moratorium expires on June 15, 2025. Commercial equipment licenses to use traps for the taking of blue crab in effect for the 2023-2024 license year are extended and do not expire until June 30, 2025."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="234EE7DD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="002824F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2008 amendment added "recreational freshwater fishing" in subsections (A) to (E); in subsection (C), substituted "designated licensing locations" for "Columbia office"; and added subsection (F) relating to recreational saltwater fishing.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1E4738A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2009 amendment, in subsection (F), substituted "recreational saltwater fishing license" for "saltwater recreational fisheries license" and made nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="693DA5DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment, inserted subsections (A)(1)(e), (A)(2)(d), (B)(1)(e), and (B)(2)(d), relating to other license which grants freshwater fishing privileges; in subsection (B)(2)(a) substituted "fourteen day" for "seven day"; deleted former subsection (C), relating to a lakes and reservoirs permit, and redesignated the subsections accordingly; and made other nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5A75F070" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 91, § 3, rewrote (A) and (D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="246A3ED7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024 Act No. 212, § 9, added (E).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F356DC9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3499D299" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-545. Type of license required for taking shad, herring, or eels.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3CCFC460" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person taking shad, herring, or eels for recreation:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A9FC2FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(1) in the saltwaters of this State must have a recreational saltwater fishing license; if using a gill net or eel pot, must have an annual recreational saltwater license and a saltwater commercial equipment license and related permits;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="280AC3CC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) in the freshwaters of this State must have a recreational freshwater fishing license; if using a gill net or eel pot, must have an annual recreational freshwater fishing license and a saltwater commercial equipment license and related permits.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47797107" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="752189A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 200, § 9, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62030BCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>§§ 50-9-550, 50-9-560. Omitted by 2010 Act No. 233, § 8, eff July, 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="310A1166" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1FBC10C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Former § 50-9-550 was entitled "Reservoirs, lakes, and streams freshwater permit; fee" and was derived from 1962 Code § 28-558; 1952 Code § 28-558; 1942 Code § 1767; 1937 (40) 303, 586; 1938 (40) 1659, 1688; 1952 (47) 2179; 1981 Act No. 94, § 12; 1986 Act No. 502, Part II, § 9; 1993 Act No. 181, § 1261; 1996 Act No. 372, § 2; 2000 Act No. 370, § 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="03BDEB24" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Former § 50-9-560 was entitled "Recreational saltwater fishing licenses; fees" and was derived from 2009 Act No. 15, § 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="510B08E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4BAB8872" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-570. Unlawful to hunt migratory game birds without permit; exception.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3769EB89" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) It is unlawful to hunt, take, or possess migratory game birds without first obtaining a migratory game bird permit. Migratory game birds include mourning dove, Wilson snipe, woodcock, the Anatidae (commonly known as goose, brant, and duck), and the Rallidae (commonly known as marsh hen, coot, gallinule, and rail).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2C773C21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Residents who have attained the age of sixty-four and hold a lifetime statewide hunting license, lifetime statewide combination license, gratis lifetime hunting and fishing license, senior lifetime hunting and fishing license, or Catawba hunting and fishing license are not required to obtain a migratory game bird permit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="72EBA3EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6F18A067" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 8, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1DDB09A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="10068EA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0A28D3F1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Permits and Tags</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6A6D7BC0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="551BF7D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-610. Additional requirements for attempting to take nongame freshwater fish.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6655B8EA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(A) In addition to the licenses required for freshwater fishing, each licensee attempting to take nongame freshwater fish must obtain:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3C8D98A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) a tag for each eel pot, at five dollars a tag for residents and fifty dollars a tag for nonresidents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="256B0A82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) a tag for each fyke net, at ten dollars for residents and fifty dollars for nonresidents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="16991C65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) a tag for each gill net, at five dollars a tag for residents and fifty dollars a tag for nonresidents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3349DB5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) a tag for each hoop net, at ten dollars a tag for residents and fifty dollars a tag for nonresidents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1DD3DDFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) a tag for each trap, at five dollars a tag for residents and fifty dollars a tag for nonresidents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="40C33719" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) a tag for each trotline, not to exceed fifty hooks each, at two dollars fifty cents a tag for residents and fifty dollars a tag for nonresidents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1272CD3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) a permit for using up to fifty jugs, at five dollars a permit for residents and fifty dollars for nonresidents;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="12B2979D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(8) a permit for using up to fifty set hooks, at five dollars a permit for residents and fifty dollars for nonresidents.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4AD906EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) Permits for jugs and set hooks are not required for residents assisting permit holders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5F94BFC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The licensee must affix the tag or identification information to the respective device.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AB2B6C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D9BBE99" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 200, § 10, eff May 28, 2010; 2013 Act No. 94, § 9, eff July 1, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4B6DC0F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="199ED138" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment, in subsection (A), substituted "for freshwater fishing, each licensee attempting to take nongame freshwater fish must obtain" for "to take freshwater fish each licensee taking nongame freshwater fish, when using these devices must have"; and rewrote subsection (C).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C81C780" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1AEFF772" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-630. Federal Migratory Hunting and Conservation Stamp required; endorsement; fee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5B921160" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For the purposes of this section:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="058A7796" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) "Service" means the United States Fish and Wildlife Service and its' successors.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="393FBAF7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) "Stamp" means a Federal Migratory Hunting and Conservation Stamp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3BD6455B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) For the privilege of hunting migratory waterfowl in this State, a hunter also shall obtain a Federal Migratory Hunting and Conservation Stamp in addition to the required state hunting license and permits. The stamp must be endorsed as required by the United States Fish and Wildlife Service.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="665154ED" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The department may enter into an agreement or memorandum of understanding with the service to offer the stamp through the licensing system of the department. At the time of purchase, the department must endorse a purchaser's license with the name of the stamp and the period for which the endorsement is valid; provided, however, that this period of validity may not exceed forty-five days unless authorized by the agreement or memorandum of understanding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="79968FE5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D)(1) The fee for a stamp purchased from the department may not exceed the stamp cost set by the service, plus the fulfillment cost set by the stamp fulfillment contractor, plus one dollar. Of these funds, the issuing sales vendor may retain one dollar. The department may remit stamp revenue and fulfillment costs as provided in the agreement or memorandum of understanding.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6287AEAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) When a stamp purchase is made and immediately fulfilled in a department office, the fulfillment fee portion may not be charged.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2BFCCAD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) The department only may offer the endorsement of the stamp on a state hunting license for the convenience of hunters and to encourage compliance with federal and state law. The provisions of this section may not be interpreted to diminish the original jurisdiction of the United States government over the stamp or the applicability of the stamp for hunting migratory waterfowl in this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F49E121" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5AE39D3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2015 Act No. 42 (H.3393), § 1, eff July 1, 2015.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E151035" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D1FC7DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-640. Wild turkey tag fees.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D74C716" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(A) For the privilege of hunting wild turkey, in addition to the required hunting license and big game permit, a person must possess a wild turkey tag issued in the person's name. The fee for a:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="764052D2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) resident is twenty-five dollars for two tags, one dollar of which may be retained by the license sales vendor; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="696F3561" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) nonresident is one hundred twenty-five dollars for two tags, one dollar of which may be retained by the license sales vendor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="057BCCBF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) There is no cost for wild turkey tags for persons under the age of sixteen, lifetime licensees, and gratis licensees upon request to the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="34670CC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="46618536" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2019 Act No. 51 (S.575), § 5, eff July 1, 2019; 2024 Act No. 224 (H.4820), § 5, eff July 2, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5CD273B8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6083F7BD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024 Act No. 224, § 5, in (A), in (1), substituted "twenty-five dollars for two tags" for "five dollars for three tags", and in (2), substituted "one hundred twenty-five dollars" for "one hundred dollars".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2C9246C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A0E16AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-650. Deer hunting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="01C22141" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)(1) For the privilege of hunting and taking deer on property with a Deer Quota Program permit, a person must obtain the required hunting license, any other required permits, and have access and authorization to utilize Deer Quota Program tags for the property on which the person is hunting.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="75C7C7BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) A landowner or lessee may apply to the Deer Quota Program for a permit at a cost of fifty dollars per land tract application. The applicant may request a quota for antlerless deer, antlered deer, or both antlered and antlerless deer. The department shall determine an appropriate number of Deer Quota Program tags for antlered and antlerless deer to be issued under each permit, and there is no cost for these tags.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3CBC5F79" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)(1) For the privilege of hunting and taking deer on property without a Deer Quota Program permit, a person must obtain the required hunting license, any other required permits, and a set of individual deer tags from the department issued in the person's name.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7CA5B140" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2)(a) With the purchase of a South Carolina hunting license and a big game permit, a resident shall be issued two individual antlerless deer tags and three unrestricted individual antlered deer tags. Persons under the age of sixteen, lifetime, and gratis licensees may receive these tags upon request to the department. Residents, including persons under the age of sixteen, lifetime, and gratis licensees also may purchase:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6066BAFA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) two antler restriction individual antlered deer tags valid for deer with a minimum of four points on one antler or a minimum twelve-inch inside antler spread for five dollars per tag; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="13F197DF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) additional individual antlerless deer tags for five dollars per tag.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="15BA05E2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) Fees for nonresident deer tags are as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="55C50FCC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) fifty dollars for the first antlered deer tag and twenty dollars for each additional antlered deer tag up to a maximum of four tags; two of which must be an antler restriction individual antlered deer tag valid only for deer with a minimum of four points on one antler or a minimum twelve-inch inside antler spread; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5D203584" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) ten dollars per individual antlerless deer tag.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="56298591" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="129B110A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 9, eff July 1, 2010; 2016 Act No. 257 (S.454), § 1, eff July 1, 2017; 2019 Act No. 19 (H.3750), § 1, eff April 3, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6AF8AE95" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6D48E4F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2016 Act No. 257, § 1, rewrote the section, revising the procedure whereby the Department of Natural Resources issues and charges a person for the privilege of hunting and taking deer in this state.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="27878ECE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019 Act No. 19, § 1, in (2)(a), in the first sentence, substituted "two individual antlerless deer tags" for "eight date-specific individual antlerless deer tags which are valid only on specified days".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EDB521B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4517D2C9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-655. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="653DA013" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0A093542" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Pig transport and release permit; pig enclosure permit, had the following history: 2010 Act No. 211, § 4, eff upon approval (became law without the Governor's signature on June 8, 2010). Repealed by 2021 Act No. 71, § 3, eff May 17, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2A5557F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="47F66B57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-660. Alligator Draw Hunt Program; Private Lands Alligator Program; nonresident alligator hunting fee; fees nonrefundable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="24B406C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Except pursuant to a person operating under a depredation permit:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6EBEC197" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) For the privilege of taking an alligator, in addition to the required hunting license, a person first must apply to the department's Alligator Draw Hunt Program. The application fee is ten dollars. Successful selection provides the applicant an opportunity to obtain one alligator tag at a cost of one hundred dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7F1F1E1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The property permit fee for participation in the Private Lands Alligator Program is ten dollars. The cost for each tag issued under the permit is ten dollars.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1B6E605F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) A nonresident sixteen years of age or older who hunts alligators under any alligator management program must pay a nonresident alligator hunting fee of two hundred dollars, four dollars of which may be retained by the issuing sales vendor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5FA94B5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) Application, permit, and tag fees are nonrefundable.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C5EF925" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7FCB1813" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 183, § 4, eff May 28, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6CF06A88" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7D307EE6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-665. Bear tags.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5A4FB930" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) For the privilege of hunting bear, in addition to the required hunting license and big game permit the licensee must obtain a bear tag issued in his name, and the fee:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D7C773C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) for a resident is twenty-five dollars per tag, one dollar of which may be retained by the license sales vendor;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="17D60343" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(2) for a nonresident is one hundred dollars per tag, two dollars of which may be retained by the license sales vendor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="539BD808" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) Youth under the age of sixteen are required to obtain youth tags for bear from the department at its designated licensing locations at no cost.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="704C8487" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="78948583" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 286, § 1, eff June 29, 2010; 2013 Act No. 94, § 10, eff July 1, 2013; 2017 Act No. 71 (H.3601), § 1, eff May 19, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6B27156C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="69AB6583" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2017 Act No. 71, § 3, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="739E6867" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"The department shall provide a report of a one-year study by July 1, 2018, to the Chairman of the Senate Fish, Game and Forestry Committee and the Chairman of the House Agriculture, Natural Resources and Environmental Affairs Committee. The report will include, but will not be limited to, the harvest summary of Black Bear in Game Zones 1-4."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="379B0043" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5287C3B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment, in subsection (A), substituted "privilege of hunting bear" for "privilege of taking bear", and substituted "the licensee" for "a hunter".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="70B6637E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2017 Act No. 71, § 1, deleted (B), relating to applicants for bear tags being chosen by a random drawing in game zones other than Game Zone 1, and redesignated (C) as (B).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1F08FE80" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1CD71477" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-670. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6E275E6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="27C05658" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Migratory waterfowl permits; commemorative stamps, had the following history: 2010 Act No. 233, § 9, eff July 1, 2010. Repealed by 2020 Act No. 152, § 3.B, eff July 1, 2021.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="483D2F8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62A43C18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prior laws: 1962 Code § 28-553.1; 1969 (56) 444; 1993 Act No. 181, § 1261; 1996 Act No. 372, § 2; 2008 Act No. 214, § 1; 1976 Code § 50-9-530.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="68F52AE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2B9BFFFF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-675. Falconry permit.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="773D16B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(A) For the privilege of engaging in falconry, in addition to a statewide hunting license, a person must obtain a falconry permit. The fee for the permit is one hundred dollars, and the permit expires three years from the date of its issuance.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="59835B55" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person holding a valid federal falconry permit on January 1, 2014, may engage in falconry without a South Carolina falconer's permit until the federal permit expires.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14869F2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="572C2945" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2014 Act No. 165 (S.913), § 1, eff May 16, 2014.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0B985D20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="40D33878" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="14476902" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hunting and Fishing License Exemptions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="24A3604D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7B2C3441" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-710. Children under sixteen years of age; private ponds; pay-to-fish businesses.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6DA62178" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Except as required by law, children under sixteen years of age are not required to procure or possess a hunting or fishing license or any other permit or license required for hunting or fishing unless that child engages in the taking of wildlife or fish for commercial purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="09452A53" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person is not required to possess a recreational freshwater fishing license if fishing in a private pond. However, if the pond is used for commercial purposes, it is not considered a private pond.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4917B831" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Resident and nonresident patrons of commercial fishing lakes or pay-to-fish commercial businesses are exempt from the requirement to purchase a recreational freshwater fishing license if the commercial fishing lake or pay-to-fish commercial business has a valid aquaculture permit or registration issued by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="357691B3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1AA65440" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 28-475; 1956 (49) 2151; 1958 (50) 1613, 1931; 1964 (53) 2154; Repealed by 1977 Act No. 183, § 21; 1996 Act No. 372, § 2; 2003 Act No. 60, § 2; 2010 Act No. 233, § 10, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="67C801F4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="57793382" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2010 amendment in subsection (A), inserted "Except as required by law,"; in subsection (B), inserted "recreational freshwater"; in subsection (C) substituted "a recreational freshwater fishing" for "an individual annual", and deleted "of Natural Resources" after "department"; and made other nonsubstantive changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="55CD8E16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6341A804" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-715. Exemptions from recreational saltwater fishing license requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="16BC5F12" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The following are exempt from purchasing the recreational saltwater fishing license a:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7639566B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) fisherman fishing from a licensed charter fishing vessel or from a licensed public fishing pier;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="461A562D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(2) drop net fisherman using no more than three drop nets;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="123B4DCF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) fold up fisherman using no more than three fold up traps;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0722AFF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) hand line fisherman using no more than three hand lines with a single bait each and no hooks; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="75A4C248" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) fisherman taking shrimp with bait.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1B611C9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="65C739DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2009 Act No. 15, § 2, eff July 1, 2009.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="47050258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4BBCAB2F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-720. Physically or mentally disabled persons; residents of eleemosynary institutions; Boy or Girl Scouts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="30DD0B5B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The department may permit physically or mentally disabled persons, residents of an orphanage or another eleemosynary institution of this State, or a Boy or Girl Scout to hunt or fish for up to three consecutive days within a county of this State without obtaining a license to do so if:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7C4032AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) The person or the institution receives a permit from the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5DA50B98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) The name of each person to whom the permit applies is furnished to the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="36635427" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The residents of institutions must be accompanied on the hunting or fishing trip for which the permit is granted by a representative of the institution.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6E816F87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) No blind or mentally disabled person may carry or use a weapon while hunting or fishing pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="159AA6BC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2C3B6E0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1975 (59) 205; Repealed by 1977 Act No. 183, § 21; 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1FB3C45D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="53A7808C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-730. July fourth and National Memorial Day exempt from freshwater recreational fishing license and permit requirements; exceptions; free hunting days must be established.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="19A0D04E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) A resident is not required to possess a license or permit for recreational fishing in the freshwaters of this State on the following days:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F24C292" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the fourth day of July; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5FBEC5FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the date observed by the State for National Memorial Day.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4DEA61FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(B) The department also may designate department-sanctioned fishing events in the freshwaters of the State as exempt from recreational freshwater fishing license requirements. However, the events may not exceed one for each county a year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="018EADBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) This section does not apply to individuals fishing for a commercial purpose or when a commercial fishing license is required to use certain nongame fishing devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A738A1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The department must designate two days a year as "free hunting days" during which state residents may hunt without procuring the necessary licenses and permits. These days need not be consecutive.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="050BA4B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7161B5D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2; 2012 Act No. 245, § 1, eff July 1, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="08A425B9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="019767D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2012 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1A1BAC0E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="449586A9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-740. Designation of youth hunting days; requirements.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6ACE5632" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The department may select one or more days to designate as a "South Carolina Youth Hunting Day", in addition to the regular seasons for a species of wild game. A youth hunting day must be held outside a regular season on a weekend, holiday, or other nonschool day when a youth hunter may have the maximum opportunity to participate. A day must be held on the Saturday before the regular game zone season framework for hunting antlered deer only. The daily bag limit on this day is one antlered deer. For all</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> other game, the day may be held up to fourteen days before or after a regular season framework or within a split of a regular season, or within another open season.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6AC5BC36" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) A person who is less than eighteen years of age may be a youth hunter. Youth hunters who have not completed the hunter education program pursuant to Section 50-9-310, who hunt on a statewide youth hunting day, must be accompanied by an adult who is at least twenty-one years of age. The adult may not harvest or attempt to harvest game during this special hunting event. A license or tag requirement pursuant to this chapter is waived for a youth hunter on a youth hunting day. A daily harvest limit remains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the same as allowed during regular seasons for each species of game.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="04ABAB6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2EC8FE47" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2000 Act No. 299, § 1; 2007 Act No. 23, § 1, eff May 14, 2007; 2018 Act No. 200 (S.913), § 1, eff May 17, 2018.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="55E6DBA2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="443C987D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2007 amendment, in subsection (B), rewrote the first sentence which formerly provided "Youth hunters must be at least ten years of age through seventeen years of age" and made nonsubstantive changes throughout subsections (A) and (B).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2801B61B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 200, § 1, rewrote the section, providing for a youth hunting day for hunting antlered deer only and a bag limit, providing that youth hunters who have not completed the hunter education program must be accompanied by an adult, and providing that the license or tag requirement is waived for a youth hunter on a youth hunting day.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="235FB7C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5B81429E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-750. Special authorization for hunting and fishing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="19D212C2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Director of the Department of Natural Resources may issue special authorization for hunting and fishing to any person not more than twenty-one years of age who has been diagnosed with a terminal or life threatening illness or injury. All licenses, tags, and fees specified in this chapter are waived for a person issued special authorization pursuant to this section. The director may impose any terms and conditions he deems necessary to implement the special authorization. This may include allowing m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>embers of family, chaperones and others to assist with the hunt.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="49A3FB29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) The director may prepare an application to be used by persons requesting special authorization and may require signed documentation from a licensed physician.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1BA8732F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The person seeking special authorization must be sponsored by a nonprofit charitable organization that has within its mission to provide opportunities and experiences to persons with life threatening illnesses or injuries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="68103A9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The special authorization is valid for a time period designated by the director.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5AC2AEC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4BC1511A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2017 Act No. 12 (H.3517), § 1, eff April 24, 2017.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="427554C3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7DC15C19" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42544B7F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Revenue</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="35EE706C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0832C55C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-910. Revenue from fines and forfeitures.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="195D3034" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Revenue from fines and forfeitures for violations of Chapters 1 through 16 must be transmitted to the treasurer of the county where the revenue was collected. The treasurer shall transmit the revenue to the department accompanied by a statement showing the names of persons fined, the amount of each fine, the summons or warrant number, and the court in which each fine was collected. The revenue must be remitted to the State Treasurer and credited to the County Game and Fish Fund subaccount for the count</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y from which the revenue was collected.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4C9DA029" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Revenue from fines and forfeitures for violations on wildlife management area lands must be used for the management and the procurement of wildlife management area lands.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="45FF7B66" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Unless otherwise specified, revenue from the fines and forfeitures for violations of other sections of this title and for all other offenses investigated or prosecuted by the department must be used exclusively for law enforcement operations and any remaining balances must be retained and carried forward by the department and used for the same purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7152E928" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0B98D19B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 11, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1B7B92B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0952939F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prior laws: 1996 Act No. 372, § 2; 1998 Act No. 419, Part II, § 15A; 2008 Act No. 263, § 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4994814A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4FCAFF5C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-920. Revenues from the sale of privileges, licenses, permits, and tags.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5F7E94E1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Revenue generated from the sale of lifetime privileges shall be deposited in the Wildlife Endowment Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="418C8C57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Text of (B) effective until December 31, 2027. See, also, text of (B) effective January 1, 2028.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2A8B8E35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) Revenue generated from the sale of other hunting and freshwater fishing licenses, permits, and tags shall be remitted to the State Treasurer and unless otherwise required by law credited to the Fish and Wildlife Protection Fund. Revenue from each:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2448E8D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) wildlife management area permit shall be used for the management and the procurement of wildlife management area lands;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="60A13348" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) nonresident annual statewide hunting license shall be used as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="44AD8664" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) one dollar for the propagation, management, and protection of ducks and geese in this State; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="249553AC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the balance to the Fish and Wildlife Protection Fund;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D852FB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) nonresident temporary statewide hunting license shall be used as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="138C976B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) fifty cents for the propagation, management, and protection of ducks and geese in this State; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6867BEAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the balance to the Fish and Wildlife Protection Fund;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2F8CBF83" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) nonresident annual freshwater fishing license shall be distributed as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0DCE9AAD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) twenty-five percent to the County Game and Fish Fund account for the respective county in which the license was sold, except that these licenses sold through a central point such as online, call centers, and department mass mailings shall be equally allocated to the counties;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4DD2CA15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) twenty-five percent for the operation and management of department freshwater fish hatcheries; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="63C6AB61" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(c) the balance to the Fish and Wildlife Protection Fund;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="22C0955D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) application fee, permit, tag, and nonresident hunting fee for the privilege of hunting alligators shall be used to administer the alligator management program;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6780CA46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Deer Quota Program permit shall be exclusively used to administer the Deer Quota Program and for deer management and research;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="138E71CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) individual antlerless and nonresident antlered deer tags shall be used as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F745EEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) eighty percent to administer the tag program, deer management, and research; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5F035E02" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the remaining twenty percent for law enforcement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0EC1757F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(8) application fee, permit, and tag for the privilege of hunting bear shall be used to administer the tag program, protect bear habitats, and support bear research and management;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7014C336" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) field trial permit and shooting preserve operation permit shall be used to support the management of small game programs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="459153D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) lottery hunt application fee shall be used to administer the lottery hunt program and support management of lands on which the lottery hunts take place;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="222EAB3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) falconry permit shall be used to support the falconry permitting program;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4CED067B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(12) resident antler restriction individual antlered deer tag shall be used to administer the Coyote Management Program;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2703B464" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) resident and nonresident wild turkey tags shall only be used for the following purposes:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0C99145D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the funding of wild turkey scientific research on public lands and private lands with the consent of landowners;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4254418B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the improvement of the wild turkey habitat and hunting opportunities for wild turkeys on public lands;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="469C783A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) wild turkey predator control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="510BD5A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(d) the enforcement of the wild turkey hunting laws and regulations; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="275F0C27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) the printing and mailing of the wild turkey tags;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="50CB4E03" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14)(a) resident and nonresident migratory waterfowl permit shall be used for the management of waterfowl habitats and for the development, protection, management, and propagation of wild waterfowl in this State and along the Atlantic Flyway as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...46 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="45C6C778" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(i) a minimum of two hundred and fifty thousand dollars of revenue received annually from the waterfowl permit fee must be used to restore and manage waterfowl habitat on state wildlife management areas and such funds must be leveraged with other sources when available;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="495F764C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(ii) ten percent of the revenue from the waterfowl permit fee contributed annually for the first three years following the enactment of this section to the AFWA Fall Flight Program for the propagation, management, and protection of ducks and geese in the areas that benefit South Carolina;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4973CA8F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iii) twenty percent of the revenue from the waterfowl permit fee contributed annually in the fourth and succeeding years following the enactment of this section to the AFWA Fall Flight Program for the propagation, management, and protection of ducks and geese in the areas that benefit South Carolina; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A22DFC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(iv) all remaining annual funds shall be used for the development, protection, management, and propagation of wild waterfowl in this State. All balances must be retained and carried forward annually.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="455512F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) no revenue generated from the sale of a waterfowl permit may be expended for administrative salaries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="374CF0D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Text of (B) effective January 1, 2028. See, also, text of (B) effective until December 31, 2027.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="741B4D81" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Revenue generated from the sale of other hunting and freshwater fishing licenses, permits, and tags shall be remitted to the State Treasurer and unless otherwise required by law credited to the Fish and Wildlife Protection Fund. Revenue from each:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0CB3C622" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) wildlife management area permit shall be used for the management and the procurement of wildlife management area lands;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="01456CA4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) nonresident annual statewide hunting license shall be used as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5BD54BBB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) one dollar for the propagation, management, and protection of ducks and geese in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="35EC81F2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) one dollar contributed by the department to proper agencies along the Atlantic Flyway for the propagation, management, and protection of ducks and geese; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4676F9CD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the balance to the Fish and Wildlife Protection Fund;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="659AE67E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(3) nonresident temporary statewide hunting license shall be used as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5F1C1489" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) fifty cents for the propagation, management, and protection of ducks and geese in this State;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F7F8C3B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) fifty cents contributed by the department to proper agencies along the Atlantic Flyway for the propagation, management, and protection of ducks and geese; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="100B5705" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(c) the balance to the Fish and Wildlife Protection Fund;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="48F96CF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) nonresident annual freshwater fishing license shall be distributed as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1E8FCB46" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) twenty-five percent to the County Game and Fish Fund account for the respective county in which the license was sold, except that these licenses sold through a central point such as online, call centers, and department mass mailings shall be equally allocated to the counties;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="31D83640" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) twenty-five percent for the operation and management of department freshwater fish hatcheries; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="49B4EE10" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) the balance to the Fish and Wildlife Protection Fund;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="471C9886" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) application fee, permit, tag, and nonresident hunting fee for the privilege of hunting alligators shall be used to administer the alligator management program;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1CDC7087" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) Deer Quota Program permit shall be exclusively used to administer the Deer Quota Program and for deer management and research;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="28216765" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) individual antlerless and nonresident antlered deer tags shall be used as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="73E885D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) eighty percent to administer the tag program, deer management, and research; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4D11A7E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the remaining twenty percent for law enforcement;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7456822C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(8) application fee, permit, and tag for the privilege of hunting bear shall be used to administer the tag program, protect bear habitats, and support bear research and management;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="74B147D0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(9) field trial permit and shooting preserve operation permit shall be used to support the management of small game programs;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2F1CE1E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(10) lottery hunt application fee shall be used to administer the lottery hunt program and support management of lands on which the lottery hunts take place;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5398744A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(11) falconry permit shall be used to support the falconry permitting program;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3C4C94BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(12) resident antler restriction individual antlered deer tag shall be used to administer the Coyote Management Program;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="399CA3F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(13) resident and nonresident wild turkey tags shall only be used for the following purposes:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2BA52E29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the funding of wild turkey scientific research on public lands and private lands with the consent of landowners;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6314A46A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) the improvement of the wild turkey habitat and hunting opportunities for wild turkeys on public lands;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="591FF810" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) wild turkey predator control;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2E930AEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) the enforcement of the wild turkey hunting laws and regulations; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3276F663" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) the printing and mailing of the wild turkey tags;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="641CC47E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(14) resident and nonresident migratory waterfowl permit shall be used for the management of waterfowl habitats and for the development, protection, and propagation of waterfowl in this State, provided that no revenue generated from the sale of a waterfowl permit may be expended for administrative salaries.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0FCF8394" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Revenue generated from the sale of recreational and commercial marine licenses, permits, and tags shall be deposited to the Marine Resources Fund. Revenue generated from the sale of recreational licenses, permits, and tags must be distributed in accordance with the provisions of Sections 50-9-960 and 50-9-965, provided that a minimum of five dollars from the sale of each recreational saltwater fishing license must be used for the development and implementation of a flounder stocking program.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3077F0AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Two-thirds of the revenue generated from the sale of three year recreational saltwater licenses shall be allocated to the Marine Resources Deferred License Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="29D8B43E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Two-thirds of the revenue generated from the sale of three year recreational freshwater fishing and hunting licenses shall be allocated to the Fish and Wildlife Deferred License Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="19CDE1FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(F) Revenue generated from the sale of duplicate or replacement licenses, permits, and tags shall be credited to the Fish and Wildlife Protection Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3B5DBC60" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) The fees remitted to the department for each Federal Migratory Hunting and Conservation Stamp must be credited to the Fish and Wildlife Protection Fund, and distributed as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5C1C6958" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) one dollar to the issuing sales vendor; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1025A47A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the balance according to the agreement signed between the department and the United States Fish and Wildlife Service pursuant to Section 50-9-630.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6DB3936B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7ED53D20" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 11, eff July 1, 2010; 2010 Act No. 286, § 3, eff June 29, 2010; 2013 Act No. 94, § 11, eff July 1, 2013; 2015 Act No. 42 (H.3393), § 2, eff July 1, 2015; 2016 Act No. 257 (S.454), §§ 2-4, eff July 1, 2017; 2018 Act No. 263 (H.5231), § 1, eff July 2, 2018; 2019 Act No. 51 (S.575), § 4, eff July 1, 2019; 2020 Act No. 152 (S.1068), § 2, eff September 28, 2020; 2021 Act No. 91 (H.3957), § 4, eff July 1, 2021; 2022 Act No. 147 (H.4177), § 4, eff July 1, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7FBA47E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sunset</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="529665CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 147, § 5, provides: "SECTION 5. The amendments contained in SECTIONS 3 and 4 of this act are repealed on December 31, 2027, and the text of these SECTIONS therefore shall revert back to the language as contained in the South Carolina Code of Laws as of January 1, 2020."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2C1C4B32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Code Commissioner's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="07F8C4E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>At the direction of the Code Commissioner, Acts 233 and 286 were read together. Subsection (G) was added by Act 286 and the remainder of the section was added by act 233.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A8BB693" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="28E7EE5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prior laws: 1996 Act No. 372, § 26; 1999 Act No. 100, Part II, § 15; 2004 Act No. 246, § 5; 2010 Act No. 183, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7CE4E3F3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 91, § 6, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="53A39710" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 6. The Department of Natural Resources shall furnish a written report to the General Assembly on South Carolina's stock of flounder by December 31, 2023. The report must provide future projections."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4F51D7D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3B501168" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3BA7D2AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2015 Act No. 42, § 2, added (G).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="60332AA3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2016 Act No. 257, §§ 2-4, in (B)(6), substituted "Deer Quota Program permit" for "antlerless deer quota permit (ADQP)" and "Deer Quota Program" for "ADQP program"; in (B)(7), inserted "and nonresident antlered"; and added (B)(12), relating to the coyote management program.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A57464D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 Act No. 263, § 1, rewrote (C), revising the distribution of revenue generated from the sale of recreational and commercial marine licenses, permits, and tags.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6E462B77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019 Act No. 51, § 4, in (B), added (13), relating to resident and nonresident wild turkey tags.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4387D0F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020 Act No. 152, § 2, in (B), added (14), relating to resident and nonresident migratory waterfowl permits.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5847E1B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 91, § 4, in (C), in the second sentence, added ", provided that a minimum of five dollars from the sale of each recreational saltwater fishing license must be used for the development and implementation of a flounder stocking program".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="185BD0BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022 Act No. 147, § 4, rewrote (B).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1443D55A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>§§ 50-9-925, 50-9-940. Omitted by 2010 Act No. 233, § 11, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="11AA18AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="452EC49E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Former § 50-9-925 was entitled "Recreational saltwater license fee and related article sale revenue distribution" and was derived from 2009 Act No. 15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="68A70EC4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Former § 50-9-940 was entitled "Balances to be carried forward" and was derived from 1996 Act No. 372, § 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="74FF1EF1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="32B1A367" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-950. Fish and Wildlife Protection Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="05D74AB4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Fish and Wildlife Protection Fund is created for the purpose of supporting the department and its effort to conserve freshwater fisheries and wildlife. The assets of the fund are derived from the following sources:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0BB0E87F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) revenue from the sale of freshwater fisheries and wildlife licenses, permits, stamps, and tags;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="52259C87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(2) application fees for recreational events and charges for room and board on state property where the property was procured with proceeds from the fund and its predecessor funds;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="45053780" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) revenue generated from the sale of timber and property procured with proceeds from the fund and its predecessor funds;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="18C7E62F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) revenue transmitted to the department from the Department of Motor Vehicles for specialty license plates to support department operations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3CDD8745" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) restricted interest income, contributions, and donations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="19E552A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) indirect cost recoveries where the department matched a grant using the fund; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="741AFE0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) any other source of revenue recognized by the United States Fish and Wildlife Service, where the disposition of such revenue to any other fund could be interpreted as a loss of control or misdirection of funds by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="11D43439" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>These funds shall be remitted to the State Treasurer and credited to a special account separate and distinct from the general fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1951C824" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Revenue shall be expended by the department for the protection, propagation, and management of freshwater fisheries and wildlife, the enforcement of related laws, the administration of the department, and the dissemination of information, facts, and findings the department considers necessary. Revenue may be expended on permanent improvement or deferred maintenance projects consistent with the purposes of the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="51E49E4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Interest earned on balances in the fund shall be credited to the fund and expended for those same purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6F7BFFD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(D) Balances in the fund shall be retained and carried forward annually and may be used to match available federal funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1496B827" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3750E970" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 11, eff July 1, 2010; 2013 Act No. 94, § 12, eff July 1, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="380A4825" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5A8F38DE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="25579164" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3AFFA2A5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-955. Fish and Wildlife Deferred License Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="031003CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(A) The Fish and Wildlife Deferred License Fund is created for the purpose of receiving revenue generated from the sale of three year hunting and freshwater fishing licenses, permits, stamps, and tags.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="569610AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Receipts from each license year shall be transferred to the Fish and Wildlife Protection Fund as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2FEC768B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) fifty percent during the first fiscal year after receipt; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3E2E6552" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the balance during the second fiscal year after receipt.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="37D16387" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Where applicable, each transfer shall distribute the receipts based on the allocations specified in Section 50-9-920(B).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="56FCE082" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Interest earned on balances in the fund shall be credited to the fund and transferred to the Fish and Wildlife Protection Fund in the same manner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="28CD50F5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Balances in the fund shall be retained and carried forward annually.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5C396765" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="343E0BF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 11, eff July 1, 2010; 2013 Act No. 94, § 13, eff July 1, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="44D7EA25" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="586C7599" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1897692F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1AD567EC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-960. Marine Resources Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="51EC0041" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Marine Resources Fund is created for the purpose of supporting the department and its effort to conserve marine fisheries. The assets of the fund are derived from the following sources:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="01240315" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) revenue from the sale of saltwater licenses, permits, stamps, and tags;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62D9D099" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) revenue generated from the sale of posters, prints, and related articles;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="39F1CF15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(3) revenue generated from the sale of property procured with proceeds from the fund and its predecessor funds;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="02AB5076" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(4) revenue transmitted to the department from the Department of Motor Vehicles for specialty license plates;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="63A9E07A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) restricted interest income, contributions, and donations;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="640350A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6) indirect cost recoveries where the department matched a grant using the fund; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A50DFDE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(7) any other source of revenue recognized by the United States Fish and Wildlife Service, where the disposition of such revenue to any other fund could be interpreted as a loss of control or misdirection of funds by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="62154E15" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Revenue generated from the sale of:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1608359B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) recreational saltwater privileges shall be expended by the department for purposes authorized pursuant to the South Carolina Marine Resources Act of 2000. The Saltwater Recreational Fishing Advisory Committee shall assist in prioritizing the expenditure of saltwater license funds for:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="51CBEF1E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) the protection, maintenance, or enhancement of saltwater habitat important to the continued production of marine fish stocks and their food sources of significance to recreational saltwater fisheries;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="13F25ED0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) development of recreational saltwater fishing facilities;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0BB71952" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) scientific research and management of recreational saltwater fisheries;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4115FA3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) permanent improvement or deferred maintenance projects consistent with the purposes described herein;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="48C1C4C5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) other programs directly benefiting recreational saltwater fisheries recommended by the Saltwater Recreational Fisheries Advisory Committee; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="639BBD3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) an annual report made available on the department website indicating how the previous year's funds were expended;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="17F15886" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) commercial saltwater privileges, culture and mariculture permits, and marine permits shall be expended for the administration and implementation of programs in the Marine Resources Division and may be expended on permanent improvement or deferred maintenance projects consistent with the purposes of the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0970825B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) Funds generated pursuant to this section shall be remitted to the State Treasurer and credited to a special account separate and distinct from the general fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="32E3112B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Interest earned on balances in the fund shall be credited to the fund and expended for the same purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7E25E70C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(E) Balances in the fund shall be retained and carried forward annually and may be used to match available federal funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5E6F8343" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="030A7229" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 11, eff July 1, 2010; 2013 Act No. 94, § 14, eff July 1, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="55A89BAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5BC28FB9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="724C5400" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3D68D5CE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-965. Marine Resources Deferred License Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0F796A4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The Marine Resources Deferred License Fund is created for the purpose of receiving revenue generated from the sale of three year saltwater licenses, permits, stamps, and tags.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="307AF00F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Receipts from each license year shall be transferred to the Marine Resources Fund as follows:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="60423F0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) fifty percent during the first fiscal year after receipt; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4C4428B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) the balance during the second fiscal year after receipt. Where applicable, each transfer shall distribute the receipts based on the allocations specified in Section 50-9-920(C).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="10D3EDD6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Interest earned on balances in the fund shall be credited to the fund and transferred to the Marine Resources Fund in the same manner.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="376485B5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Balances in the fund shall be retained and carried forward annually.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="69E33C9C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5C7E96A7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 11, eff July 1, 2010; 2013 Act No. 94, § 15, eff July 1, 2013.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="63C554AA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2BCFF962" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2013 amendment rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0F459013" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="703C7287" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-970. County Game and Fish Fund created.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="212D81A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The County Game and Fish Fund is created for the purpose of receiving revenue generated from the following sources:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="554AD068" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) the designated portion of each annual nonresident freshwater fishing license;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="33B89CFD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(2) revenue from fines, fees, and forfeitures for violations of Chapters 1 through 16;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="56264804" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) unexpended revenue from prior years;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="10FDFECF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4) restricted interest income;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0F567C75" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5) revenue generated from the disposal of surplus equipment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3CEE681B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>These funds must be remitted to the State Treasurer and credited to a special account separate and distinct from the general fund. The funds only may be used for the purposes set forth in this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6E51FC0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) Revenue must be expended by the department for the protection, promotion, propagation, and management of fisheries and wildlife, the enforcement of related laws, the administration of the department, and the dissemination of information, facts, and findings the department considers necessary.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="71F0C8F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) The fund must be further separated into forty-six subaccounts, one for each county. A report must be made annually to each member of the forty-six county delegations as to the balances in these accounts. Following the annual report distribution, the most recent report of balances available must be furnished to a delegation member making a request. Each county delegation may make recommendations to the department regarding the expenditure of funds from the County Game and Fish Fund for the protection, p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>romotion, propagation, and management of fisheries and wildlife. The department must give these recommendations primary consideration over any other projects.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5F7C87B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) If any equipment purchased by the department with these funds is sold, the proceeds of the sale retained by the department must be credited to the county fund from which the original purchase was made.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7121A083" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E) Expenditures from this fund that have the approval of the county delegation are exempt from Act 651 of 1978, as amended.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="42F2C75E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F) Interest earned on revenues deposited to the County Game and Fish Fund must be credited to the fund and expended for those same purposes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="037E9F0A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(G) Balances must be retained and carried forward annually and may be used to match available federal funds.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58B8A484" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4F647D6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2010 Act No. 233, § 11, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="2EC3F2D5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="53140F82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-980. South Carolina Conservation Education Fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5151F8FF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) The South Carolina Conservation Education Fund is established for the purpose of connecting youth with nature through classroom and outdoor natural resource conservation education.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7DD896B1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(B) The fund is eligible to receive appropriations of state general funds, federal funds, local government funds, donations, gifts, and grants.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="57A22764" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) Revenues for the fund must be remitted to the State Treasurer and credited to an account that is separate and distinct from the general fund. Balances in the fund must be retained and carried forward annually and interest earned on balances in the fund must be credited to the fund.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="28FFC356" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) Revenues from the fund must only be used by the department for the purpose of connecting youth with nature through classroom and outdoor natural resource conservation education programs approved by the department, to include, but is not limited to:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7A3866B0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) funding for natural resource conservation education classes and programs approved by the department; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7EB744D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) funding for youth to attend outdoor natural resource conservation education programs approved by the department.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1018FFF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4A83A5DA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 2025 Act No. 15 (S.165), § 2, eff May 8, 2025.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="71ED1678" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2A697A57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 Act No. 15, § 1, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2317DA6D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"This act may be cited as the 'South Carolina Conservation Education Act.' "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4D8D9FF0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="179B72D6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Article 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="48C15701" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Suspension of Hunting and Fishing Privileges</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="75934AF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="18B52DEA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1110. "Conviction" defined.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="53152706" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Conviction" as used in this article includes the entry of a plea of guilty, the entry of a plea of nolo contendere, and the forfeiture of bail or collateral deposited to secure a defendant's appearance in court.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1C5BFF1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6F0DF702" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1978 Act No. 401, § 10; 1993 Act No. 181, § 1261; 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="38ADDFC6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="132CD863" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1120. Point system for violations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7A3729A2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>There is established the following point system for violations of certain provisions of law:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="48B0CE11" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) Common violations:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="727F5994" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) resisting arrest by the use of force, violence, or weapons against an employee of the department while engaged in his duties, a law enforcement officer aiding in the work of the department, or a federally commissioned employee engaged in like or similar employment: 18;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="55415EF5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) attempting escape after lawful arrest: 14;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="44E459C1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) hunting or fishing in a state sanctuary at any time: 14;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="74C9FE8B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(d) hunting, fishing, or trapping out of season, except in a state sanctuary: 10;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="021D8F31" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) selling game or game fish: 14;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="061BF6F7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) taking game or fish in an illegal manner not mentioned specifically elsewhere in this section. However, no points may be assessed pursuant to this subitem for fish taken on the seaward side of the saltwater-freshwater dividing lines as provided in Section 50-17-30: 8;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3062AB16" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) using a borrowed or altered hunting or fishing license: 10;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0C16ABF9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) taking more than the legal limit of game or fish: 8;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5BC49731" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) hunting or fishing without a license in possession: 6;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="222DD909" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(j) trespassing to hunt, fish, or trap: 14;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="22F381EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(k) violating game management area regulations: 8;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7CCC7642" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(l) hunting, taking, possessing, or selling alligators in violation of law or department regulations: 14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="21548E9A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) Hunting violations:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="634EF081" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) killing or attempting to kill or molest deer from a motorboat: 14;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2AC69D1F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) night hunting deer, bear, or turkey: 18;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6A5B2258" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(c) illegally transporting furs or hides and possessing untagged hides: 10;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="29553C9B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(d) trapping quail or wild turkeys: 10;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="28E87D5D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(e) hunting over bait: 8;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3CB72950" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(f) killing or possessing antlerless deer, except as expressly provided by law: 14;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="7974FE05" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(g) illegally night hunting other game, except deer, or hunting game in prohibited hours: 8;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="493FD5AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(h) possessing buckshot illegally: 5;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3FB31220" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(i) possessing unplugged gun while hunting, violation of Section 50-11-10: 4;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1C82672B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>1. killing or possessing a wild turkey during the closed season: 18;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="52A3F975" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. killing or possessing a wild turkey hen during the spring gobbler season: 14;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="27A718D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(j) roost shooting wild turkeys between official sunset and official sunrise: 18;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A4B8D86" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(k) intentional trespassing to hunt, fish, or trap: 18;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="559AFD3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(l) shooting wild turkeys over bait: 18;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="33ACB468" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(m) hunting wild turkeys over bait: 10;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6620D944" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(n) trespassing to hunt waterfowl: 18;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="28135A7B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(o) hunting waterfowl over bait: 10;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0CC8F64D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(p) shooting waterfowl over bait: 10;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="03880FAC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(q) hunting waterfowl out of posted season: 15;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5064BC77" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(r) taking more than one waterfowl over the legal limit: 15;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="11A09F4D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(s) illegally possessing, taking, or attempting to take raccoons during the season for hunting without weapons: 14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="64FCDCBA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(t) failing to report the harvest of big game species as required by Section 50-11-546: 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="75087ECA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3) Fishing violations:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="635A9130" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(a) trapping, netting, or seining game fish illegally: 10;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2380FCDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(b) taking or possessing more than the legal limit of striped bass: 14;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1AFAEAF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(c) taking or possessing an undersized striped bass: 14;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1FF9F22D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(d) taking or possessing more than the legal creel or size limit of blue catfish: 14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5CBC0B64" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D9FB537" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2; 2008 Act No. 237, § 3, eff May 21, 2008; 2014 Act No. 250 (S.986), § 2, eff June 6, 2014; 2014 Act No. 254 (H.4543), § 2, eff April 1, 2015; 2014 Act No. 254 (H.4543), § 5, eff June 30, 2018; 2017 Act No. 88 (S.443), § 5, eff May 19, 2017; 2019 Act No. 51 (S.575), § 7, eff July 1, 2021; 2021 Act No. 40 (S.36), § 2, eff June 16, 2021; 2023 Act No. 65 (H.3538), § 4, eff July 1, 2024.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2D4C2509" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="6BF9EF62" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 254, § 5, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="236436E0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 5. This act takes effect April 1, 2015, and shall be automatically repealed on June 30, 2018, unless reauthorized by a joint resolution for that specific purpose."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2093882D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 40, § 3, provides as follows:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="4BD548B7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"SECTION 3. The Department of Natural Resources shall conduct a study of the blue catfish fishery in the Santee and Cooper river systems and make recommendations to the General Assembly concerning the fishery on or before January 1, 2025."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="38CFB13B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="77067829" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The 2008 amendment, in item (3), designated paragraph (a) and added paragraphs (b) and (c) relating to striped bass.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2FC8E758" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 250, § 2, added subsection (2)(k), and redesignated the remaining paragraphs accordingly.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5F559DEE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014 Act No. 254, § 2, added subsection (3)(d).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2D3CE7F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2017 Act No. 88, § 5, in (2)(b), substituted "deer, bear, or turkey" for "deer or bear".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A283AB8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019 Act No. 51, § 7, in (2), added (t), relating to failing to report the harvest of wild turkey.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3DDC7FC1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021 Act No. 40, § 2, in (3), added (d).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="063C998C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023 Act No. 65, § 4, in (2)(t), substituted "big game species" for "wild turkey".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D74938B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="033AE0BA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1130. Deduction of accumulated points.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3F642FE3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(A) Each time a person is convicted of a violation enumerated in Section 50-9-1120, the number of points assigned to the violation must be charged against the person. For each calendar year that passes after assignment in which the person received no points, the department shall deduct one-half of the accumulated points if the total number of points is greater than three. If a person has three or less points at the end of a calendar year in which no points were received, the department shall reduce his poin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t total to zero; however, a person's record must not be less than zero points.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1B48FA4B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The department shall deduct four accumulated points from a person's record upon a showing that the person successfully completed a department program of instruction established pursuant to Section 50-9-310.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="17736848" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>(C) A person is not eligible for a reduction in points under the provisions of subsection (B) if at the time he accumulated eighteen or more points:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0A4BE47A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1) he had any hunting, trapping, or fishing suspension within the previous five years; or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5023B912" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2) he had a previous point reduction under the provisions of subsection (B) within the previous five years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3C25D808" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D) The department is authorized to promulgate appropriate regulations to effectuate the provisions of this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="5D7EB962" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="76C9AD9E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2; 2010 Act No. 209, § 1, eff upon approval (became law without the Governor's signature on June 1, 2010); 2010 Act No. 174, § 3, eff July 1, 2010.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="03247E54" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editor's Note</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="401A5176" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010 Act No. 174, § 2, provides:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="686B8EE0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>"Any regulations in conflict with the provisions of this act are repealed."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0DDF6BD0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="275374FA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The two 2010 amendments made identical changes, they added the subsection (A) identifier to the first paragraph, substituted "than" for "then" before "zero points" in the last sentence of subsection (A), and added subsections (B), (C) and (D).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3111DF82" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="793C76D3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1140. Suspension of hunting and fishing privileges.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A39AF70" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>The department shall suspend for one year the hunting and fishing privileges of a person who has eighteen or more points. The suspension begins the twenty-first day after the department mails written notice of the suspension, and ends the same day the following year.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="4EA822BF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="30AA7995" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2; 2023 Act No. 64 (H.3433), § 3.A, eff May 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0A060A22" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="61F60628" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023 Act No. 64, § 3.A, in the second sentence, substituted "twenty-first day" for "eleventh day" and "department mails written notice" for "person receives written notice by mail, return receipt requested,".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3AC0D9BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="30C3D90C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1150. Notice of suspension; appeals.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="769A060B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A) Upon determination that a person has accumulated sufficient points to warrant suspension of privileges, the department shall notify him in writing that his privileges are suspended, and the person shall return the license and any tags in the person's name to the department no later than ten days following the effective date of the suspension.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="11D8A2D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B) The notice of the suspension must be given by the department by depositing the notice in the United States mail with postage prepaid addressed to the person at the address contained in the records of the department. The giving of notice by mail is complete twenty days after the deposit of the notice. A certificate by the director of the department, or his designee, that the notice has been sent as required in this section is presumptive proof that the requirements as to notice of suspension have been m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>et even if the notice has not been received by the addressee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="74018747" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C) A person whose privileges have been suspended may appeal the decision of the department under the Administrative Procedures Act.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="11ED5529" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5A59C6D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2; 2023 Act No. 64 (H.3433), § 3.B, eff May 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="318CA90A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effect of Amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0D8D6802" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023 Act No. 64, § 3.B, rewrote the section.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6854A23D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="2567FBB6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1160. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6F3E28C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="69A3E2AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: Former Section, titled Review by circuit judge, had the following history: 1996 Act No. 372, § 2. Repealed by 2023 Act No. 64, § 1, eff May 19, 2023.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="27FE8F68" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0A21970D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1170. Expiration of suspension period.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="1A045A94" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>After the expiration of the period of suspension, the person's record shall be cleared of points and the person starts anew with no points.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="76DE582D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="0E5B516E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="53CFFC59" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="12A7D4A1" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1180. Administration; promulgation of regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="54F36CE4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The department shall administer and enforce this article and may promulgate regulations necessary for its administration not inconsistent with the article. The department shall print and distribute at the time of selling hunting or fishing licenses a card or brochure explaining the point system.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="3E29E97B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="3A38393F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="030031B2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="66072996" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1190. Other laws of the State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5B8D8F98" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nothing contained in this article affects the action of the department in suspending, revoking, or canceling a license when the action is mandatory under the provisions of another law of this State.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0D875F09" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="311268D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6204092B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="266264A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1200. Hunting or fishing while under suspension; violations; penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="10E67FE2" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>A person who hunts or fishes while under suspension is guilty of a misdemeanor and, upon conviction, must be fined not less than two hundred fifty dollars nor more than five hundred dollars or imprisoned not more than one year, or both, and must have his hunting and fishing privileges suspended for an additional three years.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="7618E70E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="024C8DEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="432163A8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="5C7D5C8A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SECTION 50-9-1210. Effect of points and penalties.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="25B54F2B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The points and penalties assessed under this article are in addition to and not in lieu of any other civil remedies or criminal penalties which may be assessed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1ED4FC57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00B16F6C" w:rsidRDefault="00B16F6C" w14:paraId="74A26CAA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HISTORY: 1996 Act No. 372, § 2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -20291,51 +22551,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -20772,66 +23032,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>