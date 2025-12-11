--- v0 (2025-10-17)
+++ v1 (2025-12-11)
@@ -1,406 +1,391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc1a89107f26e4b93" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4993b03c5c644200835c136f53ad0e6c.psmdcp" Id="R17c20ef3d79f4fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb194dd27b97c4271" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43b94046a81a4225bf43343ed2cb9d10.psmdcp" Id="R5ceec4ca96e94449" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E34482" w:rsidRDefault="00E34482" w14:paraId="572C59BE" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="505D66D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CHAPTER 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="02E82C21" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>CHAPTER 9</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Fort Watson Memorial</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="1BB73365" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="7635538A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 51-9-10. Acquisition of lands in area of Fort Watson.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="2CBF6428" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Parks, Recreation, and Tourism shall acquire by purchase, lease or gift approximately two acres of land, more or less, in the area of Fort Watson on the banks of Lake Francis Marion, four miles north of the intersection of U. S. Highway No. 15 and South Carolina Highway No. 6 at Santee.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="0A72225A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="432760EF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 51-401; 1952 Code § 51-401; 1949 (46) 186.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="673FA28F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="16AF876D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 51-9-20. Designation of property and area.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="0BA9D647" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The property and area when acquired and improved shall be known as the "Fort Watson Memorial."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="553D4D35" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="33E699FB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>HISTORY: 1962 Code § 51-402; 1952 Code § 51-402; 1949 (46) 186.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="43193C23" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="411B4CF6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>SECTION 51-9-30. Improvement, protection, and maintenance.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="17E1D344" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The Department of Parks, Recreation, and Tourism shall improve, protect, and maintain the area as a memorial to the heroic men of General Francis Marion whose successful efforts in the battle of Fort Watson on April 23, 1781 aided so much in the final independence of the United States of America.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1E870A0C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00544819" w:rsidRDefault="00544819" w14:paraId="230744BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:br/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 51-403; 1952 Code § 51-403; 1949 (46) 186.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -411,51 +396,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -892,66 +877,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>