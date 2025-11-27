--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,512 +1,497 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra63c956fcc144a23" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f832677b8a6b42df88f7a14428d7fd68.psmdcp" Id="Reb8c5ff1815249fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re6aa8250b38b40af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a48757688bc4ec69980fba8c3500812.psmdcp" Id="Rc8cfe16403254b55" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="009B5B59" w:rsidRDefault="009B5B59" w14:paraId="4FFFA15D" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="24BD91EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="0E571099" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Abandonment or Closing of Streets, Roads, or Highways</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="19C849CA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="6721FBF8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 57-9-10. Petition to abandon or close street, road, or highway; notice.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="66950FDB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any interested person, the State or any of its political subdivisions or agencies may petition a court of competent jurisdiction to abandon or close any street, road or highway whether opened or not. Prior to filing the petition, notice of intention to file shall be published once a week for three consecutive weeks in a newspaper published in the county where such street, road or highway is situated. Notice also shall be sent by mail requiring a return receipt to the last known address of all abutting prop</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>erty owners whose property would be affected by any such change, and posted by the petitioning party along the street, road, or highway, subject to approval of the location of the posting by the governmental entity responsible for maintenance of the street, road, or highway. The Department of Transportation shall promulgate regulations which once effective will establish the minimum mandatory size, language, and specific positioning of signs pursuant to this section.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="6D90FDCA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="39413827" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 33-521; 1962 (52) 2183; 2012 Act No. 184, § 1, eff June 7, 2012.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="44D07C87" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="0599D71C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 57-9-20. Court shall make determination.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="6B6389E7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>If the court shall determine that it is to be the best interest of all concerned that such street, road or highway be abandoned or closed, the court shall then determine in whom the title thereto shall be vested and issue an appropriate order.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="14819D18" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="48EA151E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 33-522; 1962 (52) 2183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="24AFFD4A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="2E6FFF69" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 57-9-30. Recording of court order.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="3375A7FC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>The clerk of court or register of deeds of the county where the property is situated shall record the order of the court and index the same in the book of deeds to real property.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="58B797D7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="7C609667" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 33-523; 1962 (52) 2183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="12682285" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="1347857D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>SECTION 57-9-40. Cumulative effect of chapter.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="true"/>
-          <w:lang w:val="en-PH"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="0F2B1061" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:tab/>
         <w:t>This chapter shall not be construed to repeal any other provision of law but shall be cumulative thereto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="1AC24E65" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00E0666E" w:rsidRDefault="00E0666E" w14:paraId="2428D7D8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: 1962 Code § 33-524; 1962 (52) 2183.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -517,51 +502,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -998,66 +983,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>