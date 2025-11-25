--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -1,616 +1,671 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R32b4eefae7074648" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08a8d606e5374f32bee60b94926d9671.psmdcp" Id="Ref9135d77bbb4ad8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R53b364faccb249ac" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b31cc52840544cae9970b439850a5b35.psmdcp" Id="R0000a4a7ff7c4519" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
-    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="0088294B" w:rsidRDefault="0088294B" w14:paraId="1FEF7DFB" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0625E6AE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>CHAPTER 95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="16924B27" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Interstate Insurance Product Regulation Compact [Repealed]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="47D940F0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2CD07584" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>§§ 38-95-10 to 38-95-150. Repealed.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2DA780EE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:paraId="48427977" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="492AA912" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-10, titled Short title, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="1B713D6B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6CE80189" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-20, titled Definitions, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="24DC8BD7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7381AA32" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-30, titled Interstate Insurance Product Regulation Commission established; venue, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="37AF98D9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0F89FEE7" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-40, titled Powers of Commission, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="54FF793F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="668566BB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-50, titled Organization; management committee; bylaws; legislative monitoring committee; immunity, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="56E30B57" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="31E9220D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-60, titled Meetings and actions of commission, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0FB73995" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="78CEF23E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-70, titled Rulemaking authority; procedures; opting out of uniform standard; stay of uniform standard; judicial review, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="0346CDC8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="794031F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-80, titled Records and information of commission; public inspection and copying; confidentiality or nondisclosure; enforcement, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2380A561" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="5033A9B4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-90, titled Dispute resolution, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="48DF9DAB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6C5032F9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-100, titled Product filing and approval, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3735E374" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="6ED49EB3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-110, titled Appeal to review panel; withdrawal or modification of approval, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="088C1EDA" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="2994376A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-120, titled Funding; filing fees; budget; exemption from taxation; pledge of credit of compacting state; accounts; claim by compacting state to or ownership of commission property or funds, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="61A9839F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="7927C34D" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-130, titled Eligibility and procedure for becoming compacting state; effective date and amendment of compact, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="106EDEC5" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3FF295F8" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-140, titled Withdrawal from compact; default; dissolution, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="032C02E9" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="3CA88D14" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>HISTORY: Former 38-95-150, titled Intent to join with other states to establish compact; representative of state designated, had the following history: 2008 Act No. 339, § 2, eff January 1, 2009; Reenacted by 2016 Act No. 161 (H.4662), § 1, eff June 1, 2014. Repealed by 2022 Act No. 195, § 16, eff May 16, 2022.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="HTMLPreformatted"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C24FA5" w:rsidRDefault="00C24FA5" w14:paraId="36252B13" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -626,51 +681,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="240"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotSnapToGridInCell/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:growAutofit/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A3221D"/>
     <w:rsid w:val="00A3221D"/>
     <w:rsid w:val="00DF72EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -1107,66 +1162,66 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="240"/>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1200"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1680"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2640"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3120"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="3840"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLPreformattedChar" w:customStyle="true">
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="msonormal0" w:customStyle="true">
     <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="true" w:after="100" w:afterAutospacing="true"/>
     </w:pPr>