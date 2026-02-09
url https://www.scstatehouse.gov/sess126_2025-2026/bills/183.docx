--- v0 (2025-12-15)
+++ v1 (2026-02-09)
@@ -119,51 +119,51 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Senators Adams, Fernandez, Alexander, Garrett, Leber, Kimbrell, Matthews and Walker</w:t>
+        <w:t xml:space="preserve">Sponsors: Senators Adams, Fernandez, Alexander, Garrett, Leber, Kimbrell, Matthews, Walker and Stubbs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Companion/Similar bill(s): 3591</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -328,51 +328,51 @@
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Introduced and read first time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R39c221b244c04f82">
+      <w:hyperlink w:history="true" r:id="Rf4712907e2ab4681">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 111</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -380,51 +380,51 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R7ae5ef2b3d9a413a">
+      <w:hyperlink w:history="true" r:id="R840d46a3c3744470">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 111</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -432,277 +432,277 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/19/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Committee report: Favorable with amendment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R87ed254571c84c13">
+      <w:hyperlink w:history="true" r:id="Ra2a0a5ec2fb7442d">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/25/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Committee Amendment Adopted</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="Rbd456657dcc0403d">
+      <w:hyperlink w:history="true" r:id="Rdbeedc37171e4184">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 23</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/25/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Amended</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R9c635fc8bec74b94">
+      <w:hyperlink w:history="true" r:id="R91d507edbaf340ac">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 23</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/25/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Read second time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="Rff8b3b54e06a48b7">
+      <w:hyperlink w:history="true" r:id="R575ecaacb28d48a4">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 23</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/25/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Roll call</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Ayes-43  Nays-0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="Ref1e8034a3a44d0c">
+      <w:hyperlink w:history="true" r:id="R50bee4ec17e148b3">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 23</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd5ba31f5b0474570">
+      <w:hyperlink r:id="R483ccbe3a9004bcc">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -720,129 +720,129 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R06cc76d1cbaf4e82">
+      <w:hyperlink r:id="Raa4022af183b4e8d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/14/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R039b265033554b05">
+      <w:hyperlink r:id="R36c0668b9f414dc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>02/19/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R708aa0319c94408b">
+      <w:hyperlink r:id="Rd13ad2b6b3dc4b63">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>02/25/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rc36e66388ec444b6">
+      <w:hyperlink r:id="Rc66ec87a78084325">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>03/05/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -2033,50 +2033,51 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4714,51 +4715,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=183&amp;session=126&amp;summary=B" TargetMode="External" Id="Rd5ba31f5b0474570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/183_20250114.docx" TargetMode="External" Id="R06cc76d1cbaf4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/183_20250219.docx" TargetMode="External" Id="R039b265033554b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/183_20250225.docx" TargetMode="External" Id="R708aa0319c94408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/183_20250305.docx" TargetMode="External" Id="Rc36e66388ec444b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250114.docx" TargetMode="External" Id="R39c221b244c04f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250114.docx" TargetMode="External" Id="R7ae5ef2b3d9a413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250219.docx" TargetMode="External" Id="R87ed254571c84c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250225.docx" TargetMode="External" Id="Rbd456657dcc0403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250225.docx" TargetMode="External" Id="R9c635fc8bec74b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250225.docx" TargetMode="External" Id="Rff8b3b54e06a48b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250225.docx" TargetMode="External" Id="Ref1e8034a3a44d0c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=183&amp;session=126&amp;summary=B" TargetMode="External" Id="R483ccbe3a9004bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/183_20250114.docx" TargetMode="External" Id="Raa4022af183b4e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/183_20250219.docx" TargetMode="External" Id="R36c0668b9f414dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/183_20250225.docx" TargetMode="External" Id="Rd13ad2b6b3dc4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/183_20250305.docx" TargetMode="External" Id="Rc66ec87a78084325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250114.docx" TargetMode="External" Id="Rf4712907e2ab4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250114.docx" TargetMode="External" Id="R840d46a3c3744470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250219.docx" TargetMode="External" Id="Ra2a0a5ec2fb7442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250225.docx" TargetMode="External" Id="Rdbeedc37171e4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250225.docx" TargetMode="External" Id="R91d507edbaf340ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250225.docx" TargetMode="External" Id="R575ecaacb28d48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250225.docx" TargetMode="External" Id="R50bee4ec17e148b3" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5709,50 +5710,52 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <AMENDMENTS_USED_FOR_MERGE>[{"drafter":null,"sponsor":"f1585a41-f203-4681-84cd-a25b09d486b1","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"aa8b1e3c-f838-4ce8-b02e-4ddb09c1d933","name":"SEDU-183.DB0001S-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"SEDU-183.DB0001S-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":2,"isAdopted":false,"amendmentNumber":"1","internalBillVersion":2,"isCommitteeReport":false,"BillTitle":"&lt;Failed to get bill title&gt;","id":"0bae188a-5c13-44d0-9450-75481e1e475f","name":"SEDU-183.DB0001S","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"SEDU-183.DB0001S","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},{"drafter":null,"sponsor":"9c8ba638-280b-4dff-83f9-fbad48501085","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"de3d5648-f877-4b01-8095-85bf2f492c09","name":"SJ-183.MB0001S-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"SJ-183.MB0001S-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":1,"isAdopted":false,"amendmentNumber":"JUD","internalBillVersion":1,"isCommitteeReport":true,"BillTitle":"&lt;Failed to get bill title&gt;","id":"82c02672-f666-4024-83c4-7b80efd711a6","name":"SJ-183.MB0001S","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"SJ-183.MB0001S","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true}]</AMENDMENTS_USED_FOR_MERGE>
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>55ef517d-6462-49d1-abd6-538120739902</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
   <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2025-02-25T14:29:50.470507-05:00</T_BILL_DT_VERSION>
   <T_BILL_D_INTRODATE>2025-01-14</T_BILL_D_INTRODATE>
   <T_BILL_D_SENATEINTRODATE>2025-01-14</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>2</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>2</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2025</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>ad8138f8-fe90-4dd6-8c88-dd18143949fe</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALBILL>6a1fa250-feb7-42a1-bbe8-967427137af7</T_BILL_R_ORIGINALBILL>
   <T_BILL_R_ORIGINALDRAFT>bf87d6ae-daa9-4cb3-84ec-6c0428388ba3</T_BILL_R_ORIGINALDRAFT>