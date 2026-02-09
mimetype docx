--- v0 (2025-12-15)
+++ v1 (2026-02-09)
@@ -203,51 +203,59 @@
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last Amended on May 7, 2025
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
+        <w:t>Currently residing in the House Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Litter control officers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -391,51 +399,51 @@
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Introduced and read first time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R5abd9b277a9d49e8">
+      <w:hyperlink w:history="true" r:id="R9e709ac860ea49d8">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>House Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 134</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -443,51 +451,51 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="Rbd823f39b7084007">
+      <w:hyperlink w:history="true" r:id="R9f1c8ec00b22439d">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>House Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 134</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -495,238 +503,238 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/12/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Committee report: Favorable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R2fb3df07b2134274">
+      <w:hyperlink w:history="true" r:id="Rfd5c37377867475b">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>House Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/13/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Read second time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="Rf3ebba86dcfb459e">
+      <w:hyperlink w:history="true" r:id="Rf7448ec1a3e740b1">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>House Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 55</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/13/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Roll call</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Yeas-103  Nays-0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="Ra7efd7ca17754a1d">
+      <w:hyperlink w:history="true" r:id="Rc34eb18f46e44b21">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>House Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 56</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/18/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Read third time and sent to Senate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R7770807089be406b">
+      <w:hyperlink w:history="true" r:id="R2372a71c76614489">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>House Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/19/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Introduced and read first time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R9edbee8f655e4759">
+      <w:hyperlink w:history="true" r:id="R389ac8d0cb234e5e">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -734,51 +742,51 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>2/19/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R5ab3d78aa5124114">
+      <w:hyperlink w:history="true" r:id="R7b5d94c623e0483f">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -786,326 +794,565 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>4/29/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Committee report: Favorable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R643cd98b9f7446c2">
+      <w:hyperlink w:history="true" r:id="R1e8dd939b3814aae">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>5/6/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Read second time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R9480475f7dff477c">
+      <w:hyperlink w:history="true" r:id="R680f94ad71cf4a5b">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 53</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>5/6/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Roll call</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Ayes-44  Nays-0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R82f8cd33c5b74b68">
+      <w:hyperlink w:history="true" r:id="R08943a2e43cc439c">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 53</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>5/7/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Amended</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R3a7730d2ae9f4e21">
+      <w:hyperlink w:history="true" r:id="R8013e32a99ac41b5">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 27</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>5/7/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Read third time and returned to House with amendments</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R544b7596add344b0">
+      <w:hyperlink w:history="true" r:id="Ra2c423e6615c4abe">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 27</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>5/7/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Roll call</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Ayes-43  Nays-0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="Rf1511ad328554553">
+      <w:hyperlink w:history="true" r:id="R1bd86b1c45de442e">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 27</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/14/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Debate adjourned</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R6a13b97d74b44b9a">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 117</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Debate adjourned</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rf84fc4de3d114520">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 20</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Debate adjourned</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R8551b6c5b3694cfa">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 412</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Debate adjourned until</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Tues., 2-3-26</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rc77e903460ae40d6">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committed to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R89973c1bdaee48f1">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 20</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R84f61b8cfe3a4937">
+      <w:hyperlink r:id="Rb3b69053ad1d48ac">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -1123,129 +1370,129 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R9f0adc22edca4b75">
+      <w:hyperlink r:id="R7d3230888cb54bf2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/05/2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R587e1420cc294f41">
+      <w:hyperlink r:id="Rbda8d5aaa1b94d59">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>02/12/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R2aac78d8d4de4e20">
+      <w:hyperlink r:id="Re0c62983c3594655">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>04/29/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Read2036ff08c48ee">
+      <w:hyperlink r:id="R55a5884bc0674222">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>05/07/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -4732,50 +4979,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1298605101">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1145203698">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="419564614">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1632664488">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="980765631">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -9120,51 +9368,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=3222&amp;session=126&amp;summary=B" TargetMode="External" Id="R84f61b8cfe3a4937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/3222_20241205.docx" TargetMode="External" Id="R9f0adc22edca4b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/3222_20250212.docx" TargetMode="External" Id="R587e1420cc294f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/3222_20250429.docx" TargetMode="External" Id="R2aac78d8d4de4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/3222_20250507.docx" TargetMode="External" Id="Read2036ff08c48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250114.docx" TargetMode="External" Id="R5abd9b277a9d49e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250114.docx" TargetMode="External" Id="Rbd823f39b7084007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250212.docx" TargetMode="External" Id="R2fb3df07b2134274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250213.docx" TargetMode="External" Id="Rf3ebba86dcfb459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250213.docx" TargetMode="External" Id="Ra7efd7ca17754a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250218.docx" TargetMode="External" Id="R7770807089be406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250219.docx" TargetMode="External" Id="R9edbee8f655e4759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250219.docx" TargetMode="External" Id="R5ab3d78aa5124114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250429.docx" TargetMode="External" Id="R643cd98b9f7446c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250506.docx" TargetMode="External" Id="R9480475f7dff477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250506.docx" TargetMode="External" Id="R82f8cd33c5b74b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250507.docx" TargetMode="External" Id="R3a7730d2ae9f4e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250507.docx" TargetMode="External" Id="R544b7596add344b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250507.docx" TargetMode="External" Id="Rf1511ad328554553" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=3222&amp;session=126&amp;summary=B" TargetMode="External" Id="Rb3b69053ad1d48ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/3222_20241205.docx" TargetMode="External" Id="R7d3230888cb54bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/3222_20250212.docx" TargetMode="External" Id="Rbda8d5aaa1b94d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/3222_20250429.docx" TargetMode="External" Id="Re0c62983c3594655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/3222_20250507.docx" TargetMode="External" Id="R55a5884bc0674222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250114.docx" TargetMode="External" Id="R9e709ac860ea49d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250114.docx" TargetMode="External" Id="R9f1c8ec00b22439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250212.docx" TargetMode="External" Id="Rfd5c37377867475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250213.docx" TargetMode="External" Id="Rf7448ec1a3e740b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250213.docx" TargetMode="External" Id="Rc34eb18f46e44b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250218.docx" TargetMode="External" Id="R2372a71c76614489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250219.docx" TargetMode="External" Id="R389ac8d0cb234e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250219.docx" TargetMode="External" Id="R7b5d94c623e0483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250429.docx" TargetMode="External" Id="R1e8dd939b3814aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250506.docx" TargetMode="External" Id="R680f94ad71cf4a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250506.docx" TargetMode="External" Id="R08943a2e43cc439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250507.docx" TargetMode="External" Id="R8013e32a99ac41b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250507.docx" TargetMode="External" Id="Ra2c423e6615c4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250507.docx" TargetMode="External" Id="R1bd86b1c45de442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260114.docx" TargetMode="External" Id="R6a13b97d74b44b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260120.docx" TargetMode="External" Id="Rf84fc4de3d114520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260128.docx" TargetMode="External" Id="R8551b6c5b3694cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="Rc77e903460ae40d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260203.docx" TargetMode="External" Id="R89973c1bdaee48f1" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -10135,50 +10383,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <AMENDMENTS_USED_FOR_MERGE>[{"drafter":null,"sponsor":"7a777044-26e8-42f0-8fa3-10d2d566bfe5","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"ea4918e4-fee4-4192-9de3-5206b9afa625","name":"SR-3222.KM0001S-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"SR-3222.KM0001S-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":1,"isAdopted":false,"amendmentNumber":"1","internalBillVersion":1,"isCommitteeReport":false,"BillTitle":"&lt;Failed to get bill title&gt;","id":"1c353064-a6a4-4392-932c-40ff814f15d0","name":"SR-3222.KM0001S","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"SR-3222.KM0001S","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true}]</AMENDMENTS_USED_FOR_MERGE>
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>448be210-9db3-48dd-a621-e89f1348a09b</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
   <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2025-05-07T18:47:05.706735-04:00</T_BILL_DT_VERSION>
   <T_BILL_D_HOUSEINTRODATE>2025-01-14</T_BILL_D_HOUSEINTRODATE>
   <T_BILL_D_INTRODATE>2025-01-14</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2024-12-05</T_BILL_D_PREFILEDATE>
   <T_BILL_D_SENATEINTRODATE>2025-02-19</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>2</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>2</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2025</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>e06372fc-3b96-4c1f-a7d1-7cfe83ff2bcc</T_BILL_REQUEST_REQUEST>