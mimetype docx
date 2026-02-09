--- v0 (2025-12-15)
+++ v1 (2026-02-09)
@@ -1,47 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -123,51 +129,51 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. Bernstein, Bannister, Stavrinakis, W. Newton, Kirby, Teeple, Gilliam, Bauer, Wetmore, Gilliard, J. Moore, Bustos and Landing</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Bernstein, Bannister, Stavrinakis, W. Newton, Kirby, Teeple, Gilliam, Bauer, Wetmore, Gilliard, J. Moore, Bustos, Landing, C. Mitchell, Williams, Rivers, Waters and Grant</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Companion/Similar bill(s): 518, 520</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -317,51 +323,51 @@
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>3/5/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Introduced and read first time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R66e4d1dff08f42b7">
+      <w:hyperlink w:history="true" r:id="R2e0c192e8eb94a3e">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>House Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 39</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -369,51 +375,51 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>3/5/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R5a5e780f92fd4dab">
+      <w:hyperlink w:history="true" r:id="Rc2cd1e86f13544f6">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>House Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 39</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -497,68 +503,202 @@
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>4/1/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Member(s) request name added as sponsor: J.
  Moore, Bustos, Landing
  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: C. Mitchell
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable with amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R876dc636faec48a0">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor:
+ Williams, Rivers, Waters, Grant
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Requests for debate-Rep(s). Frank, Pace,
+ Edgerton, Magnuson, Beach, Harris, White,
+ Kilmartin, Terribile, Morgan, Duncan, Gibson,
+ Ford, Robbins, Rankin
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rb6caa2c9496241d2">
+      <w:hyperlink r:id="Rf4a46764ecae45c1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -576,126 +716,1229 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R6813238c7ae34639">
+      <w:hyperlink r:id="R3ea63ea9190a46d0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>03/05/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rda1b498f36864251">
+      <w:hyperlink r:id="Rbe295708b3c84613">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>03/14/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R149ac81e2f2741e0">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/03/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptylineheader"/>
+    <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00A213D2" w14:paraId="2BA2AD16" w14:textId="723C9D6C">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstatus"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="status"/>
+          <w:tag w:val="status"/>
+          <w:id w:val="854397200"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00841225">
+            <w:t>Committee Report</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="1AD6E1C3" w14:textId="735E41AF">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>February 3, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="409FB53B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="49F86589" w14:textId="168976AC">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>H. 4145</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="595C0F16" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="3BBBA26C" w14:textId="40C2D7CB">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Reps.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Bernstein, Bannister, Stavrinakis, W. Newton, Kirby, Teeple, Gilliam, Bauer, Wetmore, Gilliard, J. Moore, Bustos, Landing and C. Mitchell</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="2852E480" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00A213D2" w14:paraId="0F14BF1F" w14:textId="45FCEDE1">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00841225">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00841225">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00841225">
+            <w:t>2/3/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00841225">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00841225">
+            <w:t>H</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00841225">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="29F4B9B7" w14:textId="298557E7">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>March 5, 2025</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="2C8576D3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="172C5239" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4493"/>
+          <w:tab w:val="right" w:pos="8986"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="1A5B18D2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="33D3E809" w14:textId="515C5696">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">The committee on </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="committeename"/>
+          <w:tag w:val="committeename"/>
+          <w:id w:val="-1151050561"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>House Judiciary</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="63798080" w14:textId="712680E0">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>To who</w:t>
+      </w:r>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> was referred a </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="doctype"/>
+          <w:tag w:val="doctype"/>
+          <w:id w:val="-95182141"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Bill</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billnumber"/>
+          <w:tag w:val="billnumber"/>
+          <w:id w:val="249784876"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>H. 4145</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billtitle"/>
+          <w:tag w:val="billtitle"/>
+          <w:id w:val="660268815"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>to amend the South Carolina Code of Laws by enacting the “</w:t>
+          </w:r>
+          <w:r w:rsidR="00514793">
+            <w:t>South Carolina Pray Safe Act</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve">” by adding Section 23-3-90 so as to establish the </w:t>
+          </w:r>
+          <w:r w:rsidR="000620CD">
+            <w:t>South</w:t>
+          </w:r>
+          <w:r w:rsidR="00514793">
+            <w:t xml:space="preserve"> Carolina Pray Safe</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>, etc., respectfully</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="4743A988" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="committeetitle"/>
+        <w:tag w:val="committeetitle"/>
+        <w:id w:val="1407110167"/>
+        <w:placeholder>
+          <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="09CBA9FD" w14:textId="7B22EDFA">
+          <w:pPr>
+            <w:pStyle w:val="sccommitteereporttitle"/>
+          </w:pPr>
+          <w:r>
+            <w:t>That they have duly and carefully considered the same, and recommend that the same do pass with amendment:</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="654511BF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00841225" w14:paraId="21D557C9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scamendlanginstruction"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="instruction_b89190682" w:id="1"/>
+      <w:r w:rsidRPr="00514793" w:rsidR="00514793">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Amend the bill, as and if amended, by striking all after the enacting words and inserting:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="10957BF6" w14:textId="5E469B34">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:t>SECTION 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>This act may be cited as the “South Carolina Pray Safe Act.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="51C139D9" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="7CD51D7C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:t>SECTION 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>Article 1, Chapter 3, Title 23 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="16D90E38" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="20032AAD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>Section 23-3-90.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t xml:space="preserve">(A) As used in this section: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="3488E865" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(1) “Eligible applicant” means a private religious organization that is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="0348315A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(a) qualified for federal tax-exempt status under section 501(c)(3) of the Internal Revenue Code;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="039A0831" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(b) at risk of being subject to a religiously motivated crime; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="4738DFA6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C3N90Sc_lv3_f69a4fc2I" w:id="2"/>
+      <w:r w:rsidRPr="00514793">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00514793">
+        <w:t>c) is a religious organization as defined in Section 1-33-10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="6BE8B557" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(2) “Eligible facility” means real property owned, rented, or operated by an eligible applicant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="5981B78D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(3) “Offense against a religious organization” includes an offense against:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="606B7A42" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C3N90Sa_lv3_e0ddc5b3I" w:id="3"/>
+      <w:r w:rsidRPr="00514793">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00514793">
+        <w:t>a) an employee or agent of the organization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="163E0E3F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C3N90Sb_lv3_13e4d755I" w:id="4"/>
+      <w:r w:rsidRPr="00514793">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00514793">
+        <w:t>b) the eligible facility itself; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="65B53950" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C3N90Sc_lv3_88e757efI" w:id="5"/>
+      <w:r w:rsidRPr="00514793">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00514793">
+        <w:t>c) individuals frequenting the eligible facility as part of the population served by the organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="74649544" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(4) “Religiously motivated crime” means the commission, attempted commission, or alleged commission of an offense against a religious organization based on the religious ideology or mission of the organization or the population served by the organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="51BF3E6C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(5) “Security enhancements” includes, without limitation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="30CAA4A7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(a) security assessments and training;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="691B7853" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(b) security personnel;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="5DE40A4D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(c) upgrades or improvements including, but not limited to, windows, doors, gates, or security</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:noBreakHyphen/>
+        <w:t>related landscaping;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="106C195F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(d) high-intensity lighting, camera systems, alarms, or other security systems; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="1E160C7C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C3N90Se_lv3_6a214abdI" w:id="6"/>
+      <w:r w:rsidRPr="00514793">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00514793">
+        <w:t>e) any other security enhancement consistent with the purpose of the South Carolina Pray Safe Grant Program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="4EE9A2A6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(B)(1) There is established the South Carolina Pray Safe Grant Program within the South Carolina Department of Public Safety (SCDPS) to provide grants to eligible applicants for security enhancements to eligible facilities. Grants may be awarded to eligible applicants in amounts not to exceed five thousand dollars.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="74119D95" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(2) SCDPS may develop the form and manner in which eligible applicants may apply for grants. SCDPS shall rank applications based on the criteria set forth in subsection (C) and award grants based on rankings and available monies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="62D750D1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(C) SCDPS shall, by rule, establish criteria for ranking grant applications under the grant program. Criteria must include, but need not be limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="79444D25" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(1) an eligible applicant’s and eligible facility’s level of risk of being subject to a religiously motivated crime;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="4C5081DF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(2) whether an eligible applicant or eligible facility has previously been subject to a religiously motivated crime; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="4793248C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(3) the level of security measures already in place at eligible facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="72EDF535" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(D) SCDPS shall adopt rules to implement the grant program. Rules must include, but need not be limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="2DE4F71A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(1) policies and procedures for the grant application process;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="43E87C3C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(2) terms and conditions of grant agreements entered into by the department and grant recipients; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="48F2D0D4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(3) procedures for verifying that grant monies have been used for the purposes for which they were awarded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="26423659" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>(E) There is established in the State Treasury, separate and distinct from the general fund, the South Carolina Pray Safe Grant Program Fund. The monies in the fund only may be used to fund grants authorized by this section.  SCDPS may not award grants that exceed the balance in the Fund. The total balance in the Fund may not exceed seven hundred fifty thousand dollars for any fiscal year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="552BCC4C" w14:textId="77777777"/>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="006C1760" w:rsidRDefault="00514793" w14:paraId="0C4962E5" w14:textId="17818135">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:t>SECTION 3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00514793">
+        <w:tab/>
+        <w:t>This act takes effect upon approval by the Governor.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="76639227" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:t>Renumber sections to conform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00514793" w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="64EACD63" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00514793">
+        <w:t>Amend title to conform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00A213D2" w14:paraId="7A18D919" w14:textId="43481615">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportchairperson"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="chairperson"/>
+          <w:tag w:val="chairperson"/>
+          <w:id w:val="-1033958730"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00841225">
+            <w:t>W. NEWTON</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00841225">
+        <w:t xml:space="preserve"> for Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="264D8D2B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="2C43D13E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="40BF047A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>statement of estimated fiscal impact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="7B1B84B3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Explanation of Fiscal Impact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="1F76C5D4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
+      </w:pPr>
+      <w:r>
+        <w:t>State Expenditure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="68141C2C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This bill establishes the South Carolina Pray Safe Grant Program Fund. This bill also establishes the South Carolina Pray Safe Grant Program within SLED to provide grants, not to exceed $750,000, to eligible applicants for security enhancements to eligible facilities. SLED may not award grants that exceed the balance in the Fund.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="6689A0AB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="48E5B469" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Under this bill, SLED is responsible for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D4FF9">
+        <w:t xml:space="preserve"> develop</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D4FF9">
+        <w:t xml:space="preserve"> the form and manner in which eligible applicants may apply for grants. SLED shall rank applications based on</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> criteria including, but not limited to the following: an eligible applicant's and eligible facility's level of risk of being subject to a religiously motivated crime or domestic terrorism, whether an eligible applicant or eligible facility has previously been subject to a religiously motivated crime or domestic terrorism, and the level of security measures already in place at eligible facilities. SLED will award grants based on rankings and available monies. SLED will also be responsible for adopting rules to implement the grant program. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="2F46F663" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="5067106D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>SLED is continuing to analyze the impact of this bill. The fiscal impact of this bill is pending, contingent upon a response from the agency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="1CEE04FC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="459702EF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
+      </w:pPr>
+      <w:r>
+        <w:t>State Revenue</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F56500" w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="6665D27B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This bill establishes the South Carolina Pray Safe Grant Program Fund. It is unclear how the Fund will be funded. Therefore, this bill may result in a change to Other Fund revenue depending upon the funding of the South Carolina Pray Safe Grant Program Fund.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00514793" w:rsidP="00514793" w:rsidRDefault="00514793" w14:paraId="6B48AB79" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="53DA579D" w14:textId="536ADC6C">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00A213D2" w14:paraId="7A601306" w14:textId="2DCD8298">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISdirector"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="director"/>
+          <w:tag w:val="director"/>
+          <w:id w:val="-1654141734"/>
+          <w:placeholder>
+            <w:docPart w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00841225">
+            <w:t>Frank A. Rainwater</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00841225">
+        <w:t>, Executive Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="52C6CA16" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISdirector"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Revenue and Fiscal Affairs Office</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="2F43800A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISheader"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="4B93D580" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00841225" w:rsidSect="00841225">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00841225" w:rsidP="00841225" w:rsidRDefault="00841225" w14:paraId="01726F7D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="71E7F61A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="2CBC5F87">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="185963DB">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="6EF1D323">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
@@ -768,860 +2011,860 @@
           </w:r>
           <w:r>
             <w:t xml:space="preserve">SOUTH CAROLINA PRAY SAFE GRANT PROGRAM WITHIN THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION TO PROVIDE GRANTS </w:t>
           </w:r>
           <w:r w:rsidR="00987F71">
             <w:t xml:space="preserve">for SECURITY enhancements </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">TO </w:t>
           </w:r>
           <w:r w:rsidR="00987F71">
             <w:t>certain organizations that are at risk of being victim</w:t>
           </w:r>
           <w:r w:rsidR="00BE30F2">
             <w:t>S</w:t>
           </w:r>
           <w:r w:rsidR="00987F71">
             <w:t xml:space="preserve"> of a religiously motivated crime</w:t>
           </w:r>
           <w:r>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_efe11c3cc" w:displacedByCustomXml="prev" w:id="0"/>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="at_efe11c3cc" w:displacedByCustomXml="prev" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_2d6aab10f" w:id="1"/>
+      <w:bookmarkStart w:name="ew_2d6aab10f" w:id="8"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000B6B2D" w:rsidP="000B6B2D" w:rsidRDefault="000B6B2D" w14:paraId="4BAC779F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B6B2D" w:rsidP="007C111F" w:rsidRDefault="000B6B2D" w14:paraId="73576BDC" w14:textId="130C674D">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_4eab4c5de" w:id="2"/>
-      <w:bookmarkStart w:name="citing_act_34147e9e4" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_4eab4c5de" w:id="9"/>
+      <w:bookmarkStart w:name="citing_act_34147e9e4" w:id="10"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="007C111F">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This act may be cited as the “</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00B143E4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>outh Carolina</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pray Safe Act</w:t>
       </w:r>
       <w:r w:rsidR="000C77EC">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B438B" w:rsidP="003B438B" w:rsidRDefault="003B438B" w14:paraId="158B3877" w14:textId="3275FC28">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E7235A" w:rsidP="00E7235A" w:rsidRDefault="003B438B" w14:paraId="165B2FAC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_759d3e8a1" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_2_759d3e8a1" w:id="11"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_3aea300a1" w:id="5"/>
+      <w:bookmarkStart w:name="dl_3aea300a1" w:id="12"/>
       <w:r w:rsidR="00E7235A">
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00E7235A">
         <w:t>rticle 1, Chapter 3, Title 23 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E7235A" w:rsidP="00E7235A" w:rsidRDefault="00E7235A" w14:paraId="1F3E619A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00E7235A" w14:paraId="7A5B4787" w14:textId="768EAF20">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T23C3N90_086c55618" w:id="6"/>
+      <w:bookmarkStart w:name="ns_T23C3N90_086c55618" w:id="13"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>ection 23-3-90.</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90SA_lv1_55ac45bd2" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T23C3N90SA_lv1_55ac45bd2" w:id="14"/>
       <w:r w:rsidR="00CD2958">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve">A) As used in this section: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="33C4E78C" w14:textId="49F8769E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S1_lv2_0371a3464" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S1_lv2_0371a3464" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>1) “Eligible applicant” means a private organization that is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="23F3B702" w14:textId="6F1BB702">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90Sa_lv3_964b00962" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T23C3N90Sa_lv3_964b00962" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>a) qualified for federal tax-exempt status under section 501(c)(3) of the Internal Revenue Code; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="57C096B3" w14:textId="633417CD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90Sb_lv3_257029824" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T23C3N90Sb_lv3_257029824" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>b) at particular risk of being subject to a religiously motivated crime.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="12623C1A" w14:textId="06511CC0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S2_lv2_9cff2d703" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S2_lv2_9cff2d703" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>2) “Eligible facility” means real property owned or operated by an eligible applicant.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="5DA87A93" w14:textId="385C26A1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S3_lv2_0498a78b6" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S3_lv2_0498a78b6" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>3) “Offense against an organization” includes an offense against an employee or agent of the organization.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="1E1C2C5E" w14:textId="0BE7C4B4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S4_lv2_1c1f69587" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S4_lv2_1c1f69587" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD2958">
         <w:t>“Religiously motivated crime” means the commission, attempted commission</w:t>
       </w:r>
       <w:r w:rsidR="00E403F3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD2958">
         <w:t xml:space="preserve"> or alleged commission of an offense against an organization based on the religious ideology or mission of the organization or the population served by the organization.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="23733E08" w14:textId="4993F25B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S5_lv2_4ae1f13c0" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S5_lv2_4ae1f13c0" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>5) “Security enhancements” includes, without limitation:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="171F9093" w14:textId="0F56257C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90Sa_lv3_e0ff7ce27" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T23C3N90Sa_lv3_e0ff7ce27" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>a) security assessments and training;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="30FA1ECF" w14:textId="0F21DDCE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90Sb_lv3_8a6f77d69" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T23C3N90Sb_lv3_8a6f77d69" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>b) security personnel;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="067CC903" w14:textId="6C2D1CBF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90Sc_lv3_12c167ad0" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T23C3N90Sc_lv3_12c167ad0" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t>c) upgrades or improvements including</w:t>
       </w:r>
       <w:r w:rsidR="001F47BF">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> but not limited to</w:t>
       </w:r>
       <w:r w:rsidR="001F47BF">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> windows, doors, gates</w:t>
       </w:r>
       <w:r w:rsidR="001F47BF">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or security</w:t>
       </w:r>
       <w:r w:rsidR="001F47BF">
         <w:noBreakHyphen/>
       </w:r>
       <w:r>
         <w:t>related landscaping; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00CD2958" w14:paraId="7C383B72" w14:textId="7BDC5A19">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90Sd_lv3_30fe6016d" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T23C3N90Sd_lv3_30fe6016d" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>d) high-intensity lighting, camera systems, alarms</w:t>
       </w:r>
       <w:r w:rsidR="007415E3">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or other security systems.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00311711" w:rsidRDefault="002D1FDA" w14:paraId="7E977FB0" w14:textId="2D1D5E6C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90SB_lv1_96da0423d" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T23C3N90SB_lv1_96da0423d" w:id="26"/>
       <w:r w:rsidR="00CD2958">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S1_lv2_7189108fe" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S1_lv2_7189108fe" w:id="27"/>
       <w:r w:rsidR="00311711">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="00311711">
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">There is established </w:t>
       </w:r>
       <w:r w:rsidRPr="002D1FDA">
         <w:t>the South Carolina Pray Safe Grant Program</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">within the South Carolina </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Law Enforcement Division</w:t>
       </w:r>
       <w:r w:rsidR="00311711">
         <w:t xml:space="preserve"> (SLED)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve">to provide grants to eligible applicants for security enhancements to eligible facilities. </w:t>
       </w:r>
       <w:r w:rsidR="00311711">
         <w:t>Grants may be awarded to eligible applicants in amounts not to exceed seven hundred fifty thousand dollars.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B11BFB" w:rsidP="00311711" w:rsidRDefault="00B11BFB" w14:paraId="2408C9EF" w14:textId="0E2195A1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S2_lv2_03e23725a" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S2_lv2_03e23725a" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B11BFB">
         <w:t>SLED may develop the form and manner in which eligible applicants may apply for grants. SLED shall rank applications based on the criteria set forth in subsection (C) and award grants based on rankings and available monies</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00311711" w14:paraId="5016653C" w14:textId="291A3716">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90SC_lv1_f8103e5ab" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T23C3N90SC_lv1_f8103e5ab" w:id="29"/>
       <w:r w:rsidR="00CD2958">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>SLED</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve"> shall, by rule, establish criteria for ranking grant applications under the grant program. Criteria must include, but need not be limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00C62DA0" w14:paraId="06368E8F" w14:textId="306239E7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S1_lv2_8d782a89a" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S1_lv2_8d782a89a" w:id="30"/>
       <w:r w:rsidR="00CD2958">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t>n eligible applicant’s and eligible facility’s level of risk of being subject to a religiously motivated crime or domestic terrorism;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00C62DA0" w14:paraId="7607BCAB" w14:textId="403464E7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S2_lv2_defdf4da5" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S2_lv2_defdf4da5" w:id="31"/>
       <w:r w:rsidR="00CD2958">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t>hether an eligible applicant or eligible facility has previously been subject to a religiously motivated crime or domestic terrorism; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00C62DA0" w14:paraId="21DDD938" w14:textId="234E9D0C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S3_lv2_d2999a681" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S3_lv2_d2999a681" w:id="32"/>
       <w:r w:rsidR="00CD2958">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t>he level of security measures already in place at eligible facilities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00C62DA0" w14:paraId="56E2FECD" w14:textId="15C312F7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90SD_lv1_86969f29a" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T23C3N90SD_lv1_86969f29a" w:id="33"/>
       <w:r w:rsidR="00CD2958">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>SLED</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve"> shall adopt rules to implement the grant program. Rules must include, but need not be limited to</w:t>
       </w:r>
       <w:r w:rsidR="00CC1EB2">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00C62DA0" w14:paraId="5D55E6EC" w14:textId="71A82B60">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S1_lv2_25a049c02" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S1_lv2_25a049c02" w:id="34"/>
       <w:r w:rsidR="00CD2958">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t>olicies and procedures for the grant application process;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00C62DA0" w14:paraId="4388CD84" w14:textId="70C09B48">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S2_lv2_03b39368d" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S2_lv2_03b39368d" w:id="35"/>
       <w:r w:rsidR="00CD2958">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t>erms and conditions of grant agreements entered into by the department and grant recipients; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD2958" w:rsidP="00CD2958" w:rsidRDefault="00C62DA0" w14:paraId="72411C5D" w14:textId="23D6A0EB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90S3_lv2_9391a1f4b" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T23C3N90S3_lv2_9391a1f4b" w:id="36"/>
       <w:r w:rsidR="00CD2958">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t>rocedures for verifying that grant mon</w:t>
       </w:r>
       <w:r w:rsidR="00DE1447">
         <w:t>ies</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve"> have been used for the purposes for which they were awarded.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B438B" w:rsidP="00CD2958" w:rsidRDefault="00C62DA0" w14:paraId="7A9D1453" w14:textId="44B9FB3A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C3N90SE_lv1_ccba1aa55" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T23C3N90SE_lv1_ccba1aa55" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t>E) There is established in the State Treasury, separate and distinct from the general fund, t</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t>he South Carolina Pray Safe Grant Program Fund</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CD2958">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>The mon</w:t>
       </w:r>
       <w:r w:rsidR="00B67AE1">
         <w:t>ies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in the fund only may be used to fund grants authorized by this section. </w:t>
       </w:r>
       <w:r w:rsidR="00A64B59">
         <w:t xml:space="preserve"> SLED may not award grants that exceed the balance in the Fund.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="1901F191">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="31"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="32"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="38"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="39"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="004A15DE">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="40DF1F43" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ABF2648" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1653,570 +2896,721 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="000A11C9" w14:textId="77777777" w:rsidR="00A213D2" w:rsidRDefault="00A213D2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="34DBFE6E" w14:textId="5A8B4023" w:rsidR="00841225" w:rsidRPr="00BC78CD" w:rsidRDefault="00841225" w:rsidP="0057453C">
+    <w:pPr>
+      <w:pStyle w:val="sccoversheetfooter"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BC78CD">
+      <w:t>[</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="footer_billnumber"/>
+        <w:tag w:val="footer_billnumber"/>
+        <w:id w:val="-772316136"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r>
+          <w:t>4145</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1012341706"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>]</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:tab/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3ED415A8" w14:textId="77777777" w:rsidR="00A213D2" w:rsidRDefault="00A213D2">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="3B5115CC" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00BE30F2" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="3B5115CC" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00A213D2" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
-            <w:placeholder>
-[...1 lines deleted...]
-            </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="0071157D">
               <w:t>[4145]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
-            <w:placeholder>
-[...1 lines deleted...]
-            </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="0071157D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79EF15B5" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6420AB13" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="197E0609" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12BA5712" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="6AE50A82" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0526A4CC" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="7A149FC6" w14:textId="77777777" w:rsidR="00A213D2" w:rsidRDefault="00A213D2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="533C6FE8" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="0499F27F" w14:textId="77777777" w:rsidR="00A213D2" w:rsidRDefault="00A213D2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7AF8152D" w14:textId="77777777" w:rsidR="00A213D2" w:rsidRDefault="00A213D2">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0526A4CC" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="533C6FE8" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09F5C18B" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="94E6D92E"/>
+    <w:tmpl w:val="AB2088AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1492"/>
+          <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
-        <w:ind w:left="1492" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="2CA080A8"/>
+    <w:tmpl w:val="F9746044"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1209"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1209" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="48EC091E"/>
+    <w:tmpl w:val="15D874C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="926"/>
+          <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="926" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="EC7043A0"/>
+    <w:tmpl w:val="350ED252"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="643"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="643" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8966991C"/>
+    <w:tmpl w:val="A1DA91F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8D324A10"/>
+    <w:tmpl w:val="272667E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="1E645258"/>
+    <w:tmpl w:val="48B4733C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="9F645F22"/>
+    <w:tmpl w:val="0F708644"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FAA8842C"/>
+    <w:tmpl w:val="29E21070"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="84F0597C"/>
+    <w:tmpl w:val="13CCC7B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1314262902">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="516625294">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1459255414">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="582616213">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="126050620">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1101685516">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="51735345">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1815953214">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="913586361">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="125"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00001CA8"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00016BAC"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020156"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00034888"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00054166"/>
+    <w:rsid w:val="000620CD"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00067185"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
+    <w:rsid w:val="00092179"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B5ED2"/>
     <w:rsid w:val="000B6B2D"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000C77EC"/>
     <w:rsid w:val="000D20BD"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D442D"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F265D"/>
     <w:rsid w:val="00102F87"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00104338"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="0011242E"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00122756"/>
     <w:rsid w:val="00133F25"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="001515CC"/>
     <w:rsid w:val="001610B2"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="001774EA"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
+    <w:rsid w:val="001B58CC"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C701D"/>
     <w:rsid w:val="001F0437"/>
     <w:rsid w:val="001F18B3"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F47BF"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00204F63"/>
     <w:rsid w:val="00205F28"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00217C6D"/>
     <w:rsid w:val="00220C9B"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257315"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
@@ -2297,95 +3691,98 @@
     <w:rsid w:val="00491EA9"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A15DE"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004A7BED"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C4DB6"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C7879"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E0CBE"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E5825"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
+    <w:rsid w:val="00514793"/>
     <w:rsid w:val="005226A2"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
+    <w:rsid w:val="00526A22"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00587A10"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="00594914"/>
     <w:rsid w:val="005A113B"/>
     <w:rsid w:val="005A2316"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B1444"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C02C2"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C34EF"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D1E42"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00616BCA"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00636422"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="00645342"/>
     <w:rsid w:val="006454BB"/>
+    <w:rsid w:val="006545B8"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00673FCC"/>
     <w:rsid w:val="006758DD"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D486F"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
@@ -2416,50 +3813,51 @@
     <w:rsid w:val="007A1EEB"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A6C94"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C111F"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2091"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D496D"/>
     <w:rsid w:val="007D7D51"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E46F3"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="007F6494"/>
     <w:rsid w:val="00803490"/>
     <w:rsid w:val="00803AB9"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00817397"/>
     <w:rsid w:val="00817F4E"/>
     <w:rsid w:val="008214A0"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
+    <w:rsid w:val="00841225"/>
     <w:rsid w:val="00841DC1"/>
     <w:rsid w:val="00843DDC"/>
     <w:rsid w:val="00851E82"/>
     <w:rsid w:val="00860601"/>
     <w:rsid w:val="008622C8"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="008643E5"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00897D2C"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008B73E0"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C3098"/>
     <w:rsid w:val="008C7CE9"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008D55B6"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008F5FA4"/>
     <w:rsid w:val="008F6256"/>
     <w:rsid w:val="009031EF"/>
@@ -2484,50 +3882,51 @@
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00987F71"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="0099241C"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A1AA7"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009D48D0"/>
     <w:rsid w:val="009E1D6A"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A03A56"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A17F5D"/>
+    <w:rsid w:val="00A213D2"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A3198F"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A42408"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A603FB"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A64B59"/>
     <w:rsid w:val="00A67431"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB6772"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
@@ -2542,137 +3941,140 @@
     <w:rsid w:val="00AF1D52"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B0215A"/>
     <w:rsid w:val="00B045B0"/>
     <w:rsid w:val="00B04A4D"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B11BFB"/>
     <w:rsid w:val="00B1341E"/>
     <w:rsid w:val="00B143E4"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B34D77"/>
     <w:rsid w:val="00B410D3"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B61012"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B6511F"/>
     <w:rsid w:val="00B67AE1"/>
+    <w:rsid w:val="00B7190B"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B80F17"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB2695"/>
     <w:rsid w:val="00BB65BB"/>
     <w:rsid w:val="00BC1235"/>
     <w:rsid w:val="00BC2B98"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE30F2"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00BF46D6"/>
     <w:rsid w:val="00BF6207"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C275DC"/>
     <w:rsid w:val="00C434A2"/>
     <w:rsid w:val="00C4367C"/>
     <w:rsid w:val="00C436BD"/>
     <w:rsid w:val="00C4541D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C504BC"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C62DA0"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C9203E"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA462A"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
+    <w:rsid w:val="00CB63C0"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC00EF"/>
     <w:rsid w:val="00CC1EB2"/>
     <w:rsid w:val="00CC2ED3"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CC52E0"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD2958"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CD64A0"/>
     <w:rsid w:val="00CE1E20"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D03828"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D15B17"/>
     <w:rsid w:val="00D1606C"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D25367"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D37180"/>
     <w:rsid w:val="00D405FC"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D54E5B"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D57F2F"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D72067"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB7236"/>
+    <w:rsid w:val="00DC085B"/>
     <w:rsid w:val="00DC2879"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DD0A0F"/>
     <w:rsid w:val="00DE1447"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF446E"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E13ABF"/>
     <w:rsid w:val="00E146B8"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E243A7"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E31E96"/>
     <w:rsid w:val="00E32C14"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E403F3"/>
@@ -2695,50 +4097,51 @@
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EA6A0C"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF2326"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00EF549A"/>
     <w:rsid w:val="00F01210"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
+    <w:rsid w:val="00F30994"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F7145C"/>
     <w:rsid w:val="00F834FC"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB1755"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC2147"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FF015D"/>
@@ -3151,1484 +4554,3603 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US"/>
+    <w:rsid w:val="00F30994"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC00EF"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC00EF"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC00EF"/>
+    <w:rsid w:val="00F30994"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
+    <w:name w:val="sc_coversheet_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4608"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841225"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendlanginstruction">
+    <w:name w:val="sc_amend_langinstruction"/>
+    <w:qFormat/>
+    <w:rsid w:val="00514793"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="480" w:after="480" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendtitleconform">
+    <w:name w:val="sc_amend_titleconform"/>
+    <w:qFormat/>
+    <w:rsid w:val="00514793"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="216"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendconformline">
+    <w:name w:val="sc_amend_conformline"/>
+    <w:qFormat/>
+    <w:rsid w:val="00514793"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="720" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="216"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="440" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="660" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="880" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1100" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1320" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1540" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1760" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1980" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="15"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00A213D2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A213D2"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4145&amp;session=126&amp;summary=B" TargetMode="External" Id="Rb6caa2c9496241d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4145_20250305.docx" TargetMode="External" Id="R6813238c7ae34639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4145_20250314.docx" TargetMode="External" Id="Rda1b498f36864251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250305.docx" TargetMode="External" Id="R66e4d1dff08f42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250305.docx" TargetMode="External" Id="R5a5e780f92fd4dab" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4145&amp;session=126&amp;summary=B" TargetMode="External" Id="Rf4a46764ecae45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4145_20250305.docx" TargetMode="External" Id="R3ea63ea9190a46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4145_20250314.docx" TargetMode="External" Id="Rbe295708b3c84613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4145_20260203.docx" TargetMode="External" Id="R149ac81e2f2741e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250305.docx" TargetMode="External" Id="R2e0c192e8eb94a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250305.docx" TargetMode="External" Id="Rc2cd1e86f13544f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260203.docx" TargetMode="External" Id="R876dc636faec48a0" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00940EED" w:rsidRDefault="002D4365">
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B1D9B0C4-3C0F-4024-A138-D3BCC36775C6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009C55A1" w:rsidRDefault="009C55A1" w:rsidP="009C55A1">
+          <w:pPr>
+            <w:pStyle w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+          </w:pPr>
           <w:r w:rsidRPr="007B495D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
@@ -4644,62 +8166,64 @@
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="00204F63"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003B0BB9"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="00704508"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00741C92"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007D7D51"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
+    <w:rsid w:val="009C55A1"/>
     <w:rsid w:val="009E1D6A"/>
     <w:rsid w:val="00A03A56"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00AE4A6F"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B34D77"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00CC52E0"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
+    <w:rsid w:val="00DC085B"/>
     <w:rsid w:val="00E67989"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
     <w:rsid w:val="00F834FC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -5113,53 +8637,66 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="009C55A1"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0A35F1F3FC3540D1B9B0AACFB04C0A3F">
+    <w:name w:val="0A35F1F3FC3540D1B9B0AACFB04C0A3F"/>
+    <w:rsid w:val="009C55A1"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -5423,67 +8960,126 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>12aee96f-583f-49e9-803e-cc70303df7a1</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2025-03-05T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2025-03-05</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2025-03-05</T_BILL_D_INTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2025</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>9039dc6a-c3eb-48e8-aadb-1b0edab54a2b</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>c87448aa-256c-4175-8998-f26d058a365e</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>2d305db3-2246-42da-9f89-d74a22476ef3</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4145]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4145</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS by ENACTing THE “south carolina PRAY SAFE ACT” BY ADDING SECTION 23-3-90 SO AS TO establish the SOUTH CAROLINA PRAY SAFE GRANT PROGRAM WITHIN THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION TO PROVIDE GRANTS for SECURITY enhancements TO certain organizations that are at risk of being victimS of a religiously motivated crime.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"c3e00152-eb44-44aa-938b-65e43a50e2c6","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “SC Pray Safe Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_4eab4c5de"},{"SectionUUID":"c9a9aec2-38a3-4cf5-8ec9-a2345f022d00","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T23C3N90_086c55618","IsConstitutionSection":false,"Identity":"23-3-90","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C3N90SA","SubSectionBookmarkName":"ss_T23C3N90SA_lv1_55ac45bd2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S1","SubSectionBookmarkName":"ss_T23C3N90S1_lv2_0371a3464","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C3N90Sa","SubSectionBookmarkName":"ss_T23C3N90Sa_lv3_964b00962","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C3N90Sb","SubSectionBookmarkName":"ss_T23C3N90Sb_lv3_257029824","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S2","SubSectionBookmarkName":"ss_T23C3N90S2_lv2_9cff2d703","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S3","SubSectionBookmarkName":"ss_T23C3N90S3_lv2_0498a78b6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S4","SubSectionBookmarkName":"ss_T23C3N90S4_lv2_1c1f69587","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S5","SubSectionBookmarkName":"ss_T23C3N90S5_lv2_4ae1f13c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C3N90Sa","SubSectionBookmarkName":"ss_T23C3N90Sa_lv3_e0ff7ce27","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C3N90Sb","SubSectionBookmarkName":"ss_T23C3N90Sb_lv3_8a6f77d69","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C3N90Sc","SubSectionBookmarkName":"ss_T23C3N90Sc_lv3_12c167ad0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C3N90Sd","SubSectionBookmarkName":"ss_T23C3N90Sd_lv3_30fe6016d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C3N90SB","SubSectionBookmarkName":"ss_T23C3N90SB_lv1_96da0423d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S1","SubSectionBookmarkName":"ss_T23C3N90S1_lv2_7189108fe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S2","SubSectionBookmarkName":"ss_T23C3N90S2_lv2_03e23725a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C3N90SC","SubSectionBookmarkName":"ss_T23C3N90SC_lv1_f8103e5ab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S1","SubSectionBookmarkName":"ss_T23C3N90S1_lv2_8d782a89a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S2","SubSectionBookmarkName":"ss_T23C3N90S2_lv2_defdf4da5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S3","SubSectionBookmarkName":"ss_T23C3N90S3_lv2_d2999a681","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C3N90SD","SubSectionBookmarkName":"ss_T23C3N90SD_lv1_86969f29a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S1","SubSectionBookmarkName":"ss_T23C3N90S1_lv2_25a049c02","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S2","SubSectionBookmarkName":"ss_T23C3N90S2_lv2_03b39368d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C3N90S3","SubSectionBookmarkName":"ss_T23C3N90S3_lv2_9391a1f4b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C3N90SE","SubSectionBookmarkName":"ss_T23C3N90SE_lv1_ccba1aa55","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"South Carolina Pray Safe Grant Program within the South Carolina Law Enforcement Division (SLED) to provide grants to eligible applicants for security enhancements to eligible facilities","Deleted":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_759d3e8a1"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>SC Pray Safe Act</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>davidgood@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5700,180 +9296,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...40 lines deleted...]
-</lwb360Metadata>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2964</Characters>
+  <Pages>5</Pages>
+  <Words>1485</Words>
+  <Characters>7964</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>181</Lines>
+  <Paragraphs>104</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3481</CharactersWithSpaces>
+  <CharactersWithSpaces>9345</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>