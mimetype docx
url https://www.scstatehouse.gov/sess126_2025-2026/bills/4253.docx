--- v0 (2025-12-15)
+++ v1 (2026-02-09)
@@ -124,51 +124,51 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. T. Moore and Crawford</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. T. Moore, Crawford and Gatch</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Companion/Similar bill(s): 431</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -187,59 +187,51 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the House on March 27, 2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Donor Statute</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -326,51 +318,51 @@
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>3/27/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Introduced and read first time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R07411502d03440e5">
+      <w:hyperlink w:history="true" r:id="R2fb8ba8bd9974c5a">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>House Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -378,90 +370,116 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>3/27/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="Rf068541a5a6347a3">
+      <w:hyperlink w:history="true" r:id="R33ad858158924a21">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>House Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Gatch
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R92275bf15d914424">
+      <w:hyperlink r:id="Rcbe9f1a75d044eb1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -479,51 +497,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rc2a7cae9010647a7">
+      <w:hyperlink r:id="Rfa6862d0dba64e9c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>03/27/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -2150,50 +2168,51 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="140"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -4494,51 +4513,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4253&amp;session=126&amp;summary=B" TargetMode="External" Id="R92275bf15d914424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4253_20250327.docx" TargetMode="External" Id="Rc2a7cae9010647a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250327.docx" TargetMode="External" Id="R07411502d03440e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250327.docx" TargetMode="External" Id="Rf068541a5a6347a3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4253&amp;session=126&amp;summary=B" TargetMode="External" Id="Rcbe9f1a75d044eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4253_20250327.docx" TargetMode="External" Id="Rfa6862d0dba64e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250327.docx" TargetMode="External" Id="R2fb8ba8bd9974c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20250327.docx" TargetMode="External" Id="R33ad858158924a21" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5717,50 +5736,52 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>16d463e3-2104-4188-bcf8-634f922b029e</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
   <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2025-03-26T00:00:00-04:00</T_BILL_DT_VERSION>
   <T_BILL_D_HOUSEINTRODATE>2025-03-26</T_BILL_D_HOUSEINTRODATE>
   <T_BILL_D_INTRODATE>2025-03-26</T_BILL_D_INTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2025</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>337e0d14-8906-4f43-b646-da77eaf1a1e8</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>e5c3892d-5ea2-4afb-9e57-94ebdaf7cc60</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>743b84f9-2144-42b4-95a9-e2c1f94a6dbf</T_BILL_SPONSOR_SPONSOR>