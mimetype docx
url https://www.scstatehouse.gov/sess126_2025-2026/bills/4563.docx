--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">House Resolution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Long</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Long, Oremus, Chumley and White</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0174AHB-AHB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Rules</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: House Rules, Standing Committee membership</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +337,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rabc2b94cc76f4879">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 23</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rules</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R7bd926b9c54b44ca">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 23</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: White
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rfa6a92cbde9e4f77">
+      <w:hyperlink r:id="R8b870531d08543ca">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +540,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R2554a6c5698d4250">
+      <w:hyperlink r:id="R03e2517685cf4825">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -1157,50 +1273,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1463962865">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="100"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -3695,51 +3812,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1640332376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4563&amp;session=126&amp;summary=B" TargetMode="External" Id="Rfa6a92cbde9e4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4563_20251217.docx" TargetMode="External" Id="R2554a6c5698d4250" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4563&amp;session=126&amp;summary=B" TargetMode="External" Id="R8b870531d08543ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4563_20251217.docx" TargetMode="External" Id="R03e2517685cf4825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rabc2b94cc76f4879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R7bd926b9c54b44ca" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{26EE2598-44E2-4722-B5EC-2894FBD4C1DF}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4645,57 +4762,59 @@
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <CHAMBER_DISPLAY>House of Representatives</CHAMBER_DISPLAY>
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>5e4619e1-69d8-463b-9db9-87164820cdc0</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-11-18T10:30:21.996747-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>89db0620-caaf-4585-9d28-35ab62d79612</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>85ff3498-fa32-4984-915b-a6397045c2a5</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>9bb51e5b-e46a-4e64-a876-1c6f4bfc890e</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4563]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4563</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND RULE 4.2 OF THE RULES OF THE HOUSE OF REPRESENTATIVES, RELATING TO STANDING COMMITTEES AND THEIR MEMBERSHIPS, SO AS TO REQUIRE STANDING COMMITTEES TO BE COMPOSED OF MEMBERS OF THE MAJORITY POLITICAL PARTY IN PROPORTION TO THE NUMBER OF REPRESENTATIVES OF EACH SUCH POLITICAL PARTY AS NEARLY AS POSSIBLE ENSURING THAT THE MAJORITY POLITICAL PARTY CONTAINS A MAJORITY OF THE MEMBERSHIP WITHIN EACH STANDING COMMITTEE.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>resolution</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SUBJECT>House Rules, Standing Committee membership</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>ashleyharwellbeach@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
   <T_BILL_UR_RESOLUTIONWRITER>ashleyharwellbeach@scstatehouse.gov</T_BILL_UR_RESOLUTIONWRITER>
 </lwb360Metadata>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>