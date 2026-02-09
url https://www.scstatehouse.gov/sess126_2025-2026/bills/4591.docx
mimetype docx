--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,108 +123,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Guffey</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Guffey, Pope, Oremus, Martin, Schuessler, Sessions, T. Moore, Chapman, Lawson, Brewer, Ford, Pedalino, Ligon, Robbins, Terribile, Huff, Govan and Wickensimer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0456SA26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Stop Harm from Addictive Social Media</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +336,275 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Ra345df7b799e4b8c">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R680181d7303545bc">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor:
+ Schuessler, Sessions
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/22/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: T.
+ Moore, Chapman, Lawson, Brewer, Ford, 
+ Pedalino, Ligon, Robbins
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor:
+ Terribile, Huff
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Govan, 
+ Wickensimer
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R0c48be355cde424b">
+      <w:hyperlink r:id="R774e7586f6f4407e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +622,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R52257ec9b0624e85">
+      <w:hyperlink r:id="Rd8388d3ea92b4ba1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="009068F0" w:rsidRDefault="00432135" w14:paraId="5167DA0E" w14:textId="4A96FB21">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="009068F0" w:rsidRDefault="00A73EFA" w14:paraId="18251F3C" w14:textId="1D2D01B9">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="009068F0" w:rsidRDefault="00A73EFA" w14:paraId="632BF399" w14:textId="62A7DCCA">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="009068F0" w:rsidRDefault="00A73EFA" w14:paraId="282D1444" w14:textId="5CCE0F44">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="009068F0" w:rsidRDefault="00A73EFA" w14:paraId="646F4CD1" w14:textId="682C9465">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="009068F0" w:rsidRDefault="00A73EFA" w14:paraId="1CE2DF25" w14:textId="1145C7BA">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -550,225 +746,225 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="004F4611" w14:paraId="6DDC6057" w14:textId="608CAEA5">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE “STOP HARM FROM ADDICTIVE SOCIAL MEDIA (SHASM) ACT”; AND BY ADDING ARTICLE 9 TO CHAPTER 5, TITLE 39 SO AS TO REQUIRE COVERED SOCIAL MEDIA PLATFORMS TO USE REASONABLE MEANS TO ESTIMATE THE AGE OF CERTAIN ACCOUNT HOLDERS, TO VERIFY THE AGE OF CERTAIN ACCOUNT HOLDERS, TO CREATE DEFAULT ACCOUNT SETTINGS FOR CERTAIN USERS, AND TO CREATE CERTAIN PARENTAL CONSENTS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_a49feddff" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_a49feddff" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="3A68DA73" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="63913688" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_072b60098" w:id="2"/>
+      <w:bookmarkStart w:name="ew_072b60098" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B567E3" w:rsidP="00B567E3" w:rsidRDefault="00B567E3" w14:paraId="54E5E78E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B567E3" w:rsidP="00DB6E1B" w:rsidRDefault="00B567E3" w14:paraId="12F11EDC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_34fb64852" w:id="3"/>
-      <w:bookmarkStart w:name="citing_act_93b4fb8a8" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_1_34fb64852" w:id="2"/>
+      <w:bookmarkStart w:name="citing_act_93b4fb8a8" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00DB6E1B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This act may be cited as the “</w:t>
       </w:r>
       <w:r w:rsidR="00483709">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Stops Harm from Addictive Social Media (SHASM) Act.</w:t>
       </w:r>
       <w:r w:rsidR="00DB6E1B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="4739A375" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="09408890" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_87ec08aa0" w:id="5"/>
+      <w:bookmarkStart w:name="bs_num_2_87ec08aa0" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_f7a98bd9a" w:id="5"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>hapter 5, Title 39 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="0BC3B39D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="6DCE4375" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_b46c0d793" w:id="7"/>
+      <w:bookmarkStart w:name="up_b46c0d793" w:id="6"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>rticle 9</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="1CFECCE7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="0095254D" w14:paraId="760774E2" w14:textId="38C7BE0D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_07b7e5e86" w:id="8"/>
+      <w:bookmarkStart w:name="up_07b7e5e86" w:id="7"/>
       <w:r w:rsidRPr="0095254D">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="0095254D">
         <w:t>top Harm from Addictive Social Media</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="171C006F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="28495F64" w14:textId="04F154BB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T39C5N910_7b3b4b524" w:id="9"/>
+      <w:bookmarkStart w:name="ns_T39C5N910_7b3b4b524" w:id="8"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>ection 39‑5‑910.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_3bb76393b" w:id="10"/>
+      <w:bookmarkStart w:name="up_3bb76393b" w:id="9"/>
       <w:r w:rsidR="0095254D">
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="0095254D">
         <w:t>s used in this article:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidRDefault="0095254D" w14:paraId="797FEE3A" w14:textId="2F1384B3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N910S1_lv1_6c6bb31ae" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T39C5N910S1_lv1_6c6bb31ae" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t>“Account</w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t xml:space="preserve"> h</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve">older” means a resident who has an account or a profile with a </w:t>
       </w:r>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r>
@@ -807,51 +1003,56 @@
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve">latform with a unique identifier during any period in which a </w:t>
       </w:r>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
-        <w:t>latform knows or should reasonably know is physically located in</w:t>
+        <w:t>latform</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="11"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="0095254D">
+        <w:t xml:space="preserve"> knows or should reasonably know is physically located in</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> this State.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="0D5CA563" w14:textId="0114C391">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910S2_lv1_ab30aa376" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>2) “Addictive features” means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="36417F9D" w14:textId="575449F5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
@@ -872,106 +1073,121 @@
       <w:r>
         <w:t>a) infinite scrolling, which means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="09C969CE" w14:textId="2F5E8376">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Si_lv3_d61bee646" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
-      <w:r>
-        <w:t>i) continuously loading content, or content that loads as the account</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) continuously loading content, or content that loads as the account</w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>holder scrolls down the page without the need to open a separate page; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="0EECA70E" w14:textId="37B9A349">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Sii_lv3_4c3ca0c7f" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
-        <w:t>ii) seamless content or the use of pages with no visible or apparent end or page breaks;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ii) seamless content or the use of pages with no visible or apparent end or page </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>breaks;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="27D185CD" w14:textId="5C391472">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Sb_lv2_87fa00b79" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>b) display of a profile‑exploiting feed;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) display of a profile‑exploiting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>feed;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="2C06C86A" w14:textId="6A3007B8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Sc_lv2_610ad5a8f" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve">c) push notifications, whether audible, visual, or tactile, designed to call the attention of the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
@@ -994,80 +1210,90 @@
         <w:t>account holder</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>account</w:t>
       </w:r>
       <w:r w:rsidR="00770ED0">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00770ED0">
         <w:t>Push notifications do not include a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> notification for the purpose of alerting the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> to incoming calls, text messages, email messages, or similar messages sent by human contacts and delivered by means of any application;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> to incoming calls, text messages, email messages, or similar messages sent by human contacts and delivered by means of any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>application;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="77A35E27" w14:textId="52FE44EA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Sd_lv2_4985c9952" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">d) auto‑play video or video that begins to play without the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> first clicking on the video or on a play button for that video;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> first clicking on the video or on a play button for that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>video;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="515FFFC1" w14:textId="1E4EE947">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Se_lv2_2d375f88e" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t xml:space="preserve">e) display of personal metrics that indicate the number of times other users have clicked a button or taken other action to indicate their reaction to content posted by the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
@@ -1553,119 +1779,133 @@
       <w:r w:rsidRPr="0095254D">
         <w:t>6501(8) and implementing regulations, and:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="4F9E0BDA" w14:textId="10FD7DC4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Si_lv3_fdf27d316" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
-      <w:r>
-        <w:t>i) a</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) a</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve">ny record of or derived from online activity or history, search history, or online communications of an </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve"> with respect to any application, website, or </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
-        <w:t>social media platform</w:t>
+        <w:t xml:space="preserve">social media </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00ED5445">
+        <w:t>platform</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="213D9AFD" w14:textId="687DD9F0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Sii_lv3_5f6b7c6f3" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t xml:space="preserve">ii) any </w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve">photograph or biometric information that is used or could </w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D" w:rsidR="00770ED0">
         <w:t>reasonably</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve"> be used to identify the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve"> including</w:t>
       </w:r>
       <w:r w:rsidR="00770ED0">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
         <w:t xml:space="preserve"> but not limited to</w:t>
       </w:r>
       <w:r w:rsidR="00770ED0">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0095254D">
-        <w:t xml:space="preserve"> fingerprints, voiceprints, iris or retina imagery scans, facial templates, and gait imagery or metrics</w:t>
+        <w:t xml:space="preserve"> fingerprints, voiceprints, iris or retina imagery </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095254D">
+        <w:lastRenderedPageBreak/>
+        <w:t>scans, facial templates, and gait imagery or metrics</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="001732AD">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="2E42A971" w14:textId="0CB5E451">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Siii_lv3_8d80fe180" w:id="32"/>
@@ -1713,71 +1953,81 @@
       <w:r>
         <w:t>b) The following do not constitute personal information:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="655F610F" w14:textId="7540F394">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Si_lv3_441903ca0" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
-      <w:r>
-        <w:t xml:space="preserve">i) an express search term, request, or selection submitted by the </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) an express search term, request, or selection submitted by the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> during the current session on the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
-        <w:t>social media platform</w:t>
+        <w:t xml:space="preserve">social media </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00ED5445">
+        <w:t>platform</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="171B69EC" w14:textId="30CF6F61">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Sii_lv3_a09991095" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t xml:space="preserve">ii) an identifier used solely for the purpose of directing personal communications to or from the </w:t>
       </w:r>
@@ -2374,74 +2624,83 @@
       <w:r>
         <w:t xml:space="preserve">14) “Social </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">latform” means an </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nternet website or application that is open to the public, allows a user to create an account, and enables an </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> to communicate with other users for the primary purpose of posting and viewing information, comments, messages, images, or videos. The term does not include:</w:t>
+        <w:t xml:space="preserve"> to communicate with other users for </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>the primary purpose of posting and viewing information, comments, messages, images, or videos. The term does not include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="155C7561" w14:textId="69FBACAE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Sa_lv2_dd5dd125b" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
-        <w:t>a) a broadband internet access service as defined by the Federal Communications Commission;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) a broadband internet access service as defined by the Federal Communications </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Commission;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="170FCA3B" w14:textId="67F2B33F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N910Sb_lv2_d3440f4e2" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>b) an online service, website, or application where the exclusive function is the support of communications, including email or direct messaging consisting of text, photographs, pictures, images, or videos, only between the sender and recipients specifically identified by the sender, without displaying or posting publicly or to other users not specifically identified as the recipients by the sender; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0095254D" w:rsidP="0095254D" w:rsidRDefault="0095254D" w14:paraId="1E4A386B" w14:textId="0F7DF9A2">
       <w:pPr>
@@ -2641,51 +2900,59 @@
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve">. If the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
-        <w:t xml:space="preserve">latform is able to conclude with </w:t>
+        <w:t xml:space="preserve">latform </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00773E56">
+        <w:t>is able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00773E56">
+        <w:t xml:space="preserve"> conclude with </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>eighty percent</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve"> confidence that the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve"> is over </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>seventeen</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve"> years of age, the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
@@ -2828,57 +3095,65 @@
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>latform</w:t>
       </w:r>
       <w:r w:rsidR="006C11F3">
-        <w:t xml:space="preserve"> i</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006C11F3">
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>s</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> able to conclude with </w:t>
+        <w:t xml:space="preserve"> able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> conclude with </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>ninety percent</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> confidence that the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is over </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>seventeen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> years of age, the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
@@ -3070,51 +3345,55 @@
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">latform to request, collect, or retain any information from or about any </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Rather, the age estimate required by this </w:t>
+        <w:t xml:space="preserve">. Rather, the age estimate required </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">by this </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be derived based on information collected and retained by the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
@@ -3238,92 +3517,100 @@
     </w:p>
     <w:p w:rsidR="00773E56" w:rsidP="00773E56" w:rsidRDefault="009C5DA4" w14:paraId="1581EBDF" w14:textId="6318F35A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T39C5N930_b7e8f072e" w:id="53"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t>ection 39‑5‑930.</w:t>
       </w:r>
       <w:r w:rsidR="00034D50">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T39C5N930SA_lv1_068c536e4" w:id="54"/>
       <w:r w:rsidR="00773E56">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:r w:rsidR="00773E56">
-        <w:t xml:space="preserve">A)(1) A </w:t>
+        <w:t>A)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T39C5N930S1_lv2_8fd701681" w:id="55"/>
+      <w:r w:rsidR="00773E56">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidR="00773E56">
+        <w:t xml:space="preserve">1) A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00773E56">
         <w:t>latform shall require applicants for an account to provide their birth dates as part of the account application process.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidP="00773E56" w:rsidRDefault="00773E56" w14:paraId="2E44854B" w14:textId="28EF18A3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N930S2_lv2_528ece4bb" w:id="55"/>
+      <w:bookmarkStart w:name="ss_T39C5N930S2_lv2_528ece4bb" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:t xml:space="preserve">2) A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
@@ -3393,63 +3680,63 @@
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">arental </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">onsent and </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be deleted immediately after an attempt to obtain verifiable parental consent, except to the extent necessary to comply with any other applicable state or federal law or regulation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00773E56" w14:paraId="08FC56D9" w14:textId="344F4AA4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N930SB_lv1_bdc4276e3" w:id="56"/>
+      <w:bookmarkStart w:name="ss_T39C5N930SB_lv1_bdc4276e3" w:id="57"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:t>B)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N930S1_lv2_1aac5645a" w:id="57"/>
+      <w:bookmarkStart w:name="ss_T39C5N930S1_lv2_1aac5645a" w:id="58"/>
       <w:r w:rsidR="00013EC5">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">1) An account for a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">hild </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve"> have all privacy settings set by default at the most private levels. A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
@@ -3498,55 +3785,55 @@
         <w:t xml:space="preserve"> long as the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve"> remains a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t>hild.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="539C7901" w14:textId="75411802">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N930S2_lv2_d2371f923" w:id="58"/>
+      <w:bookmarkStart w:name="ss_T39C5N930S2_lv2_d2371f923" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:t xml:space="preserve">2) In the course of obtaining </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">erifiable </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">arental </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">onsent for the establishment or continuation of an account for a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
@@ -3586,199 +3873,201 @@
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">arent of a separate password that enables the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t>arent to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="34DB01B7" w14:textId="63E7AFED">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N930Sa_lv3_28df56403" w:id="59"/>
+      <w:bookmarkStart w:name="ss_T39C5N930Sa_lv3_28df56403" w:id="60"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:t xml:space="preserve">a) monitor the amount of time the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">hild spends using the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t>latform;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="50DDA7F7" w14:textId="23647D01">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N930Sb_lv3_20db618b2" w:id="60"/>
+      <w:bookmarkStart w:name="ss_T39C5N930Sb_lv3_20db618b2" w:id="61"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:t xml:space="preserve">b) set daily and weekly time limits on use of the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t>latform; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00773E56" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="4146C38D" w14:textId="223E90FB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N930Sc_lv3_89df68741" w:id="61"/>
+      <w:bookmarkStart w:name="ss_T39C5N930Sc_lv3_89df68741" w:id="62"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:t xml:space="preserve">c) set limits on times of day when the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">latform can be accessed by the </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>hild.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="4B1C1BDD" w14:textId="3800D507">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N930SC_lv1_f586a42f4" w:id="62"/>
+      <w:bookmarkStart w:name="ss_T39C5N930SC_lv1_f586a42f4" w:id="63"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r>
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t xml:space="preserve">latform may not present </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
@@ -3794,55 +4083,55 @@
         <w:t xml:space="preserve">nterface </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t xml:space="preserve">eatures in the display or feed of any </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t>hild.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="6B946AFD" w14:textId="39375221">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N930SD_lv1_9482bbbf9" w:id="63"/>
+      <w:bookmarkStart w:name="ss_T39C5N930SD_lv1_9482bbbf9" w:id="64"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t xml:space="preserve">latform may not present </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
@@ -3872,66 +4161,66 @@
       <w:r w:rsidR="00ED5445">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t xml:space="preserve">dvertising in the display or feed of any </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00013EC5">
         <w:t>hild.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="15BA63D1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="009C5DA4" w14:paraId="00A39EBA" w14:textId="0547D280">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T39C5N940_fc49712bc" w:id="64"/>
+      <w:bookmarkStart w:name="ns_T39C5N940_fc49712bc" w:id="65"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:t>ection 39‑5‑940.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N940SA_lv1_9efad50ed" w:id="65"/>
+      <w:bookmarkStart w:name="ss_T39C5N940SA_lv1_9efad50ed" w:id="66"/>
       <w:r w:rsidR="00013EC5">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">A) A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
@@ -3971,113 +4260,117 @@
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">erifiable </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">arental </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t>onsent has been obtained for such account.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="2AFD8714" w14:textId="7A917312">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N940SB_lv1_2531cad88" w:id="66"/>
+      <w:bookmarkStart w:name="ss_T39C5N940SB_lv1_2531cad88" w:id="67"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:t xml:space="preserve">B) A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">latform shall terminate an account of a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">inor within no more than </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>seven</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> days after receipt of a request for termination from the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">days after receipt of a request for termination from the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="5B33E1BE" w14:textId="4FEAD5EC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N940SC_lv1_a6a5c1b20" w:id="67"/>
+      <w:bookmarkStart w:name="ss_T39C5N940SC_lv1_a6a5c1b20" w:id="68"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:t xml:space="preserve">C) A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
@@ -4174,55 +4467,55 @@
         <w:t xml:space="preserve">erifiable </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">arental </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>onsent.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="2A940D0A" w14:textId="0B00F477">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N940SD_lv1_537f47218" w:id="68"/>
+      <w:bookmarkStart w:name="ss_T39C5N940SD_lv1_537f47218" w:id="69"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
       <w:r>
         <w:t xml:space="preserve">D) A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
@@ -4237,66 +4530,66 @@
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">inor to request termination of any account of a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t>inor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="0CC4F062" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="009C5DA4" w14:paraId="105503D4" w14:textId="2D326626">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T39C5N950_a2536ab90" w:id="69"/>
+      <w:bookmarkStart w:name="ns_T39C5N950_a2536ab90" w:id="70"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:t>ection 39‑5‑950.</w:t>
       </w:r>
       <w:r w:rsidR="00034D50">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N950SA_lv1_a54ae3d7a" w:id="70"/>
+      <w:bookmarkStart w:name="ss_T39C5N950SA_lv1_a54ae3d7a" w:id="71"/>
       <w:r w:rsidR="00013EC5">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">A) If a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
@@ -4354,55 +4647,55 @@
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">latform shall notify the </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve"> of its intent to terminate the account within </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>seven</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve"> days of making that determination, and shall provide the reason therefor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="28808A9F" w14:textId="4879D4BF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N950SB_lv1_94b08f4ee" w:id="71"/>
+      <w:bookmarkStart w:name="ss_T39C5N950SB_lv1_94b08f4ee" w:id="72"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
       <w:r>
         <w:t xml:space="preserve">B) The </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
@@ -4436,162 +4729,162 @@
         <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">erifiable </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">arental </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>onsent.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="6652CED9" w14:textId="4598F0C6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N950SC_lv1_5b415849a" w:id="72"/>
+      <w:bookmarkStart w:name="ss_T39C5N950SC_lv1_5b415849a" w:id="73"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:t xml:space="preserve">C) If an </w:t>
       </w:r>
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> disputes his classification as a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">hild, a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t>latform may rely on any commercially reasonable age verification process to resolve the dispute.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="11D659EA" w14:textId="22F200DB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N950SD_lv1_f1a36824e" w:id="73"/>
+      <w:bookmarkStart w:name="ss_T39C5N950SD_lv1_f1a36824e" w:id="74"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:t xml:space="preserve">D) A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">latform shall make a reasonable determination of such dispute within </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>thirty</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> days of the completion of </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> age verification.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="7A469878" w14:textId="00F528A8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N950SE_lv1_f222a25a6" w:id="74"/>
+      <w:bookmarkStart w:name="ss_T39C5N950SE_lv1_f222a25a6" w:id="75"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:t xml:space="preserve">E) In the event a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
@@ -4618,133 +4911,133 @@
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">latform is obligated to terminate an account, it shall terminate that account within </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>seven</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> days of making that determination.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="01542EA1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00013EC5" w:rsidP="00013EC5" w:rsidRDefault="009C5DA4" w14:paraId="7DD92AAC" w14:textId="77AA0984">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T39C5N960_ffecf318a" w:id="75"/>
+      <w:bookmarkStart w:name="ns_T39C5N960_ffecf318a" w:id="76"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:t>ection 39‑5‑960.</w:t>
       </w:r>
       <w:r w:rsidR="00034D50">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N960SA_lv1_1e4ae3d02" w:id="76"/>
+      <w:bookmarkStart w:name="ss_T39C5N960SA_lv1_1e4ae3d02" w:id="77"/>
       <w:r w:rsidR="00013EC5">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">A) This article does not limit </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve"> content </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">parent may show </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>his</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve"> children.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidP="00013EC5" w:rsidRDefault="00013EC5" w14:paraId="158D93DC" w14:textId="69456A8B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N960SB_lv1_7ed900d06" w:id="77"/>
+      <w:bookmarkStart w:name="ss_T39C5N960SB_lv1_7ed900d06" w:id="78"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:t xml:space="preserve">B) This article does not limit, beyond any limits imposed by other law, what results an online search engine may return in response to a query by a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>hild.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="736E0954" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidP="00013EC5" w:rsidRDefault="009C5DA4" w14:paraId="5F68DFE0" w14:textId="552BADD1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T39C5N970_7e956257f" w:id="78"/>
+      <w:bookmarkStart w:name="ns_T39C5N970_7e956257f" w:id="79"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:t>ection 39‑5‑970.</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:tab/>
         <w:t xml:space="preserve">If a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
@@ -4799,231 +5092,244 @@
       <w:r w:rsidR="005E1877">
         <w:t>account holder</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t xml:space="preserve"> was a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00013EC5">
         <w:t>hild.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="55617C73" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F10E63" w:rsidP="00F10E63" w:rsidRDefault="009C5DA4" w14:paraId="4955DD20" w14:textId="79C2B982">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T39C5N980_eb0716636" w:id="79"/>
+      <w:bookmarkStart w:name="ns_T39C5N980_eb0716636" w:id="80"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:t>ection 39‑5‑980.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N980SA_lv1_d43a1bad7" w:id="80"/>
+      <w:bookmarkStart w:name="ss_T39C5N980SA_lv1_d43a1bad7" w:id="81"/>
       <w:r w:rsidR="00F10E63">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
       <w:r w:rsidR="00F10E63">
         <w:t xml:space="preserve">A) A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00F10E63">
         <w:t xml:space="preserve">hild or </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00F10E63">
         <w:t xml:space="preserve">arent </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>has</w:t>
       </w:r>
       <w:r w:rsidR="00F10E63">
         <w:t xml:space="preserve"> a private right of action for declaratory or injunctive relief, damages, including harm to mental health and emotional distress, court costs</w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F10E63">
         <w:t xml:space="preserve"> and reasonable attorney</w:t>
       </w:r>
       <w:r w:rsidR="006C11F3">
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidR="00F10E63">
-        <w:t xml:space="preserve"> fees, and any other appropriate relief as a result of any negligent, reckless, or knowing violation of this article.</w:t>
+        <w:t xml:space="preserve"> fees, and any other appropriate relief </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F10E63">
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F10E63">
+        <w:t xml:space="preserve"> any negligent, reckless, or knowing violation of this article.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F10E63" w:rsidP="00F10E63" w:rsidRDefault="00F10E63" w14:paraId="7E10FB20" w14:textId="4FE35392">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N980SB_lv1_7877e2386" w:id="81"/>
+      <w:bookmarkStart w:name="ss_T39C5N980SB_lv1_7877e2386" w:id="82"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:t xml:space="preserve">B) Where a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">latform’s violation was reckless or knowing, a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">hild or </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">arent who prevails on a claim based on any violation of this </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>article</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is entitled to recover the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00702912">
         <w:t>greater</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
-        <w:t xml:space="preserve">of </w:t>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00702912">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t xml:space="preserve">ten thousand dollars </w:t>
       </w:r>
       <w:r>
         <w:t>in statutory damages or actual damages established at trial.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F10E63" w:rsidP="00F10E63" w:rsidRDefault="00F10E63" w14:paraId="6C7EE70B" w14:textId="1A2A0EF7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N980SC_lv1_f0e0afe11" w:id="82"/>
+      <w:bookmarkStart w:name="ss_T39C5N980SC_lv1_f0e0afe11" w:id="83"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:t xml:space="preserve">C) Where a </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">latform’s violation </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> part of a consistent pattern of reckless or knowing conduct, punitive damages may be awarded.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F10E63" w:rsidP="00F10E63" w:rsidRDefault="00F10E63" w14:paraId="5B728AE7" w14:textId="3DC728A1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N980SD_lv1_d3ea46326" w:id="83"/>
+      <w:bookmarkStart w:name="ss_T39C5N980SD_lv1_d3ea46326" w:id="84"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:t xml:space="preserve">D) A </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r>
@@ -5072,145 +5378,145 @@
         <w:t>latform</w:t>
       </w:r>
       <w:r w:rsidR="00200DB5">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to comply with the requirements of this </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>ct.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidP="00F10E63" w:rsidRDefault="00F10E63" w14:paraId="17F02D15" w14:textId="3FCFEB97">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N980SE_lv1_ba9e21701" w:id="84"/>
+      <w:bookmarkStart w:name="ss_T39C5N980SE_lv1_ba9e21701" w:id="85"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:t xml:space="preserve">E) A civil action for damages for a violation of this </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>article</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> must be brought within three years of the date the plaintiff knew, or reasonably should have known, of the alleged violation. However, this limitation period for such action </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be tolled during the minority of the plaintiff, pursuant to</w:t>
       </w:r>
       <w:r w:rsidR="00F922FC">
         <w:t xml:space="preserve"> this </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>article</w:t>
       </w:r>
       <w:r w:rsidR="00F922FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="73FE4848" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="7D27E132" w14:textId="39D38FCE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T39C5N990_b816bdfca" w:id="85"/>
+      <w:bookmarkStart w:name="ns_T39C5N990_b816bdfca" w:id="86"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:t>ection 39‑5‑990.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N990SA_lv1_afc9e5631" w:id="86"/>
+      <w:bookmarkStart w:name="ss_T39C5N990SA_lv1_afc9e5631" w:id="87"/>
       <w:r w:rsidR="00F10E63">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
       <w:r w:rsidR="00F10E63">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63" w:rsidR="00F10E63">
         <w:t xml:space="preserve">Any knowing or reckless violation of this </w:t>
       </w:r>
       <w:r w:rsidR="00F10E63">
         <w:t>article</w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63" w:rsidR="00F10E63">
         <w:t xml:space="preserve"> constitute</w:t>
       </w:r>
       <w:r w:rsidR="00F10E63">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63" w:rsidR="00F10E63">
         <w:t xml:space="preserve"> a violation of</w:t>
       </w:r>
       <w:r w:rsidR="00F10E63">
         <w:t xml:space="preserve"> this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F10E63" w:rsidRDefault="00F10E63" w14:paraId="1EF346BC" w14:textId="189FC954">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T39C5N990SB_lv1_22dee07fc" w:id="87"/>
+      <w:bookmarkStart w:name="ss_T39C5N990SB_lv1_22dee07fc" w:id="88"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63">
         <w:t xml:space="preserve">If the Attorney General has reasonable cause to believe that any </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63">
         <w:t xml:space="preserve">overed </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63">
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
@@ -5219,172 +5525,172 @@
       <w:r w:rsidRPr="00F10E63">
         <w:t xml:space="preserve">latform has engaged in, is engaging in, or is about to engage in, any knowing or reckless violation of this </w:t>
       </w:r>
       <w:r w:rsidR="00702912">
         <w:t>article</w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63">
         <w:t>, the Attorney General may investigate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and seek remedies as provided by law pursuant to this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="7DF742DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="11CCC9F7" w14:textId="3E94ADAA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T39C5N1000_140615b4e" w:id="88"/>
+      <w:bookmarkStart w:name="ns_T39C5N1000_140615b4e" w:id="89"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:t>ection 39‑5‑1000.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F10E63" w:rsidR="00F10E63">
         <w:t xml:space="preserve">A waiver or limitation of any prohibition, limitation, requirement, or right to remedies established by this </w:t>
       </w:r>
       <w:r w:rsidR="00F10E63">
         <w:t>article</w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63" w:rsidR="00F10E63">
         <w:t xml:space="preserve">, by any </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63" w:rsidR="00F10E63">
         <w:t xml:space="preserve">inor or </w:t>
       </w:r>
       <w:r w:rsidR="00ED5445">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F10E63" w:rsidR="00F10E63">
         <w:t>arent, is unlawful, contrary to public policy, void ab initio, and of no effect, and no court or arbitrator may enforce or give effect to any such waiver, notwithstanding any contract or choice‑of‑law provision in a contract.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F10E63" w:rsidP="00F10E63" w:rsidRDefault="00F10E63" w14:paraId="093D8E83" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F10E63" w:rsidP="003534E2" w:rsidRDefault="00F10E63" w14:paraId="6885521D" w14:textId="4903BE85">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_c70436c1a" w:id="89"/>
-      <w:bookmarkStart w:name="severability_6f6fc4a97" w:id="90"/>
+      <w:bookmarkStart w:name="bs_num_3_c70436c1a" w:id="90"/>
+      <w:bookmarkStart w:name="severability_6f6fc4a97" w:id="91"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
       <w:r w:rsidRPr="00B0415B" w:rsidR="003534E2">
         <w:t>If any section, subsection, paragraph, subparagraph, sentence, clause, phrase, or word of this act is for any reason held to be unconstitutional or invalid, such holding shall not affect the constitutionality or validity of the remaining portions of this act, the General Assembly hereby declaring that it would have passed this act, and each and every section, subsection, paragraph, subparagraph, sentence, clause, phrase, and word thereof, irrespective of the fact that any one or more other sections, subsections, paragraphs, subparagraphs, sentences, clauses, phrases, or words hereof may be declared to be unconstitutional, invalid, or otherwise ineffective.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C5DA4" w:rsidRDefault="009C5DA4" w14:paraId="786CCCB0" w14:textId="1990F14A">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="00F5727A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="91"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="92"/>
+      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="92"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="93"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="63357395" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00804C4E">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="411B43B0" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0097E5" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -5417,173 +5723,175 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31DBE220" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="2667A238" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="008F06E9" w:rsidP="00D14995">
+      <w:p w14:paraId="2667A238" w14:textId="7058B1D4" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00913DF8" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00332ED5">
+              <w:t>[4591]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="006940F6">
+            <w:r w:rsidR="007E1985">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0456SA26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="551777C3" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="55750A1B" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5845,51 +6153,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="108"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -5914,369 +6224,391 @@
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00075B64"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A375A"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000C7E1C"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D53D8"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F2E0C"/>
     <w:rsid w:val="00100B1F"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
+    <w:rsid w:val="0011419F"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="0014700D"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="001732AD"/>
     <w:rsid w:val="00176122"/>
+    <w:rsid w:val="00185886"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192390"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B498F"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E4555"/>
     <w:rsid w:val="001E4949"/>
+    <w:rsid w:val="001E5EB3"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00200DB5"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="0020490B"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002160D8"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="00260A4D"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A67C1"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00321B3B"/>
+    <w:rsid w:val="00332ED5"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="003534E2"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="0039364F"/>
     <w:rsid w:val="00395703"/>
     <w:rsid w:val="003958FD"/>
     <w:rsid w:val="003A20B1"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D0C67"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
+    <w:rsid w:val="00405052"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="00483709"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3BF8"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E3ECD"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E779F"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F4611"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
+    <w:rsid w:val="00504267"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="005279AC"/>
     <w:rsid w:val="00530075"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="005611A9"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005774F8"/>
     <w:rsid w:val="005801DD"/>
+    <w:rsid w:val="00583045"/>
     <w:rsid w:val="00592A40"/>
+    <w:rsid w:val="005A035E"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A58BE"/>
     <w:rsid w:val="005A7FA3"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1877"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="0061254D"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00622D97"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00672A3A"/>
+    <w:rsid w:val="00672E73"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="0068484D"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006940F6"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006B416B"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C11F3"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E3B31"/>
+    <w:rsid w:val="006F7130"/>
     <w:rsid w:val="00702912"/>
+    <w:rsid w:val="00711341"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="007150CE"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00723926"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="0073401F"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00740B6A"/>
     <w:rsid w:val="00770ED0"/>
     <w:rsid w:val="00773E56"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
+    <w:rsid w:val="007E1985"/>
     <w:rsid w:val="007E397D"/>
+    <w:rsid w:val="007E495D"/>
     <w:rsid w:val="007E584D"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00804C4E"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="008216C9"/>
     <w:rsid w:val="00824997"/>
     <w:rsid w:val="00826B07"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="008745C2"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B3511"/>
     <w:rsid w:val="008B392F"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E3373"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009025EF"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="009068F0"/>
+    <w:rsid w:val="00913DF8"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="009244CF"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00932479"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="00942C91"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="0095254D"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00980CD2"/>
     <w:rsid w:val="009822A0"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
+    <w:rsid w:val="00987CBF"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009929BF"/>
+    <w:rsid w:val="00997DC7"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C5DA4"/>
     <w:rsid w:val="009D1D46"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
+    <w:rsid w:val="009E020E"/>
     <w:rsid w:val="009E156E"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24121"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A63E41"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A84B9F"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A94869"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA039F"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
+    <w:rsid w:val="00AB20E2"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC34A9"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC5F9B"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD6AA8"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE3515"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B13A04"/>
+    <w:rsid w:val="00B15558"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B567E3"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B80AB0"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B85CBC"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
@@ -6284,50 +6616,51 @@
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C1634E"/>
     <w:rsid w:val="00C17A0B"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C46E2C"/>
     <w:rsid w:val="00C50A91"/>
     <w:rsid w:val="00C51F92"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C70713"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C947F0"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA4C55"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CC7C1F"/>
+    <w:rsid w:val="00CC7CE2"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D24E15"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D3438A"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00DA07CB"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
@@ -6385,59 +6718,64 @@
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F10E63"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F3661B"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F67D21"/>
     <w:rsid w:val="00F7381F"/>
     <w:rsid w:val="00F75737"/>
+    <w:rsid w:val="00F84B44"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F922FC"/>
     <w:rsid w:val="00FA0F2E"/>
+    <w:rsid w:val="00FA4B54"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FB5AB3"/>
     <w:rsid w:val="00FB7F34"/>
+    <w:rsid w:val="00FC05B1"/>
     <w:rsid w:val="00FC3593"/>
+    <w:rsid w:val="00FC7557"/>
     <w:rsid w:val="00FD117D"/>
+    <w:rsid w:val="00FD3028"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE4BE3"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -6829,1360 +7167,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="004F5CA4"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="004F5CA4"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005A7FA3"/>
+    <w:rsid w:val="004F5CA4"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -8196,51 +8536,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4591&amp;session=126&amp;summary=B" TargetMode="External" Id="R0c48be355cde424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4591_20251217.docx" TargetMode="External" Id="R52257ec9b0624e85" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4591&amp;session=126&amp;summary=B" TargetMode="External" Id="R774e7586f6f4407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4591_20251217.docx" TargetMode="External" Id="Rd8388d3ea92b4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Ra345df7b799e4b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R680181d7303545bc" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -8267,142 +8607,147 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00100B1F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="0039364F"/>
     <w:rsid w:val="003958FD"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="0061254D"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="009822A0"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009929BF"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00B85CBC"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00DD2D44"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
+    <w:rsid w:val="00FC05B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -9126,137 +9471,63 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...68 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -9473,161 +9744,220 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>4a885b57-4e0d-4f31-8ddb-72a5cb51f8d7</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>a3629282-eb3e-457c-8e10-24f2bef721e5</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>a473e85b-281a-4d42-b082-1c4bae69fa83</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>c58b5b86-9779-4ed7-abe6-e9303817f84a</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4591]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4591</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE “STOP HARM FROM ADDICTIVE SOCIAL MEDIA (SHASM) ACT”; AND BY ADDING ARTICLE 9 TO CHAPTER 5, TITLE 39 SO AS TO REQUIRE COVERED SOCIAL MEDIA PLATFORMS TO USE REASONABLE MEANS TO ESTIMATE THE AGE OF CERTAIN ACCOUNT HOLDERS, TO VERIFY THE AGE OF CERTAIN ACCOUNT HOLDERS, TO CREATE DEFAULT ACCOUNT SETTINGS FOR CERTAIN USERS, AND TO CREATE CERTAIN PARENTAL CONSENTS.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"1e8d11a7-5bc0-4449-b370-4c06b085cbb0","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “Stops Harm from Addictive Social Media (SHASM) Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_34fb64852"},{"SectionUUID":"ff43c48d-620b-481b-81ae-08f6378cd07c","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T39C5N910_7b3b4b524","IsConstitutionSection":false,"Identity":"39-5-910","IsNew":true,"SubSections":[{"Level":1,"Identity":"T39C5N910S1","SubSectionBookmarkName":"ss_T39C5N910S1_lv1_6c6bb31ae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S2","SubSectionBookmarkName":"ss_T39C5N910S2_lv1_ab30aa376","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sa","SubSectionBookmarkName":"ss_T39C5N910Sa_lv2_6dc17bc29","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N910Si","SubSectionBookmarkName":"ss_T39C5N910Si_lv3_d61bee646","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N910Sii","SubSectionBookmarkName":"ss_T39C5N910Sii_lv3_4c3ca0c7f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sb","SubSectionBookmarkName":"ss_T39C5N910Sb_lv2_87fa00b79","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sc","SubSectionBookmarkName":"ss_T39C5N910Sc_lv2_610ad5a8f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sd","SubSectionBookmarkName":"ss_T39C5N910Sd_lv2_4985c9952","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Se","SubSectionBookmarkName":"ss_T39C5N910Se_lv2_2d375f88e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sf","SubSectionBookmarkName":"ss_T39C5N910Sf_lv2_ccc13138d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S3","SubSectionBookmarkName":"ss_T39C5N910S3_lv1_3e9c63c8a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S4","SubSectionBookmarkName":"ss_T39C5N910S4_lv1_5b7165db9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S5","SubSectionBookmarkName":"ss_T39C5N910S5_lv1_dff1db5c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S6","SubSectionBookmarkName":"ss_T39C5N910S6_lv1_bd13e9eae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S7","SubSectionBookmarkName":"ss_T39C5N910S7_lv1_c5013d814","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S8","SubSectionBookmarkName":"ss_T39C5N910S8_lv1_d24a9a88a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S9","SubSectionBookmarkName":"ss_T39C5N910S9_lv1_bf3683e86","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S10","SubSectionBookmarkName":"ss_T39C5N910S10_lv1_eba15b1a7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sa","SubSectionBookmarkName":"ss_T39C5N910Sa_lv2_5bb4e0655","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N910Si","SubSectionBookmarkName":"ss_T39C5N910Si_lv3_fdf27d316","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N910Sii","SubSectionBookmarkName":"ss_T39C5N910Sii_lv3_5f6b7c6f3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N910Siii","SubSectionBookmarkName":"ss_T39C5N910Siii_lv3_8d80fe180","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sb","SubSectionBookmarkName":"ss_T39C5N910Sb_lv2_fb395a106","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N910Si","SubSectionBookmarkName":"ss_T39C5N910Si_lv3_441903ca0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N910Sii","SubSectionBookmarkName":"ss_T39C5N910Sii_lv3_a09991095","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N910Siii","SubSectionBookmarkName":"ss_T39C5N910Siii_lv3_f1de3413a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S11","SubSectionBookmarkName":"ss_T39C5N910S11_lv1_76a99e744","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S12","SubSectionBookmarkName":"ss_T39C5N910S12_lv1_a6f82bf83","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sa","SubSectionBookmarkName":"ss_T39C5N910Sa_lv2_637f024ea","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sb","SubSectionBookmarkName":"ss_T39C5N910Sb_lv2_27e9f6896","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S13","SubSectionBookmarkName":"ss_T39C5N910S13_lv1_2759fa042","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S14","SubSectionBookmarkName":"ss_T39C5N910S14_lv1_a39072605","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sa","SubSectionBookmarkName":"ss_T39C5N910Sa_lv2_dd5dd125b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sb","SubSectionBookmarkName":"ss_T39C5N910Sb_lv2_d3440f4e2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N910Sc","SubSectionBookmarkName":"ss_T39C5N910Sc_lv2_abc1ab8d7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N910S15","SubSectionBookmarkName":"ss_T39C5N910S15_lv1_617a54c78","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T39C5N920_1fabd4bbb","IsConstitutionSection":false,"Identity":"39-5-920","IsNew":true,"SubSections":[{"Level":1,"Identity":"T39C5N920SA","SubSectionBookmarkName":"ss_T39C5N920SA_lv1_2c2c2dba2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N920SB","SubSectionBookmarkName":"ss_T39C5N920SB_lv1_26ba123a2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N920SC","SubSectionBookmarkName":"ss_T39C5N920SC_lv1_e1f42130f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N920SD","SubSectionBookmarkName":"ss_T39C5N920SD_lv1_5b863c06d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N920SE","SubSectionBookmarkName":"ss_T39C5N920SE_lv1_f66baa5b0","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T39C5N930_b7e8f072e","IsConstitutionSection":false,"Identity":"39-5-930","IsNew":true,"SubSections":[{"Level":1,"Identity":"T39C5N930SA","SubSectionBookmarkName":"ss_T39C5N930SA_lv1_068c536e4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N930S2","SubSectionBookmarkName":"ss_T39C5N930S2_lv2_528ece4bb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N930SB","SubSectionBookmarkName":"ss_T39C5N930SB_lv1_bdc4276e3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N930S1","SubSectionBookmarkName":"ss_T39C5N930S1_lv2_1aac5645a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N930S2","SubSectionBookmarkName":"ss_T39C5N930S2_lv2_d2371f923","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N930Sa","SubSectionBookmarkName":"ss_T39C5N930Sa_lv3_28df56403","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N930Sb","SubSectionBookmarkName":"ss_T39C5N930Sb_lv3_20db618b2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T39C5N930Sc","SubSectionBookmarkName":"ss_T39C5N930Sc_lv3_89df68741","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N930SC","SubSectionBookmarkName":"ss_T39C5N930SC_lv1_f586a42f4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N930SD","SubSectionBookmarkName":"ss_T39C5N930SD_lv1_9482bbbf9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T39C5N930S1","SubSectionBookmarkName":"ss_T39C5N930S1_lv2_8fd701681","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T39C5N940_fc49712bc","IsConstitutionSection":false,"Identity":"39-5-940","IsNew":true,"SubSections":[{"Level":1,"Identity":"T39C5N940SA","SubSectionBookmarkName":"ss_T39C5N940SA_lv1_9efad50ed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N940SB","SubSectionBookmarkName":"ss_T39C5N940SB_lv1_2531cad88","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N940SC","SubSectionBookmarkName":"ss_T39C5N940SC_lv1_a6a5c1b20","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N940SD","SubSectionBookmarkName":"ss_T39C5N940SD_lv1_537f47218","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T39C5N950_a2536ab90","IsConstitutionSection":false,"Identity":"39-5-950","IsNew":true,"SubSections":[{"Level":1,"Identity":"T39C5N950SA","SubSectionBookmarkName":"ss_T39C5N950SA_lv1_a54ae3d7a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N950SB","SubSectionBookmarkName":"ss_T39C5N950SB_lv1_94b08f4ee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N950SC","SubSectionBookmarkName":"ss_T39C5N950SC_lv1_5b415849a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N950SD","SubSectionBookmarkName":"ss_T39C5N950SD_lv1_f1a36824e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N950SE","SubSectionBookmarkName":"ss_T39C5N950SE_lv1_f222a25a6","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T39C5N960_ffecf318a","IsConstitutionSection":false,"Identity":"39-5-960","IsNew":true,"SubSections":[{"Level":1,"Identity":"T39C5N960SA","SubSectionBookmarkName":"ss_T39C5N960SA_lv1_1e4ae3d02","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N960SB","SubSectionBookmarkName":"ss_T39C5N960SB_lv1_7ed900d06","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T39C5N970_7e956257f","IsConstitutionSection":false,"Identity":"39-5-970","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T39C5N980_eb0716636","IsConstitutionSection":false,"Identity":"39-5-980","IsNew":true,"SubSections":[{"Level":1,"Identity":"T39C5N980SA","SubSectionBookmarkName":"ss_T39C5N980SA_lv1_d43a1bad7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N980SB","SubSectionBookmarkName":"ss_T39C5N980SB_lv1_7877e2386","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N980SC","SubSectionBookmarkName":"ss_T39C5N980SC_lv1_f0e0afe11","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N980SD","SubSectionBookmarkName":"ss_T39C5N980SD_lv1_d3ea46326","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N980SE","SubSectionBookmarkName":"ss_T39C5N980SE_lv1_ba9e21701","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T39C5N990_b816bdfca","IsConstitutionSection":false,"Identity":"39-5-990","IsNew":true,"SubSections":[{"Level":1,"Identity":"T39C5N990SA","SubSectionBookmarkName":"ss_T39C5N990SA_lv1_afc9e5631","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T39C5N990SB","SubSectionBookmarkName":"ss_T39C5N990SB_lv1_22dee07fc","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T39C5N1000_140615b4e","IsConstitutionSection":false,"Identity":"39-5-1000","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"by adding article 9 to chapter 5, title 39 so as to require covered social media platforms to use reasonable means to estimate the age of certain account holders, to verify the age of certain account holders, to create default account settings for certain users, and to create certain parental consents","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_87ec08aa0"},{"SectionUUID":"2f97f40d-7088-4dd7-a7ad-b223e9469e03","SectionName":"Severability","SectionNumber":3,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_c70436c1a"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Stop Harm from Addictive Social Media</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>samanthaallen@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>16326</Characters>
+  <Pages>8</Pages>
+  <Words>3137</Words>
+  <Characters>16316</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>251</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Lines>263</Lines>
+  <Paragraphs>94</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19353</CharactersWithSpaces>
+  <CharactersWithSpaces>19359</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>