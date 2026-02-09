--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,108 +123,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Holman</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Holman, C. Mitchell, Pope, Oremus, Edgerton, White, Kilmartin and Schuessler</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0441SA26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Ways and Means</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Property Tax Exemption</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +336,219 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R66da6511225345b0">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 32</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ways and Means</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rcad2aa0feb804cf8">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 32</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: White, 
+ Kilmartin
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Schuessler
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R74452a4131774d11">
+      <w:hyperlink r:id="Rb0cf8cb146ca4ef3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +566,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R58ea00f0a48c4f56">
+      <w:hyperlink r:id="R4cfb7aa5f6b4493d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="008B229C" w:rsidRDefault="00432135" w14:paraId="2BA5A703" w14:textId="1E0F3A04">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="008B229C" w:rsidRDefault="00A73EFA" w14:paraId="0D04FAEE" w14:textId="49316D5A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="008B229C" w:rsidRDefault="00A73EFA" w14:paraId="131B31F6" w14:textId="083CF93E">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="008B229C" w:rsidRDefault="00A73EFA" w14:paraId="1558785F" w14:textId="26326BBC">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="008B229C" w:rsidRDefault="00A73EFA" w14:paraId="7E0E8B5B" w14:textId="775BC537">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="008B229C" w:rsidRDefault="00A73EFA" w14:paraId="0F0520C4" w14:textId="16A9B87B">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -556,144 +696,149 @@
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00EC7127" w14:paraId="35737E46" w14:textId="10054C59">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 12‑37‑220, RELATING TO PROPERTY TAX EXEMPTIONS</w:t>
           </w:r>
           <w:r w:rsidR="00973F77">
             <w:t>,</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> SO AS TO PROVIDE THAT CERTAIN INCREASES IN PROPERTY TAX ARE EXEMPT FOR INDIVIDUALS SIXTY‑FIVE AND OLDER.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_57e8b1221" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_57e8b1221" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="2AC0109C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="2549E799" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_c3b16ed58" w:id="2"/>
+      <w:bookmarkStart w:name="ew_c3b16ed58" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008307FC" w:rsidRDefault="008307FC" w14:paraId="1F469188" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="7149C3AD" w14:textId="502977F2">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_4990e6e51" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_4990e6e51" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_422324d60" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>ection 12‑37‑220</w:t>
       </w:r>
       <w:r w:rsidR="00EC7127">
         <w:t>(B)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008307FC" w:rsidRDefault="008307FC" w14:paraId="35E4C9AC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008307FC" w:rsidRDefault="008307FC" w14:paraId="25198ED9" w14:textId="1E2419B4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ns_T12C37N220_b8a9ff145" w:id="5"/>
+      <w:bookmarkStart w:name="ns_T12C37N220_b8a9ff145" w:id="4"/>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T12C37N220S54_lv1_b834f5916" w:id="6"/>
+      <w:bookmarkStart w:name="ss_T12C37N220S54_lv1_b834f5916" w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>54)</w:t>
       </w:r>
       <w:r w:rsidR="006423F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006423F6" w:rsidR="006423F6">
         <w:t>to the extent not already exempt pursuant to Section 12‑37‑250,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC7127">
         <w:t xml:space="preserve">for an individual who </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC7127" w:rsidR="00EC7127">
         <w:t>has reached the age of sixty‑five years on or before December thirty‑first</w:t>
       </w:r>
       <w:r w:rsidR="00EC7127">
-        <w:t>, any increase in property tax owed from the time the individual reached the age of sixty‑five years.</w:t>
+        <w:t xml:space="preserve">, any increase in property tax owed from the time the individual </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="6"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00EC7127">
+        <w:t>reached the age of sixty‑five years.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008307FC" w:rsidRDefault="008307FC" w14:paraId="6089D99F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="236E8AD8" w14:textId="37DD9CE7">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="7"/>
       <w:bookmarkStart w:name="eff_date_section" w:id="8"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor</w:t>
@@ -715,56 +860,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="0010329A">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="55BB4103" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB9FD90" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -847,125 +992,125 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7DB30BAB" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="48AB2F73" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="003E0A67" w:rsidP="00D14995">
+      <w:p w14:paraId="48AB2F73" w14:textId="59B88C20" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0014015C" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00CD1C2F">
+              <w:t>[4596]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00AA0A78">
+            <w:r w:rsidR="00CD1C2F">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0441SA26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0497EC2A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6D756F03" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1227,51 +1372,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="108"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -1295,253 +1442,266 @@
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D65B7"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F2BE8"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00131455"/>
     <w:rsid w:val="00140049"/>
+    <w:rsid w:val="0014015C"/>
     <w:rsid w:val="0016332D"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="0022000B"/>
     <w:rsid w:val="002217A3"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="002439D2"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00372CB1"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00390682"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D34D6"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
+    <w:rsid w:val="003F04F7"/>
+    <w:rsid w:val="003F2F6E"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00404A51"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="00411842"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="004411A4"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="0047299B"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00487CFD"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B3874"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C1E89"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
+    <w:rsid w:val="004D4A6F"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F456E"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="0052385E"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00535A09"/>
+    <w:rsid w:val="00537C7F"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00580003"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A134B"/>
     <w:rsid w:val="005A28BC"/>
+    <w:rsid w:val="005A35AC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B289F"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C334E"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D14E4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006423F6"/>
     <w:rsid w:val="006454BB"/>
+    <w:rsid w:val="00651B78"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00670472"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="00703CCC"/>
     <w:rsid w:val="00707A0C"/>
     <w:rsid w:val="00707A12"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="007141ED"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
+    <w:rsid w:val="007322B8"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A5E43"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E4D86"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="008040BE"/>
+    <w:rsid w:val="0080482D"/>
     <w:rsid w:val="00810ECF"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="008307FC"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="008361FB"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
+    <w:rsid w:val="00892652"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B229C"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C45D7"/>
     <w:rsid w:val="008D1F3E"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00920241"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
@@ -1558,55 +1718,57 @@
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E322E"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A163E0"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A41C46"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A55865"/>
     <w:rsid w:val="00A56FAA"/>
     <w:rsid w:val="00A60D68"/>
+    <w:rsid w:val="00A6483C"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA0A78"/>
+    <w:rsid w:val="00AA45E1"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0563"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC7A8C"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B0451F"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56542"/>
     <w:rsid w:val="00B56E79"/>
@@ -1616,97 +1778,102 @@
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD4A96"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C5382B"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C70225"/>
+    <w:rsid w:val="00C70901"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C92468"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
+    <w:rsid w:val="00CD1C2F"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD41BB"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D1195B"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D313A9"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D33C7E"/>
     <w:rsid w:val="00D41C31"/>
     <w:rsid w:val="00D43E62"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D7500F"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D822A6"/>
+    <w:rsid w:val="00D9481E"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA4641"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E1372E"/>
+    <w:rsid w:val="00E15350"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E741B0"/>
     <w:rsid w:val="00E75D53"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
@@ -1725,50 +1892,51 @@
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F358B0"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F86DDC"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
+    <w:rsid w:val="00FC05B1"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FC6FCB"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
     <w:rsid w:val="00FF3529"/>
     <w:rsid w:val="00FF6339"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
@@ -2164,1360 +2332,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00C967D1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00C967D1"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004359BA"/>
+    <w:rsid w:val="00C967D1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -3531,51 +3701,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4596&amp;session=126&amp;summary=B" TargetMode="External" Id="R74452a4131774d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4596_20251217.docx" TargetMode="External" Id="R58ea00f0a48c4f56" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4596&amp;session=126&amp;summary=B" TargetMode="External" Id="Rb0cf8cb146ca4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4596_20251217.docx" TargetMode="External" Id="R4cfb7aa5f6b4493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R66da6511225345b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rcad2aa0feb804cf8" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -3663,83 +3833,86 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F2BE8"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003D34D6"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005C334E"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007A5E43"/>
     <w:rsid w:val="008361FB"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D43E62"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D7500F"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E741B0"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
+    <w:rsid w:val="00FC05B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -4467,67 +4640,72 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -4744,227 +4922,206 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>87ab7d8b-95e8-4819-8fd2-4e8bf62aa3ea</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-11-25T10:23:02.345196-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>1f1f7d9e-d022-4b50-87f8-db393f9ca36b</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>cf49cb2b-bc24-4d29-8495-c973a0535977</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>be6de890-7845-459d-926a-ae5193d111d0</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4596]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4596</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 12‑37‑220, RELATING TO PROPERTY TAX EXEMPTIONS, SO AS TO PROVIDE THAT CERTAIN INCREASES IN PROPERTY TAX ARE EXEMPT FOR INDIVIDUALS SIXTY‑FIVE AND OLDER.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"359c905f-caf4-4bca-b5c8-b51b5bf76458","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T12C37N220_b8a9ff145","IsConstitutionSection":false,"Identity":"12-37-220","IsNew":true,"SubSections":[{"Level":1,"Identity":"T12C37N220S54","SubSectionBookmarkName":"ss_T12C37N220S54_lv1_b834f5916","IsNewSubSection":true,"SubSectionReplacement":""}],"TitleRelatedTo":"property tax exemptions","TitleSoAsTo":"provide that certain increases in property tax are exempt for individuals sixty-five and older","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_4990e6e51"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Property Tax Exemption</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>samanthaallen@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>120</Words>
-  <Characters>651</Characters>
+  <Words>129</Words>
+  <Characters>642</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>759</CharactersWithSpaces>
+  <CharactersWithSpaces>763</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>