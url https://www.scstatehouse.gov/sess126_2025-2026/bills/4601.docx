--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -159,51 +158,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0449SA26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R59e9bddbbde64979">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 33</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Ra4348c9538624239">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 33</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rfdabb126c7bf4aff">
+      <w:hyperlink r:id="Rba36a7e235d14db0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +521,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rd57212c71b894de1">
+      <w:hyperlink r:id="R1819228ceca14b57">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -691,60 +788,66 @@
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>95 Corridor Authority Act</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="5A73795A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="1B036370" w14:textId="021C2DB0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="ns_T11C54N5_74f47fd99" w:id="7"/>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:name="ns_T11C54N5_74f47fd99" w:id="7"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Section 11</w:t>
+        <w:t>ection 11</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">This chapter may be cited as the </w:t>
       </w:r>
       <w:r w:rsidR="007D3917">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
@@ -764,135 +867,155 @@
         <w:noBreakHyphen/>
         <w:t>95 Corridor Authority Act</w:t>
       </w:r>
       <w:r w:rsidR="00DC357B">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007D3917">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="6C0A8F2F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="6C23F38F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ns_T11C54N10_cc4d55599" w:id="8"/>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:name="ns_T11C54N10_cc4d55599" w:id="8"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Section 11</w:t>
+        <w:t>ection 11</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
-      </w:r>
-[...12 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
-        <w:t>There is established the I</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="up_678bbc043" w:id="9"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>here is established the I</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>95 Corridor Authority. The authority must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="3A43ADF6" w14:textId="48611A20">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T11C54N10S1_lv1_10a396266" w:id="10"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>carry out economic development, health, and educational improvement activities which, in the opinion of the authority, will improve the economic conditions in its member counties and are located in a member county or an adjacent</w:t>
+        <w:t xml:space="preserve">carry out economic development, health, and educational improvement activities which, in the opinion of the authority, will improve the economic conditions in its member counties and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>are located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a member county or an adjacent</w:t>
       </w:r>
       <w:r w:rsidR="009175F1">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> qualified</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> census tract.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="51757754" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
@@ -912,232 +1035,292 @@
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>report to the General Assembly, at least annually, on the progress made related to its charge, any modification of the laws of this State needed to allow the authority to better fulfill its charge, programs, and operations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="226FBDDD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="33D393CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ns_T11C54N15_7640e8f90" w:id="12"/>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:name="ns_T11C54N15_7640e8f90" w:id="12"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Section 11</w:t>
+        <w:t>ection 11</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
-      </w:r>
-[...12 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>15.</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The authority is a public body, politic and corporate, and an agency of the State and may:</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="up_d591297d3" w:id="13"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>he authority is a public body, politic and corporate, and an agency of the State and may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="56D97151" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T11C54N15S1_lv1_453d22cbb" w:id="14"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>adopt bylaws, procedures, and regulations for the directors, officers, and employees and for implementation and operation of the programs authorized by this act;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">adopt bylaws, procedures, and regulations for the directors, officers, and employees and for implementation and operation of the programs authorized by this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>act;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="6EDD0E75" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T11C54N15S2_lv1_4a7d19c61" w:id="15"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>sue and be sued in its own name;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">sue and be sued in its own </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>name;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="31809D22" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T11C54N15S3_lv1_75e74c0ba" w:id="16"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00990C0F">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>enter into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contracts, agreements, and instruments and make offers to contract with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, partnerships, firms, corporations, agencies, or entities, whether public or private, considered desirable in the furtherance of its </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>purpose;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="2E18FA4B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T11C54N15S4_lv1_94e6b0ba1" w:id="17"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>acquire by purchase, donation, exchange, or otherwise, hold, improve, mortgage, pledge, or otherwise, encumber, manage, lease, convey, transfer, or dispose of any real or personal property, whether tangible or intangible, together with rights and privileges as may be incidental and appurtenant thereto. To the extent that administrative funds are involved, the authority must comply with the provisions of the South Carolina Consolidated Procurement Code. To the extent that the liability of the authority is limited to program funds, any acquisition or disposition may be pursuant to public or private sale upon terms and conditions as the authority may approve in accordance with prudent business practices;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">acquire by purchase, donation, exchange, or otherwise, hold, improve, mortgage, pledge, or otherwise, encumber, manage, lease, convey, transfer, or dispose of any real or personal property, whether tangible or intangible, together with rights and privileges as may be incidental and appurtenant thereto. To the extent that administrative funds are involved, the authority must comply with the provisions of the South Carolina Consolidated Procurement Code. To the extent that the liability of the authority is limited to program funds, any acquisition or disposition may be pursuant to public or private sale upon terms and conditions as the authority may approve in accordance with prudent business </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>practices;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="0F46DA07" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T11C54N15S5_lv1_8f2f3100a" w:id="18"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
@@ -1363,59 +1546,67 @@
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="00FC78AB">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC78AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC78AB">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC78AB">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> members appointed by the senators whose districts include the member counties</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> members appointed by the senators whose districts include the member </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC78AB">
         <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>counties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC78AB">
+        <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00FC78AB" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="21ACA0DF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC78AB">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FC78AB">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T11C54N25S2_lv2_5becec915" w:id="24"/>
       <w:r w:rsidRPr="00FC78AB">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
@@ -1550,362 +1741,446 @@
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC78AB">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">must have sufficient experience in the fields of education, economic development, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC78AB">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>healthcare,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC78AB">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> or business management to deem them qualified as determined by the appointing senators, representatives, or chairman.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="42CCA4EE" w14:textId="1AEBCBA2">
+    <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="42CCA4EE" w14:textId="0BA7E8FD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T11C54N25SB_lv1_9b9b79880" w:id="27"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>B)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Except as provided in subsection (C), members must serve a </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>three</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
-        <w:t>year term and must be limited to two terms. Any vacancy on the authority must be filled in the same manner as the original appointment. Members of the authority shall serve without mileage, per diem, and subsistence.</w:t>
+        <w:t xml:space="preserve">year term and must be limited to two terms. Any vacancy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the authority must be filled in the same manner as the original appointment. Members of the authority shall serve without mileage, per diem, and subsistence.</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
-        <w:t>(C)</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C54N25SC_lv1_48906e706" w:id="28"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>C)</w:t>
+      </w:r>
+      <w:r w:rsidR="004219A3">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Initial appointments to the authority </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:bCs/>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pursuant to subsection (A)(3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be made within sixty days of the enactment of this section. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:bCs/>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appointments pursuant to subsection (A)(1) and (2) must be made from sixty to one hundred twenty days </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:bCs/>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:bCs/>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the enactment of this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:bCs/>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="3FE0196D" w14:textId="439CCBE1">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t xml:space="preserve">Initial appointments to the authority </w:t>
-      </w:r>
+      </w:r>
+      <w:bookmarkStart w:name="up_be5e79d8f" w:id="29"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>pursuant to subsection (A)(3)</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00990C0F">
+        <w:t>F</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidR="009175F1">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Appointments pursuant to subsection (A)(1) and (2) must be made from sixty to one hundred twenty days of the enactment of this</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ive</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>section.</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="up_be5e79d8f" w:id="28"/>
+        <w:t xml:space="preserve"> appointees shall serve for a one</w:t>
+      </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>F</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="009175F1">
+        <w:noBreakHyphen/>
+        <w:t xml:space="preserve">year </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>ive</w:t>
-      </w:r>
+        <w:t>term</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> appointees shall serve for a one</w:t>
-[...7 lines deleted...]
-        <w:t>year term and f</w:t>
+        <w:t xml:space="preserve"> and f</w:t>
       </w:r>
       <w:r w:rsidR="009175F1">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ive</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> appointees shall serve for a two</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>year term, all determined by lot at the first called meeting except for the chairman who shall serve a three</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>year term.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="133C31B5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C54N25SD_lv1_6e522adde" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T11C54N25SD_lv1_6e522adde" w:id="30"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>D)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>The initial meeting of the authority shall be convened by the chairman as soon as practical after the initial appointments are made. Business of the authority only may be conducted when a quorum is present. A quorum consists of a majority of the members appointed pursuant to subsection (A)(1)</w:t>
+        <w:t>The initial meeting of the authority shall be convened by the chairman as soon as practical after the initial appointments are made. Business of the authority only may be conducted when a quorum is present. A quorum consists of a majority of the members appointed pursuant to subsection (A)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="074BAEB2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="7D799024" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ns_T11C54N30_979229671" w:id="30"/>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-[...4 lines deleted...]
-        <w:t>Section 11</w:t>
+      <w:bookmarkStart w:name="ns_T11C54N30_979229671" w:id="31"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ection 11</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>30.</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C54N30SA_lv1_8ab4e6bbc" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T11C54N30SA_lv1_8ab4e6bbc" w:id="32"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>A)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>The authority shall receive state funds as appropriated by the General Assembly.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="3B9BBF19" w14:textId="6C0045A7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C54N30SB_lv1_ba953dbef" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T11C54N30SB_lv1_ba953dbef" w:id="33"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>B)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition to funding sources listed in subsection (A), the authority is authorized to solicit and accept private and public donations, grants, gifts, and federal funds. All funds received by the authority, regardless of their source, are to be held and accounted for by the State Treasurer in a separate </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">investment </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
@@ -1925,83 +2200,97 @@
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>95 Corridor Authority Fund</w:t>
       </w:r>
       <w:r w:rsidR="00DC357B">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007D3917">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> This fund is separate and distinct from all other funds. Earnings and interest on this fund must be credited to it and any balance in this fund at the end of a fiscal year carries forward in the fund in the succeeding fiscal year. Disbursements from the authority fund only must be made upon the signature of the chairm</w:t>
+        <w:t xml:space="preserve"> This fund is separate and distinct from all other funds. Earnings and interest </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00990C0F">
+        <w:rPr>
+          <w:u w:color="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this fund must be credited to it and any balance in this fund at the end of a fiscal year carries forward in the fund in the succeeding fiscal year. Disbursements from the authority fund only must be made upon the signature of the chairm</w:t>
       </w:r>
       <w:r w:rsidR="007C5619">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>n of the board of directors, or a designee of the board, upon written warrants of the Comptroller General drawn on the State Treasurer to the payee designated in the requisition.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="60FEEC09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C54N30SC_lv1_4d18ba753" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T11C54N30SC_lv1_4d18ba753" w:id="34"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>C)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">The authority must distribute funds as </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>loans or</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
@@ -2050,138 +2339,138 @@
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:bCs/>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">these </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>funds.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00990C0F" w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="2EB1F9D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C54N30SD_lv1_21e7c70f0" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T11C54N30SD_lv1_21e7c70f0" w:id="35"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>D)</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:rPr>
           <w:u w:color="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>The authority must be audited annually by the State Auditor or by an independent certified public accounting firm approved by the State Auditor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="7CC9E459" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006940CA" w:rsidP="006940CA" w:rsidRDefault="006940CA" w14:paraId="684A1C39" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="eff_date_section" w:id="35"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="36"/>
+      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="00990C0F">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t xml:space="preserve">ECTION </w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00990C0F">
         <w:tab/>
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="006940CA" w14:paraId="7389F665" w14:textId="6BA0DA7C">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r>
         <w:noBreakHyphen/>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="002509B4">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3E2EE2D6" w14:textId="77777777" w:rsidR="00FA4DB1" w:rsidRDefault="00FA4DB1" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27C0FF24" w14:textId="77777777" w:rsidR="00FA4DB1" w:rsidRDefault="00FA4DB1"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2214,175 +2503,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="56ACA6C4" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0000651D" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="331112E7" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="008D0E1F" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00B30BC5">
+              <w:t>[4601]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="008D3F1B">
+            <w:r w:rsidR="00B26650">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0449SA26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="496583B4" w14:textId="77777777" w:rsidR="00FA4DB1" w:rsidRDefault="00FA4DB1" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2644,467 +2931,486 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00013571"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
+    <w:rsid w:val="0006316A"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00075946"/>
     <w:rsid w:val="00090904"/>
     <w:rsid w:val="0009678A"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001F0B9C"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="00212DDB"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00226061"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00244916"/>
     <w:rsid w:val="002509B4"/>
     <w:rsid w:val="00254DA5"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E23E8"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
+    <w:rsid w:val="00330DEE"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
+    <w:rsid w:val="004219A3"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00432810"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00492860"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
+    <w:rsid w:val="004F4E4E"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00562C05"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00576FF9"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F6187"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606883"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="006940CA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A0B5D"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006B53D7"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="007115CE"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00733932"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C17AE"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007C5619"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D3917"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F50D1"/>
+    <w:rsid w:val="0080596E"/>
     <w:rsid w:val="00816D52"/>
+    <w:rsid w:val="00830F21"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="0086004A"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
+    <w:rsid w:val="008D0E1F"/>
     <w:rsid w:val="008D3F1B"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009175F1"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00922C1B"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00930C87"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="009620D8"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A00490"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
+    <w:rsid w:val="00A26C39"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A660EE"/>
     <w:rsid w:val="00A72DC1"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97036"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
+    <w:rsid w:val="00AD4A3E"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
+    <w:rsid w:val="00B26650"/>
+    <w:rsid w:val="00B30BC5"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B83581"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
+    <w:rsid w:val="00B87E28"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C515F5"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C566E1"/>
     <w:rsid w:val="00C62DE5"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D54A6F"/>
+    <w:rsid w:val="00D57509"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D93DF7"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DB3698"/>
     <w:rsid w:val="00DC1DDF"/>
     <w:rsid w:val="00DC357B"/>
     <w:rsid w:val="00DC44A8"/>
+    <w:rsid w:val="00DD77FE"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E972A6"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
+    <w:rsid w:val="00ED35C9"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00EF71B6"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F173DB"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F776BD"/>
@@ -3526,1392 +3832,1394 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="0006316A"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="0006316A"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E972A6"/>
+    <w:rsid w:val="0006316A"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4601&amp;session=126&amp;summary=B" TargetMode="External" Id="Rfdabb126c7bf4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4601_20251217.docx" TargetMode="External" Id="Rd57212c71b894de1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4601&amp;session=126&amp;summary=B" TargetMode="External" Id="Rba36a7e235d14db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4601_20251217.docx" TargetMode="External" Id="R1819228ceca14b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R59e9bddbbde64979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Ra4348c9538624239" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4938,117 +5246,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00013571"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="002E23E8"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005F6187"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -5787,67 +6095,126 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>df42a1cb-7247-49ba-ace2-aab1860994ca</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>True</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>5bbffd90-a583-437c-9c87-d3b675e422cc</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>982120ed-2276-40fe-bc2f-9bac69a19a29</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>257dfae2-f6fd-4d73-8a5c-b7d71d7b7f48</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4601]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4601</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING CHAPTER 54 TO TITLE 11 SO AS TO ESTABLISH THE “I‑95 CORRIDOR AUTHORITY ACT” AND TO PROVIDE FOR THE COMPOSITION, DUTIES, AND POWERS OF THE AUTHORITY.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBER>None</T_BILL_T_RATNUMBER>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"90f1a11a-de49-448e-b372-3861281aaaef","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T11C54N5_74f47fd99","IsConstitutionSection":false,"Identity":"11-54-5","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C54N10_cc4d55599","IsConstitutionSection":false,"Identity":"11-54-10","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C54N10S1","SubSectionBookmarkName":"ss_T11C54N10S1_lv1_10a396266","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N10S2","SubSectionBookmarkName":"ss_T11C54N10S2_lv1_1d4af395b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C54N15_7640e8f90","IsConstitutionSection":false,"Identity":"11-54-15","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C54N15S1","SubSectionBookmarkName":"ss_T11C54N15S1_lv1_453d22cbb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N15S2","SubSectionBookmarkName":"ss_T11C54N15S2_lv1_4a7d19c61","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N15S3","SubSectionBookmarkName":"ss_T11C54N15S3_lv1_75e74c0ba","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N15S4","SubSectionBookmarkName":"ss_T11C54N15S4_lv1_94e6b0ba1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N15S5","SubSectionBookmarkName":"ss_T11C54N15S5_lv1_8f2f3100a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N15S6","SubSectionBookmarkName":"ss_T11C54N15S6_lv1_61912df49","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C54N20_259205e43","IsConstitutionSection":false,"Identity":"11-54-20","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C54N25_c4cb3d42a","IsConstitutionSection":false,"Identity":"11-54-25","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C54N25SA","SubSectionBookmarkName":"ss_T11C54N25SA_lv1_174ce3f29","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C54N25S1","SubSectionBookmarkName":"ss_T11C54N25S1_lv2_e53d222e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C54N25S2","SubSectionBookmarkName":"ss_T11C54N25S2_lv2_5becec915","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C54N25S3","SubSectionBookmarkName":"ss_T11C54N25S3_lv2_ee21a8ecf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N25SB","SubSectionBookmarkName":"ss_T11C54N25SB_lv1_9b9b79880","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N25SD","SubSectionBookmarkName":"ss_T11C54N25SD_lv1_6e522adde","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N25SC","SubSectionBookmarkName":"ss_T11C54N25SC_lv1_48906e706","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C54N30_979229671","IsConstitutionSection":false,"Identity":"11-54-30","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C54N30SB","SubSectionBookmarkName":"ss_T11C54N30SB_lv1_ba953dbef","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N30SC","SubSectionBookmarkName":"ss_T11C54N30SC_lv1_4d18ba753","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N30SD","SubSectionBookmarkName":"ss_T11C54N30SD_lv1_21e7c70f0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C54N30SA","SubSectionBookmarkName":"ss_T11C54N30SA_lv1_8ab4e6bbc","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"BY ADDING CHAPTER 54 TO TITLE 11 SO AS TO ESTABLISH THE “I-95 CORRIDOR AUTHORITY ACT” AND TO PROVIDE FOR THE COMPOSITION, DUTIES, AND POWERS OF THE AUTHORITY","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_6c966681b"},{"SectionUUID":"b36c4fce-49b6-4c11-8f3a-600a37d46560","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SECTIONSHISTORY>[{"Id":1,"SectionsList":[{"SectionUUID":"90f1a11a-de49-448e-b372-3861281aaaef","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T11C54N5_74f47fd99","IsConstitutionSection":false,"Identity":"11-54-5","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false},{"CodeSectionBookmarkName":"ns_T11C54N10_cc4d55599","IsConstitutionSection":false,"Identity":"11-54-10","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false},{"CodeSectionBookmarkName":"ns_T11C54N15_7640e8f90","IsConstitutionSection":false,"Identity":"11-54-15","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false},{"CodeSectionBookmarkName":"ns_T11C54N20_259205e43","IsConstitutionSection":false,"Identity":"11-54-20","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false},{"CodeSectionBookmarkName":"ns_T11C54N25_c4cb3d42a","IsConstitutionSection":false,"Identity":"11-54-25","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false},{"CodeSectionBookmarkName":"ns_T11C54N30_979229671","IsConstitutionSection":false,"Identity":"11-54-30","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false}],"TitleText":"BY ADDING CHAPTER 54 TO TITLE 11 SO AS TO ESTABLISH THE “I-95 CORRIDOR AUTHORITY ACT” AND TO PROVIDE FOR THE COMPOSITION, DUTIES, AND POWERS OF THE AUTHORITY","DisableControls":false,"Deleted":false,"SectionBookmarkName":"bs_num_1_6c966681b"},{"SectionUUID":"b36c4fce-49b6-4c11-8f3a-600a37d46560","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"SectionBookmarkName":"bs_num_2_lastsection"}],"Timestamp":"2022-11-14T12:25:51.0514772-05:00","Username":null},{"Id":2,"SectionsList":[{"SectionUUID":"90f1a11a-de49-448e-b372-3861281aaaef","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T11C54N5_74f47fd99","IsConstitutionSection":false,"Identity":"11-54-5","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false},{"CodeSectionBookmarkName":"ns_T11C54N10_cc4d55599","IsConstitutionSection":false,"Identity":"11-54-10","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C54N10S1","SubSectionBookmarkName":"ss_T11C54N10S1_lv1_9d1ef3c83","IsNewSubSection":false},{"Level":1,"Identity":"T11C54N10S2","SubSectionBookmarkName":"ss_T11C54N10S2_lv1_63de0a171","IsNewSubSection":false}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false},{"CodeSectionBookmarkName":"ns_T11C54N15_7640e8f90","IsConstitutionSection":false,"Identity":"11-54-15","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C54N15S1","SubSectionBookmarkName":"ss_T11C54N15S1_lv1_c740f3ad5","IsNewSubSection":false},{"Level":1,"Identity":"T11C54N15S2","SubSectionBookmarkName":"ss_T11C54N15S2_lv1_e1a26041f","IsNewSubSection":false},{"Level":1,"Identity":"T11C54N15S3","SubSectionBookmarkName":"ss_T11C54N15S3_lv1_d88b7f042","IsNewSubSection":false},{"Level":1,"Identity":"T11C54N15S4","SubSectionBookmarkName":"ss_T11C54N15S4_lv1_5785866fc","IsNewSubSection":false},{"Level":1,"Identity":"T11C54N15S5","SubSectionBookmarkName":"ss_T11C54N15S5_lv1_1a593cbad","IsNewSubSection":false},{"Level":1,"Identity":"T11C54N15S6","SubSectionBookmarkName":"ss_T11C54N15S6_lv1_eede1ae89","IsNewSubSection":false}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false},{"CodeSectionBookmarkName":"ns_T11C54N20_259205e43","IsConstitutionSection":false,"Identity":"11-54-20","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false},{"CodeSectionBookmarkName":"ns_T11C54N25_c4cb3d42a","IsConstitutionSection":false,"Identity":"11-54-25","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C54N25SA","SubSectionBookmarkName":"ss_T11C54N25SA_lv1_ec898782d","IsNewSubSection":false},{"Level":2,"Identity":"T11C54N25S1","SubSectionBookmarkName":"ss_T11C54N25S1_lv2_d89c72793","IsNewSubSection":false},{"Level":2,"Identity":"T11C54N25S2","SubSectionBookmarkName":"ss_T11C54N25S2_lv2_ceca539f9","IsNewSubSection":false},{"Level":2,"Identity":"T11C54N25S3","SubSectionBookmarkName":"ss_T11C54N25S3_lv2_1d60b2759","IsNewSubSection":false},{"Level":1,"Identity":"T11C54N25SB","SubSectionBookmarkName":"ss_T11C54N25SB_lv1_b377ab018","IsNewSubSection":false},{"Level":1,"Identity":"T11C54N25SD","SubSectionBookmarkName":"ss_T11C54N25SD_lv1_7cc3883df","IsNewSubSection":false}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false},{"CodeSectionBookmarkName":"ns_T11C54N30_979229671","IsConstitutionSection":false,"Identity":"11-54-30","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C54N30SB","SubSectionBookmarkName":"ss_T11C54N30SB_lv1_048de17bc","IsNewSubSection":false},{"Level":1,"Identity":"T11C54N30SC","SubSectionBookmarkName":"ss_T11C54N30SC_lv1_8dc720a28","IsNewSubSection":false},{"Level":1,"Identity":"T11C54N30SD","SubSectionBookmarkName":"ss_T11C54N30SD_lv1_11be3a72c","IsNewSubSection":false}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false}],"TitleText":"BY ADDING CHAPTER 54 TO TITLE 11 SO AS TO ESTABLISH THE “I-95 CORRIDOR AUTHORITY ACT” AND TO PROVIDE FOR THE COMPOSITION, DUTIES, AND POWERS OF THE AUTHORITY","DisableControls":false,"Deleted":false,"SectionBookmarkName":"bs_num_1_6c966681b"},{"SectionUUID":"b36c4fce-49b6-4c11-8f3a-600a37d46560","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"SectionBookmarkName":"bs_num_2_lastsection"}],"Timestamp":"2022-12-01T10:44:23.2602255-05:00","Username":"julienewboult@scstatehouse.gov"}]</T_BILL_T_SECTIONSHISTORY>
+  <T_BILL_T_SUBJECT>I-95 Corridor Authority Act</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>samanthaallen@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B3FCDFB51C9DE4409AD0073B12C6D51C" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8ab69069f45a38179652c23725f47f4f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e018f6d0-eded-478e-b921-458756e0e94e" xmlns:ns3="9df7f801-9563-4618-a765-8e771262e2a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b978057a40f30b546682f53e98cdf342" ns2:_="" ns3:_="">
     <xsd:import namespace="e018f6d0-eded-478e-b921-458756e0e94e"/>
     <xsd:import namespace="9df7f801-9563-4618-a765-8e771262e2a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6046,206 +6413,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...43 lines deleted...]
-</lwb360Metadata>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A76BBAB7-E24E-49FB-A00D-A21397741081}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e018f6d0-eded-478e-b921-458756e0e94e"/>
     <ds:schemaRef ds:uri="9df7f801-9563-4618-a765-8e771262e2a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5404</Characters>
+  <Pages>3</Pages>
+  <Words>1027</Words>
+  <Characters>5394</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6378</CharactersWithSpaces>
+  <CharactersWithSpaces>6383</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B3FCDFB51C9DE4409AD0073B12C6D51C</vt:lpwstr>