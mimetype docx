--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,86 +123,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Pope</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Pope, Edgerton and Spann-Wilder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0375SA26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R31d22647a8154c26">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 37</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R34eb9c6af54949c8">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 37</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R51e2fe7b820d4a69">
+      <w:hyperlink r:id="R3222d1782e1c45f2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +521,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rb89c77093f154450">
+      <w:hyperlink r:id="R3b02a380b86f4cad">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -759,244 +856,288 @@
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00781013">
         <w:t>“Adverse action” means a decision by a financial institution to directly or indirectly decline to provide full and equal enjoyment in the provision of covered financial services and includes refusing to provide, terminating, or restricting covered financial services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="343AB6B9" w14:textId="12C4DD4F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10S2_lv1_5c4f097db" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
-        <w:t>2) “Discriminate in the provision of covered financial services” means taking an adverse action against a customer on the basis of one of the following criteria:</w:t>
+        <w:t xml:space="preserve">2) “Discriminate in the provision of covered financial services” means taking an adverse action against a customer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> one of the following criteria:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="4B80A7D4" w14:textId="41A30F2D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10Sa_lv2_1494158a7" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>a) any person’s exercise of religion that is protected by the First Amendment to the United States Constitution,</w:t>
       </w:r>
       <w:r w:rsidR="00A63AD7">
         <w:t xml:space="preserve"> federal law, or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00A63AD7">
         <w:t>Constitution or laws of this State</w:t>
       </w:r>
       <w:r>
-        <w:t>, including all aspects of religious observance and practice, as well as belief and affiliation;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, including all aspects of religious observance and practice, as well as belief and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>affiliation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="21B35AF1" w14:textId="48D9EEB1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10Sb_lv2_f665dc2fa" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve">b) any person’s speech, expression, opinions, expressive activity, or association that is protected by the First Amendment to the United States Constitution, </w:t>
       </w:r>
       <w:r w:rsidR="00A63AD7">
         <w:t xml:space="preserve">federal law, or the </w:t>
       </w:r>
       <w:r>
         <w:t>Constitution</w:t>
       </w:r>
       <w:r w:rsidR="00A63AD7">
         <w:t xml:space="preserve"> or laws of this State</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, including the lawful preservation of privacy regarding those activities, such as declining to disclose contributions or political activity beyond what is required by applicable state and federal law. </w:t>
       </w:r>
       <w:r w:rsidR="00A63AD7">
         <w:t>T</w:t>
       </w:r>
       <w:r>
-        <w:t>his subitem does not include speech that the United States Supreme Court has expressly held is unprotected, such as obscenity, fraud, incitement, true threats, fighting words, or defamation;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">his subitem does not include speech that the United States Supreme Court has expressly held is unprotected, such as obscenity, fraud, incitement, true threats, fighting words, or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>defamation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="78B48ABE" w14:textId="74A55636">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10Sc_lv2_7b542948d" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
-        <w:t>c) any person’s participation in lawful economic activity;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) any person’s participation in lawful economic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>activity;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="413B87E5" w14:textId="254CD121">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10Sd_lv2_50c1a6617" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>d) animus towards a person based on the factors in subitems (a), (b), or (c); and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="23D9332F" w14:textId="32EF268C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10Se_lv2_977981b3e" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>e) a desire to, directly or indirectly, obtain a gain from or avoid a loss imposed on the covered financial institution by any person for the purpose of encouraging the covered financial institution to take an adverse action based on any of the factors in subitems (a), (b), or (c).</w:t>
+        <w:t xml:space="preserve">e) a desire to, directly or indirectly, obtain a gain from or avoid a loss imposed on the covered financial institution by any person for the purpose of encouraging the covered financial institution to take </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>an adverse</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> action based on any of the factors in subitems (a), (b), or (c).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="5E8D677E" w14:textId="526943BF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10S3_lv1_2f1da0645" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>3)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10Sa_lv2_381165020" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>a) “Financial institution” means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="71C8294F" w14:textId="7DA46926">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10Si_lv3_4b662c422" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
-      <w:r>
-        <w:t>i) a bank that has total assets over one hundred billion dollars; or</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) a bank that has total </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>assets</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> over one hundred billion dollars; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="26E5A20E" w14:textId="13E78F36">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10Sii_lv3_1d855db59" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>ii) a payment processor, credit card company, credit card network, payment network, payment service provider, or payment gateway that has processed more than one hundred billion dollars in transactions in the last calendar year.</w:t>
@@ -1050,53 +1191,63 @@
       <w:r>
         <w:t>a) “Covered financial service” means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="31901CF1" w14:textId="5407045E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10Si_lv3_2cdc54e50" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) depository accounts including, but not limited to, checking accounts, savings accounts, or NOW </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>accounts;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="00B30965" w14:textId="0D75996F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N10Sii_lv3_4da8d060c" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>ii) money transmission including</w:t>
       </w:r>
@@ -1207,51 +1358,59 @@
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="008F190A" w14:paraId="0D94AEE6" w14:textId="1C47A041">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T34C47N20_21f133f2e" w:id="30"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>ection 34‑47‑20.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N20SA_lv1_b43e93742" w:id="31"/>
       <w:r w:rsidR="00781013">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="00781013">
-        <w:t>A) If a financial institution takes an adverse action against a person, that person may request a statement of specific reasons within ninety days after receiving notice of the refusal to provide</w:t>
+        <w:t xml:space="preserve">A) If a financial institution takes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00781013">
+        <w:t>an adverse</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00781013">
+        <w:t xml:space="preserve"> action against a person, that person may request a statement of specific reasons within ninety days after receiving notice of the refusal to provide</w:t>
       </w:r>
       <w:r w:rsidR="00A63AD7">
         <w:t xml:space="preserve"> service</w:t>
       </w:r>
       <w:r w:rsidR="00781013">
         <w:t>, restriction of</w:t>
       </w:r>
       <w:r w:rsidR="00A63AD7">
         <w:t xml:space="preserve"> service</w:t>
       </w:r>
       <w:r w:rsidR="00781013">
         <w:t>, or termination of service.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="1C066514" w14:textId="1228457E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N20SB_lv1_7651b1b53" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
@@ -1297,61 +1456,78 @@
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="5C4BFA40" w14:textId="4AAA7497">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N20SD_lv1_b553660ab" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>D)</w:t>
       </w:r>
       <w:r w:rsidR="00D55464">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The statement must be specific and include a description of the </w:t>
       </w:r>
       <w:r w:rsidR="00BB3F7E">
         <w:t>principal</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> reason for the adverse action. A statement that the adverse action was based on the institution’s internal standards or policies or that the person failed to achieve a qualifying score on the institution’s credit scoring system are insufficient. If any criteria listed in Section 34‑47‑10(2) factored into the institution’s decision to take an adverse action, it must be described in the statement.</w:t>
+        <w:t xml:space="preserve"> reason for the adverse action. A statement that the adverse action was based on the institution’s internal standards or policies or that the person failed to achieve a qualifying score on the institution’s credit scoring system </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> insufficient. If any criteria listed in Section 34‑47‑10(2) factored into the institution’s decision to take </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>an adverse</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> action, it must be described in the statement.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F190A" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="5A94CF52" w14:textId="7D5BD72C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N20SE_lv1_415274f9e" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>E)</w:t>
       </w:r>
       <w:r w:rsidR="00D55464">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>If the financial institution provides an adverse action statement to the customer consistent with its obligations under the Equal Credit Opportunity Act</w:t>
       </w:r>
       <w:r w:rsidR="00A63AD7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">15 U.S.C. </w:t>
       </w:r>
       <w:r w:rsidR="00D55464">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
@@ -1403,52 +1579,57 @@
       <w:bookmarkStart w:name="up_aaf198cf8" w:id="37"/>
       <w:r w:rsidR="00781013">
         <w:t>A</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="00781013">
         <w:t xml:space="preserve"> financial institution may not:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="78B5090A" w14:textId="65BDA9B5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N30S1_lv1_97e704d88" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
-        <w:t>1) discriminate in the provision of financial services to a person;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) discriminate in the provision of financial services to a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="5428C2A9" w14:textId="002B562B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N30S2_lv1_61748af0f" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t>2) agree, conspire, or coordinate, directly or indirectly, including through any intermediary or third party, with another person, or group of persons, to engage in activity prohibited pursuant to item (1); or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F190A" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="0F31D6E5" w14:textId="3CBAFCA5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
@@ -1495,153 +1676,186 @@
       <w:bookmarkStart w:name="up_56bd0623a" w:id="42"/>
       <w:r w:rsidR="00781013">
         <w:t>I</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidR="00781013">
         <w:t>t is not a violation of this chapter for a financial institution to take any of the following actions, provided that the action was made in good faith and not motivated by animus or a desire to discriminate in the provision of covered financial services against a person:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="3D77E159" w14:textId="4FD31B84">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N40S1_lv1_9fa8a84a0" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
-        <w:t>1) a change in the terms of an account expressly agreed to by a customer;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) a change in the terms of an account expressly agreed to by a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>customer;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="3B0CE022" w14:textId="64B47BB2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N40S2_lv1_c7773c40d" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
-        <w:t>2) any action or forbearance relating to an account taken in connection with inactivity, default, or delinquency as to that account;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) any action or forbearance relating to an account taken in connection with inactivity, default, or delinquency as to that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>account;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="77FF5928" w14:textId="28C40C11">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N40S3_lv1_41107f0ab" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
-        <w:t>3) a refusal to provide services because applicable federal or state law prohibits the covered financial institution from providing the service requested;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">3) a refusal to provide services because applicable federal or state law prohibits the covered financial institution from providing the service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>requested;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="1A0C4773" w14:textId="221555A3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N40S4_lv1_505d2aae7" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
-        <w:t>4) a refusal to provide a service because the covered financial institution does not offer the type of service requested</w:t>
+        <w:t xml:space="preserve">4) a refusal to provide a service because the covered financial institution does not offer the type of service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>requested</w:t>
       </w:r>
       <w:r w:rsidR="00A63AD7">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="641DBA40" w14:textId="514A4D82">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N40S5_lv1_9c9da3a63" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t>5) a decision based solely on any of the following valid business factors, if made in an impartial manner and in good faith:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="637F2149" w14:textId="018E9ED5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N40Sa_lv2_3446f647f" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
-        <w:t>a) maximizing profitability or shareholder value, provided this determination is not based on a desire to obtain a benefit or avoid a harm imposed by another person because the covered financial institution served a customer;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) maximizing profitability or shareholder value, provided this determination is not based on a desire to obtain a benefit or avoid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a harm</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> imposed by another person because the covered financial institution served a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>customer;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="1F2CC6E9" w14:textId="226FEA9B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N40Sb_lv2_1179dcaa3" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>b) complying with legitimate legal or regulatory requirements; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F190A" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="38D20C5D" w14:textId="51403B54">
       <w:pPr>
@@ -1691,106 +1905,139 @@
       <w:r>
         <w:t>ection 34‑47‑50.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00781013" w:rsidR="00781013">
         <w:t xml:space="preserve">Any violation of this </w:t>
       </w:r>
       <w:r w:rsidR="00781013">
         <w:t>chapter</w:t>
       </w:r>
       <w:r w:rsidRPr="00781013" w:rsidR="00781013">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00781013">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00781013" w:rsidR="00781013">
         <w:t xml:space="preserve"> an unfair or deceptive act or practice and, in addition to the rights and remedies provided in this </w:t>
       </w:r>
       <w:r w:rsidR="00781013">
         <w:t>chapter</w:t>
       </w:r>
       <w:r w:rsidRPr="00781013" w:rsidR="00781013">
-        <w:t>, the State Attorney General or other competent official may pursue any other remedies provided for</w:t>
+        <w:t xml:space="preserve">, the State Attorney General or other </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781013" w:rsidR="00781013">
+        <w:lastRenderedPageBreak/>
+        <w:t>competent official may pursue any other remedies provided for</w:t>
       </w:r>
       <w:r w:rsidR="00781013">
         <w:t xml:space="preserve"> by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F190A" w:rsidP="008F190A" w:rsidRDefault="008F190A" w14:paraId="251715A2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="008F190A" w14:paraId="74CF5DE2" w14:textId="67E9C6DE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T34C47N60_22a89856c" w:id="52"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t>ection 34‑47‑60.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_dce223017" w:id="53"/>
       <w:r w:rsidR="00781013">
         <w:t>A</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidR="00781013">
-        <w:t>ny person harmed by a violation of this chapter may initiate a civil action for any of the following:</w:t>
+        <w:t xml:space="preserve">ny person harmed by a violation of this chapter may initiate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00781013">
+        <w:t>a civil</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00781013">
+        <w:t xml:space="preserve"> action for any of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="5251A02F" w14:textId="081C2766">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N60S1_lv1_f8953445b" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:r>
-        <w:t>1) actual damages or ten thousand dollars, whichever is greater, for each violation. If the trier of fact finds that the violation was wilful, it may increase the damages to an amount of up to three times the actual damages sustained, or thirty thousand dollars, whichever is greater. A court shall award a prevailing plaintiff reasonable attorneys’ fees and court costs;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) actual damages or ten thousand dollars, whichever is greater, for each violation. If the trier of fact finds that the violation was </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>wilful</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, it may increase the damages to an amount of up to three times the actual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>damages</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> sustained, or thirty thousand dollars, whichever is greater. A court shall award a prevailing plaintiff reasonable attorneys’ fees and court </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>costs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00781013" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="207B194C" w14:textId="5202ADE7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T34C47N60S2_lv1_59bbb12b8" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:t>2) preventive relief, including an application for a permanent or temporary injunction, restraining order, or other order as is necessary to enforce the requirements of this chapter; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F190A" w:rsidP="00781013" w:rsidRDefault="00781013" w14:paraId="23840483" w14:textId="7289B363">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
@@ -1939,56 +2186,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00F13FBB">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39CD4BFB" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E8AF5B" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2021,175 +2268,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="6D4AA7D9" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00C46A97" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="0E9BD9BF" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00AD2C7A" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007A16B1">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="005D0ABD">
+              <w:t>[4616]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="003521C5">
+            <w:r w:rsidR="005D0ABD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0375SA26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2451,51 +2696,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -2510,81 +2757,83 @@
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A32B9"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C0488"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D6F3F"/>
+    <w:rsid w:val="000E1A43"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F5492"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="0013311F"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00146814"/>
     <w:rsid w:val="00151A06"/>
     <w:rsid w:val="00160B86"/>
     <w:rsid w:val="00162A1E"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="001859C1"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A7C1E"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E0B02"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F4B70"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00200BFE"/>
     <w:rsid w:val="00202596"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00217D09"/>
     <w:rsid w:val="00217E06"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="002476EF"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00274161"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="0028494F"/>
     <w:rsid w:val="002938B5"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
@@ -2656,93 +2905,98 @@
     <w:rsid w:val="004D3C9D"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D7580"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0053314E"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="005609BE"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00566D2C"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
+    <w:rsid w:val="0059234A"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A64A1"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C56C7"/>
     <w:rsid w:val="005D02B4"/>
+    <w:rsid w:val="005D0ABD"/>
     <w:rsid w:val="005D3013"/>
+    <w:rsid w:val="005D792D"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E5A25"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006057BD"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="0065772E"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00685DD3"/>
     <w:rsid w:val="00690AB2"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
+    <w:rsid w:val="006A7791"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006D7711"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="007710F7"/>
     <w:rsid w:val="0077126C"/>
     <w:rsid w:val="00780989"/>
     <w:rsid w:val="00781013"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007913EB"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A16B1"/>
@@ -2823,50 +3077,51 @@
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A37831"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A41467"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A621B3"/>
     <w:rsid w:val="00A63AD7"/>
     <w:rsid w:val="00A65D69"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC0FCC"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC627A"/>
+    <w:rsid w:val="00AD2C7A"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7361"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B01493"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B255EF"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B60FE4"/>
     <w:rsid w:val="00B614E1"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
@@ -2900,50 +3155,51 @@
     <w:rsid w:val="00C36CB9"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C54DFF"/>
     <w:rsid w:val="00C6219C"/>
     <w:rsid w:val="00C66ED0"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C71579"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC22E1"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD279C"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF0722"/>
+    <w:rsid w:val="00CF3CA0"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D11947"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D1643D"/>
     <w:rsid w:val="00D1693D"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D55464"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D73A27"/>
     <w:rsid w:val="00D74D40"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D86FE6"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB78CB"/>
     <w:rsid w:val="00DC44A8"/>
@@ -3439,1360 +3695,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="005D792D"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="005D792D"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF5887"/>
+    <w:rsid w:val="005D792D"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4806,51 +5064,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4616&amp;session=126&amp;summary=B" TargetMode="External" Id="R51e2fe7b820d4a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4616_20251217.docx" TargetMode="External" Id="Rb89c77093f154450" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4616&amp;session=126&amp;summary=B" TargetMode="External" Id="R3222d1782e1c45f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4616_20251217.docx" TargetMode="External" Id="R3b02a380b86f4cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R31d22647a8154c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R34eb9c6af54949c8" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4877,120 +5135,120 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="00160B86"/>
     <w:rsid w:val="001859C1"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002476EF"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00566D2C"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="006D7711"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007913EB"/>
     <w:rsid w:val="008F0040"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00A65D69"/>
     <w:rsid w:val="00AE7361"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C6219C"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D86FE6"/>
     <w:rsid w:val="00D900BD"/>
@@ -5742,71 +6000,119 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>b7edfe48-6833-4c22-a8c5-8f03be030424</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>c8a93aa1-7cbf-47b1-be99-5ceee60671ba</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>009ce38d-63e7-468f-b7d6-965a5ab4063f</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>69c30c19-e536-4176-82b4-b7fe75e47f85</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4616]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4616</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE “GUARANTEE BANKING ACT”; AND BY ADDING CHAPTER 47 TO TITLE 34 SO AS TO PROVIDE FOR FAIRNESS AND TRANSPARENCY IN BANKING.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"a9103338-d56e-4068-ba05-b460729e409a","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “Guarantee Banking Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_9e4cbd40c"},{"SectionUUID":"b8fb1aee-af8f-4133-a367-b9ca641ebbdd","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T34C47N10_abbcb5349","IsConstitutionSection":false,"Identity":"34-47-10","IsNew":true,"SubSections":[{"Level":1,"Identity":"T34C47N10S1","SubSectionBookmarkName":"ss_T34C47N10S1_lv1_fe925c4a3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N10S2","SubSectionBookmarkName":"ss_T34C47N10S2_lv1_5c4f097db","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N10Sa","SubSectionBookmarkName":"ss_T34C47N10Sa_lv2_1494158a7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N10Sb","SubSectionBookmarkName":"ss_T34C47N10Sb_lv2_f665dc2fa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N10Sc","SubSectionBookmarkName":"ss_T34C47N10Sc_lv2_7b542948d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N10Sd","SubSectionBookmarkName":"ss_T34C47N10Sd_lv2_50c1a6617","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N10Se","SubSectionBookmarkName":"ss_T34C47N10Se_lv2_977981b3e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N10S3","SubSectionBookmarkName":"ss_T34C47N10S3_lv1_2f1da0645","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N10Sa","SubSectionBookmarkName":"ss_T34C47N10Sa_lv2_381165020","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T34C47N10Si","SubSectionBookmarkName":"ss_T34C47N10Si_lv3_4b662c422","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T34C47N10Sii","SubSectionBookmarkName":"ss_T34C47N10Sii_lv3_1d855db59","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N10Sb","SubSectionBookmarkName":"ss_T34C47N10Sb_lv2_f908707ec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N10S4","SubSectionBookmarkName":"ss_T34C47N10S4_lv1_c41b83178","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N10Sa","SubSectionBookmarkName":"ss_T34C47N10Sa_lv2_462b07dd9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T34C47N10Si","SubSectionBookmarkName":"ss_T34C47N10Si_lv3_2cdc54e50","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T34C47N10Sii","SubSectionBookmarkName":"ss_T34C47N10Sii_lv3_4da8d060c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T34C47N10Siii","SubSectionBookmarkName":"ss_T34C47N10Siii_lv3_d991d92ed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N10Sb","SubSectionBookmarkName":"ss_T34C47N10Sb_lv2_b08950708","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N10S5","SubSectionBookmarkName":"ss_T34C47N10S5_lv1_508e0b49b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T34C47N20_21f133f2e","IsConstitutionSection":false,"Identity":"34-47-20","IsNew":true,"SubSections":[{"Level":1,"Identity":"T34C47N20SA","SubSectionBookmarkName":"ss_T34C47N20SA_lv1_b43e93742","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N20SB","SubSectionBookmarkName":"ss_T34C47N20SB_lv1_7651b1b53","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N20SC","SubSectionBookmarkName":"ss_T34C47N20SC_lv1_c85af7cc1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N20SD","SubSectionBookmarkName":"ss_T34C47N20SD_lv1_b553660ab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N20SE","SubSectionBookmarkName":"ss_T34C47N20SE_lv1_415274f9e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T34C47N30_d11d82abb","IsConstitutionSection":false,"Identity":"34-47-30","IsNew":true,"SubSections":[{"Level":1,"Identity":"T34C47N30S1","SubSectionBookmarkName":"ss_T34C47N30S1_lv1_97e704d88","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N30S2","SubSectionBookmarkName":"ss_T34C47N30S2_lv1_61748af0f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N30S3","SubSectionBookmarkName":"ss_T34C47N30S3_lv1_d08371b97","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T34C47N40_f67263aff","IsConstitutionSection":false,"Identity":"34-47-40","IsNew":true,"SubSections":[{"Level":1,"Identity":"T34C47N40S1","SubSectionBookmarkName":"ss_T34C47N40S1_lv1_9fa8a84a0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N40S2","SubSectionBookmarkName":"ss_T34C47N40S2_lv1_c7773c40d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N40S3","SubSectionBookmarkName":"ss_T34C47N40S3_lv1_41107f0ab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N40S4","SubSectionBookmarkName":"ss_T34C47N40S4_lv1_505d2aae7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N40S5","SubSectionBookmarkName":"ss_T34C47N40S5_lv1_9c9da3a63","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N40Sa","SubSectionBookmarkName":"ss_T34C47N40Sa_lv2_3446f647f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N40Sb","SubSectionBookmarkName":"ss_T34C47N40Sb_lv2_1179dcaa3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T34C47N40Sc","SubSectionBookmarkName":"ss_T34C47N40Sc_lv2_e96ba8cf0","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T34C47N50_abf55c7fa","IsConstitutionSection":false,"Identity":"34-47-50","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T34C47N60_22a89856c","IsConstitutionSection":false,"Identity":"34-47-60","IsNew":true,"SubSections":[{"Level":1,"Identity":"T34C47N60S1","SubSectionBookmarkName":"ss_T34C47N60S1_lv1_f8953445b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N60S2","SubSectionBookmarkName":"ss_T34C47N60S2_lv1_59bbb12b8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T34C47N60S3","SubSectionBookmarkName":"ss_T34C47N60S3_lv1_6ef9bad07","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T34C47N70_61da332d6","IsConstitutionSection":false,"Identity":"34-47-70","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T34C47N80_c24aa8897","IsConstitutionSection":false,"Identity":"34-47-80","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"by adding chapter 47 to title 34 so as to provide for fairness and transparency in banking","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_b1b23a5ef"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Guarantee Banking Act</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>samanthaallen@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6023,227 +6329,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...43 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>7291</Characters>
+  <Pages>4</Pages>
+  <Words>1348</Words>
+  <Characters>7280</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>127</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>137</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8561</CharactersWithSpaces>
+  <CharactersWithSpaces>8566</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>