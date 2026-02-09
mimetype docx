--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,108 +123,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. Gatch, Brewer, Edgerton, Gagnon, Guffey, Martin, Long, Sessions, M.M. Smith and Teeple</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Gatch, Brewer, Edgerton, Gagnon, Guffey, Martin, Long, Sessions, M.M. Smith, Teeple, McCravy, Pope, Magnuson, Taylor, Lawson, Caskey, Landing, Ford, Willis, Erickson, Bradley, Bowers, Vaughan and J.L. Johnson</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0342VR26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Equal Parenting Act</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +336,324 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R85666ffc502247de">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 38</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R76d04cabdcf54005">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 38</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/14/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Caskey
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/15/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Landing
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/22/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Ford
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Willis, 
+ Erickson, Bradley
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Bowers, 
+ Vaughan
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: J.L. Johnson
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R88d9d8a0b5b54e3d">
+      <w:hyperlink r:id="Rf4e97e45c5ee4725">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,129 +671,127 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R6e8454b3c89f4581">
+      <w:hyperlink r:id="R4475f6b08bb94b3e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R8057d6ce98d14c35">
+      <w:hyperlink r:id="R386e53e8ab784076">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="009D3834" w:rsidRDefault="00432135" w14:paraId="2BDF860A" w14:textId="5245C535">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="009D3834" w:rsidRDefault="00A73EFA" w14:paraId="3925F15E" w14:textId="59AB5353">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="009D3834" w:rsidRDefault="00A73EFA" w14:paraId="7FA984C7" w14:textId="1CA88586">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="009D3834" w:rsidRDefault="00A73EFA" w14:paraId="2557BA22" w14:textId="08172E84">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="009D3834" w:rsidRDefault="00A73EFA" w14:paraId="318C7D4C" w14:textId="7C602058">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="009D3834" w:rsidRDefault="00A73EFA" w14:paraId="75AFA95E" w14:textId="0EC5B81F">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -603,2060 +848,2219 @@
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>’</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>S BEST INTEREST, AND TO ADDRESS THE APPORTIONMENT OF FEES AND COSTS; BY AMENDING SECTIONS 63‑15‑210, 63‑15‑220, 63‑15‑230, AND 63‑15‑240, ALL RELATING TO CHILD CUSTODY HEARINGS, SO AS TO PROVIDE THAT EQUAL PARENTING TIME IS PRESUMED TO BE IN A CHILD</w:t>
           </w:r>
           <w:r w:rsidR="00DF7093">
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>’</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>S BEST INTEREST IN CHILD CUSTODY ACTIONS, THAT PARENTAL INTERFERENCE WITH THE PARENTING TIME OF THE OTHER PARENT IS GROUNDS FOR MODIFICATION OF A CHILD CUSTODY ORDER; AND FOR OTHER PURPOSES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_c04345831" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_c04345831" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="490D2712" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="18A0C41E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_3c5eab7f3" w:id="2"/>
+      <w:bookmarkStart w:name="ew_3c5eab7f3" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00224D6D" w:rsidP="00224D6D" w:rsidRDefault="00224D6D" w14:paraId="6A907FEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00224D6D" w:rsidP="00F735FA" w:rsidRDefault="00224D6D" w14:paraId="44887672" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_43e75d527" w:id="3"/>
-      <w:bookmarkStart w:name="citing_act_71b9d0735" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_1_43e75d527" w:id="2"/>
+      <w:bookmarkStart w:name="citing_act_71b9d0735" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00F735FA">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>This act may be cited as the “</w:t>
+      </w:r>
+      <w:r w:rsidR="00536455">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Equal Parenting Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4503">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F735FA">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B63CD" w:rsidP="009B63CD" w:rsidRDefault="009B63CD" w14:paraId="4234DAF7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B63CD" w:rsidP="009B63CD" w:rsidRDefault="009B63CD" w14:paraId="00C1109F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_36ce22f5b" w:id="4"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="00F735FA">
-[...24 lines deleted...]
-    <w:p w:rsidR="009B63CD" w:rsidP="009B63CD" w:rsidRDefault="009B63CD" w14:paraId="4234DAF7" w14:textId="77777777">
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_0c2f7394b" w:id="5"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>ection 63‑3‑810 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002449BF" w:rsidRDefault="002449BF" w14:paraId="09A763E7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002449BF" w:rsidRDefault="002449BF" w14:paraId="75B05AF9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T63C3N810_aa387d836" w:id="6"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t>ection 63‑3‑810.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N810SA_lv1_0bb8eb176" w:id="7"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>A) In a private action before the family court in which custody or visitation of a minor child is an issue, the court may appoint a guardian ad litem only when it determines that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034507F" w:rsidRDefault="002449BF" w14:paraId="099F07CC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N810S1_lv2_471e5c04a" w:id="8"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">without a guardian ad litem, the court will likely not be fully informed about the facts of the case and </w:t>
+      </w:r>
+      <w:r>
+        <w:t>there is a substantial dispute which necessitates a guardian ad litem; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034507F" w:rsidRDefault="002449BF" w14:paraId="34FAC63F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N810S2_lv2_1b95a97f1" w:id="9"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t xml:space="preserve">2) both </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>parties</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> consent to the appointment of a guardian ad litem who is approved by the court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0034507F" w:rsidRDefault="002449BF" w14:paraId="13942E04" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N810SB_lv1_381e35c6b" w:id="10"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t>B) The court has absolute discretion in determining who will be appointed as a guardian ad litem in each case. A guardian ad litem must be appointed to a case by a court order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6349A" w:rsidRDefault="00C6349A" w14:paraId="36B5FBBD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N810SC_lv1_2d402d48c" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>C)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6349A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>Notwithstanding subsection (B), a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6349A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6349A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> file a motion to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6349A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>dispute the court</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6349A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointment </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of a guardian ad litem </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C6349A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C6349A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>misconduct by the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6349A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appointed </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6349A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uardian ad </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6349A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>item and seek a new appointment by the court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6349A" w:rsidP="00C6349A" w:rsidRDefault="00C6349A" w14:paraId="7E87428B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009B63CD" w:rsidP="009B63CD" w:rsidRDefault="009B63CD" w14:paraId="00C1109F" w14:textId="77777777">
+    <w:p w:rsidR="00C6349A" w:rsidP="00C6349A" w:rsidRDefault="00C6349A" w14:paraId="2610DA3D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_36ce22f5b" w:id="5"/>
+      <w:bookmarkStart w:name="bs_num_3_f296e0639" w:id="12"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="dl_0c2f7394b" w:id="6"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_2c9d47834" w:id="13"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="002449BF" w:rsidRDefault="002449BF" w14:paraId="09A763E7" w14:textId="77777777">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>ection 63‑3‑820(B) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814DDB" w:rsidRDefault="00814DDB" w14:paraId="6F9126DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002449BF" w:rsidRDefault="002449BF" w14:paraId="75B05AF9" w14:textId="77777777">
+    <w:p w:rsidR="00814DDB" w:rsidRDefault="00814DDB" w14:paraId="2E8C9173" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...14 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C3N810SA_lv1_0bb8eb176" w:id="8"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T63C3N820_54b623bea" w:id="14"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N820SB_lv1_d01f433e5" w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...15 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>B)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N820S1_lv2_286790b51" w:id="16"/>
+      <w:r w:rsidR="00FA2F00">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...227 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="16"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00FA2F00">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> A person shall not be appointed as a guardian ad litem pursuant to Section 63‑3‑810 who has </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">been convicted of any crime listed in Chapter 3 of Title 16, Offenses Against the Person; in Chapter 15 of Title 16, Offenses Against Morality and Decency; in Chapter 25 of Title 16, Criminal Domestic Violence; </w:t>
       </w:r>
       <w:r w:rsidR="00FA2F00">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in Article 3 of Chapter 53 of Title 44, Narcotics and Controlled Substances; or convicted of the crime of contributing to the delinquency of a minor, provided for in Section 16‑17‑490.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA2F00" w:rsidP="00FA2F00" w:rsidRDefault="00FA2F00" w14:paraId="61B4C636" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C3N820S2_lv2_b402ff94c" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T63C3N820S2_lv2_b402ff94c" w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N820Sa_lv3_4e2ff6e40" w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>2)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C3N820Sa_lv3_4e2ff6e40" w:id="19"/>
+        <w:t>a) A person shall not be appointed as a guardian ad litem pursuant to Section 63‑3‑810 unless the person submits to and passes a drug test administered by a certified laboratory approved by the court, screening for controlled substances as defined in Section 44‑53‑110. The test must be completed prior to initial appointment and annually thereafter during the term of service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA2F00" w:rsidP="00FA2F00" w:rsidRDefault="00FA2F00" w14:paraId="6F24F2DC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N820Sb_lv3_b5eae5d83" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>a) A person shall not be appointed as a guardian ad litem pursuant to Section 63‑3‑810 unless the person submits to and passes a drug test administered by a certified laboratory approved by the court, screening for controlled substances as defined in Section 44‑53‑110. The test must be completed prior to initial appointment and annually thereafter during the term of service.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FA2F00" w:rsidP="00FA2F00" w:rsidRDefault="00FA2F00" w14:paraId="6F24F2DC" w14:textId="77777777">
+        <w:t>b) The applicant or appointed guardian ad litem shall bear the cost of the drug test, unless waived by the court upon a showing of financial hardship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA2F00" w:rsidP="00FA2F00" w:rsidRDefault="00FA2F00" w14:paraId="7785DBAD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C3N820Sb_lv3_b5eae5d83" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T63C3N820Sc_lv3_4942f176c" w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>b) The applicant or appointed guardian ad litem shall bear the cost of the drug test, unless waived by the court upon a showing of financial hardship.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FA2F00" w:rsidP="00FA2F00" w:rsidRDefault="00FA2F00" w14:paraId="7785DBAD" w14:textId="77777777">
+        <w:t>c) A positive test result for an illegal controlled substance, or a refusal to submit to testing, is grounds for disqualification or removal from appointment. The court shall provide notice of the test results and an opportunity for the individual to contest the findings through a hearing, where evidence of a valid prescription or other mitigating circumstances may be presented.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA2F00" w:rsidP="00FA2F00" w:rsidRDefault="00FA2F00" w14:paraId="6549827E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...21 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C3N820Sc_lv3_4942f176c" w:id="21"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N820Sd_lv3_b5949e82b" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>c) A positive test result for an illegal controlled substance, or a refusal to submit to testing, is grounds for disqualification or removal from appointment. The court shall provide notice of the test results and an opportunity for the individual to contest the findings through a hearing, where evidence of a valid prescription or other mitigating circumstances may be presented.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FA2F00" w:rsidP="00FA2F00" w:rsidRDefault="00FA2F00" w14:paraId="6549827E" w14:textId="77777777">
+        <w:t>d) All test results are confidential and may be used solely for the purpose of determining eligibility pursuant to this item, in accordance with applicable privacy laws.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7EBF" w:rsidP="009A7EBF" w:rsidRDefault="009A7EBF" w14:paraId="50200559" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A7EBF" w:rsidP="009A7EBF" w:rsidRDefault="009A7EBF" w14:paraId="7779FE8C" w14:textId="01403461">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_4_5e178320f" w:id="22"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:t>ECTION 4.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_97e4090f7" w:id="23"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t>ection 63‑3‑830(A)</w:t>
+      </w:r>
+      <w:r w:rsidR="003B16DA">
+        <w:t>(1) and (2)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003B16DA">
+        <w:t>e)‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003B16DA">
+        <w:t>(f)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3253" w:rsidRDefault="006F3253" w14:paraId="1E272B2F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w:rsidR="001034FB" w:rsidRDefault="006F3253" w14:paraId="10518A3D" w14:textId="3F88DFC7">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T63C3N830_5b7404c70" w:id="24"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N830S1_lv1_7713b957e" w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-[...33 lines deleted...]
-        <w:t>ection 63‑3‑830(A)</w:t>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:t>1) representing the best interest of the child</w:t>
       </w:r>
       <w:r w:rsidR="003B16DA">
-        <w:t>(1) and (2)(e)‑(f)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="006F3253" w:rsidRDefault="006F3253" w14:paraId="1E272B2F" w14:textId="77777777">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021698E" w:rsidR="003B16DA">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For purposes of this </w:t>
+      </w:r>
+      <w:r w:rsidR="003B16DA">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021698E" w:rsidR="003B16DA">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>, the guardian ad litem shall presume that an award of joint custody with equal or approximately equal parenting time is in the child</w:t>
+      </w:r>
+      <w:r w:rsidR="003B16DA">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021698E" w:rsidR="003B16DA">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s best interest, a presumption which is rebuttable only if a party proves by a preponderance of the evidence that equal </w:t>
+      </w:r>
+      <w:r w:rsidR="003B16DA">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>parenting time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021698E" w:rsidR="003B16DA">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not in the best interest of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021698E" w:rsidR="003B16DA">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>child</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003B16DA" w:rsidRDefault="003B16DA" w14:paraId="571F8737" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="001034FB" w:rsidRDefault="006F3253" w14:paraId="10518A3D" w14:textId="3F88DFC7">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B16DA" w:rsidRDefault="003B16DA" w14:paraId="3C225CD9" w14:textId="61F46D8F">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N830Se_lv2_7c4e79025" w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>e)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021698E">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attempt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021698E">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in good faith to establish a positive relationship with each parent to include a prohibition on misconduct toward or mistreatment of either parent by the guardian ad </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021698E">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>litem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001034FB" w:rsidRDefault="006F3253" w14:paraId="1349BF86" w14:textId="74F2869F">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r>
+        <w:t>(e)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N830Sf_lv2_ec74c1b23" w:id="27"/>
+      <w:r w:rsidR="003B16DA">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="003B16DA">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...47 lines deleted...]
-    <w:p w:rsidR="003B16DA" w:rsidRDefault="003B16DA" w14:paraId="571F8737" w14:textId="77777777">
+        <w:t>f)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> obtaining the criminal history of each party when determined necessary; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001034FB" w:rsidRDefault="006F3253" w14:paraId="0F452457" w14:textId="5E1E6236">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...67 lines deleted...]
-        <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(e)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C3N830Sf_lv2_ec74c1b23" w:id="28"/>
+        <w:t>(f)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N830Sg_lv2_ed052f960" w:id="28"/>
       <w:r w:rsidR="003B16DA">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidR="003B16DA">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>f)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="001034FB" w:rsidRDefault="006F3253" w14:paraId="0F452457" w14:textId="5E1E6236">
+        <w:t>g)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> considering the wishes of the child, if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>appropriate;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00841E93" w:rsidRDefault="00841E93" w14:paraId="55CB5EF2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C1A7E" w:rsidP="000C1A7E" w:rsidRDefault="000C1A7E" w14:paraId="7606465F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_5_eb953b35c" w:id="29"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:t>ECTION 5.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_e92c87576" w:id="30"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t>ection 63‑3‑850(D) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F9673F" w:rsidRDefault="00F9673F" w14:paraId="69C6B042" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E5F54" w:rsidP="008472B7" w:rsidRDefault="00F9673F" w14:paraId="0664B6A9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T63C3N850_1376160e7" w:id="31"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(f)</w:t>
-[...4 lines deleted...]
-          <w:rStyle w:val="scinsert"/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N850SD_lv1_4d2d97cdaR" w:id="32"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00F9673F" w:rsidRDefault="00F9673F" w14:paraId="69C6B042" w14:textId="77777777">
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>D) At any time during the action, a party may petition the court to review the reasonableness of the fees and costs submitted by the guardian ad litem or the attorney for the guardian ad litem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008472B7" w:rsidP="008472B7" w:rsidRDefault="006E5F54" w14:paraId="60C02D56" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="006E5F54" w:rsidP="008472B7" w:rsidRDefault="00F9673F" w14:paraId="0664B6A9" w14:textId="77777777">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N850SD_lv1_a613837ad" w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>D)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N850S1_lv2_599aeb874" w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="008472B7">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>The court has discretion to apportion the fees and costs based on the parties’ financial circumstances in the following manner:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008472B7" w:rsidP="008472B7" w:rsidRDefault="008472B7" w14:paraId="47982212" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="cs_T63C3N850_1376160e7" w:id="32"/>
-[...10 lines deleted...]
-          <w:rStyle w:val="scstrike"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006E5F54">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N850Sa_lv3_dd3201c21" w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="008472B7" w:rsidP="008472B7" w:rsidRDefault="006E5F54" w14:paraId="60C02D56" w14:textId="77777777">
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidR="006E5F54">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>) Both parties equally split the fees and costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008472B7" w:rsidP="008472B7" w:rsidRDefault="008472B7" w14:paraId="325FE09C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:tab/>
-[...46 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F54">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C3N850Sa_lv3_dd3201c21" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T63C3N850Sb_lv3_9d6fd4f84" w:id="36"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidR="006E5F54">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="008472B7" w:rsidP="008472B7" w:rsidRDefault="008472B7" w14:paraId="325FE09C" w14:textId="77777777">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>) One party pays one hundred percent of the fees and costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008472B7" w:rsidP="008472B7" w:rsidRDefault="008472B7" w14:paraId="233892DF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E5F54">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C3N850Sb_lv3_9d6fd4f84" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T63C3N850Sc_lv3_222c54062" w:id="37"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="006E5F54">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>b</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="008472B7" w:rsidP="008472B7" w:rsidRDefault="008472B7" w14:paraId="233892DF" w14:textId="77777777">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>) The court divides the fees and costs proportionately based on income disparities between the parties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E5F54" w:rsidP="008472B7" w:rsidRDefault="008472B7" w14:paraId="4C673274" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006E5F54">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C3N850Sc_lv3_222c54062" w:id="38"/>
+      <w:bookmarkStart w:name="ss_T63C3N850S2_lv2_36ccc96a8" w:id="38"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="006E5F54">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...20 lines deleted...]
-      </w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N850Sa_lv3_5a18e7edd" w:id="39"/>
       <w:r w:rsidR="006E5F54">
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidR="006E5F54">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...7 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C3N850Sa_lv3_5a18e7edd" w:id="40"/>
+        <w:t>a)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If one or both parties is a low‑income individual with a household income at two hundred percent of the federal poverty level, the proceedings must be expedited to control costs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F9673F" w:rsidP="008472B7" w:rsidRDefault="006E5F54" w14:paraId="2E0763E2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N850Sb_lv3_2cb106e7c" w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:r w:rsidR="008472B7">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>If both parties individually have household incomes that exceed two hundred percent of the federal poverty level, the court may discern if proceedings should be expedited to reduce the cost burden on the parties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008472B7" w:rsidRDefault="008472B7" w14:paraId="6C8FA379" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N850SE_lv1_b72195df9" w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidR="006E5F54">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008472B7">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>At any time during the action, a party may petition the court to review the reasonableness of the fees and costs submitted by the guardian ad litem or the attorney for the guardian ad litem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008472B7" w:rsidP="008472B7" w:rsidRDefault="008472B7" w14:paraId="5D7F5902" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008472B7" w:rsidP="008472B7" w:rsidRDefault="008472B7" w14:paraId="79868BE6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_6_fa7c428b4" w:id="42"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:t>ECTION 6.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_f48708be0" w:id="43"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:t>ection 63‑3‑870 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B00BD" w:rsidRDefault="008B00BD" w14:paraId="39B1DF28" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B00BD" w:rsidRDefault="008B00BD" w14:paraId="77CACAE2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T63C3N870_baece62b8" w:id="44"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:t>ection 63‑3‑870.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>A guardian ad litem may be removed from a case at the discretion of the court</w:t>
+      </w:r>
+      <w:r w:rsidR="0040247B">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>, or in accordance with Section 63‑3‑810</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040247B" w:rsidP="0040247B" w:rsidRDefault="0040247B" w14:paraId="39D639A3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040247B" w:rsidP="0040247B" w:rsidRDefault="0040247B" w14:paraId="6A6DEDAA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_7_92ed5a845" w:id="45"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:t>ECTION 7.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_5d59d13d1" w:id="46"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:t>ection 63‑15‑210(1) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C87F4C" w:rsidRDefault="00C87F4C" w14:paraId="16438F97" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C87F4C" w:rsidRDefault="00C87F4C" w14:paraId="38E85EDC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T63C15N210_4b10696d6" w:id="47"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N210S1_lv1_444a4f111" w:id="48"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...201 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C15N210S1_lv1_444a4f111" w:id="49"/>
       <w:bookmarkEnd w:id="48"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>1) “Joint custody” means both parents have equal rights and responsibilities for major decisions concerning the child, including the child</w:t>
       </w:r>
       <w:r w:rsidR="00CA4503">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s education, medical and dental care, extracurricular activities, and religious training; however, a judge may designate one parent to have sole authority to make specific, identified decisions while both parents retain equal rights and responsibilities for all other decisions.</w:t>
       </w:r>
       <w:r w:rsidRPr="007E4ADB" w:rsidR="007E4ADB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> Joint custody also includes an allocation of physical custody or parenting time in which the child spends equal or approximately equal time with each parent, unless otherwise ordered by the court pursuant to Section 63‑15‑230.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E4ADB" w:rsidP="007E4ADB" w:rsidRDefault="007E4ADB" w14:paraId="458BF0F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007E4ADB" w:rsidP="007E4ADB" w:rsidRDefault="007E4ADB" w14:paraId="24A73148" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_8_510d78618" w:id="50"/>
+      <w:bookmarkStart w:name="bs_num_8_510d78618" w:id="49"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:t>ECTION 8.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_804b3af85" w:id="50"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
-        <w:t>ECTION 8.</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>ection 63‑15‑220(A) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C87F4C" w:rsidRDefault="00C87F4C" w14:paraId="3D1A67EE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C87F4C" w:rsidRDefault="00C87F4C" w14:paraId="3911E7F5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T63C15N220_03d8511fc" w:id="51"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N220SA_lv1_69de92c5c" w:id="52"/>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
-        <w:t>ection 63‑15‑220(A) of the S.C. Code is amended to read:</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C15N220SA_lv1_69de92c5c" w:id="53"/>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="52"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t>A) At all temporary hearings where custody is contested, each parent must prepare, file, and submit to the court a parenting plan, which reflects parental preferences, the allocation of parenting time to be spent with each parent, and major decisions, including, but not limited to, the child</w:t>
       </w:r>
       <w:r w:rsidR="006E5F54">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s education, medical and dental care, extracurricular activities and religious training. However, the parties may elect to prepare, file, and submit a joint parenting plan. The court shall issue temporary and final custody orders only after considering these parenting plans; however, the failure by a party to submit a parenting plan to the court does not preclude the court from issuing a temporary or final custody order.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> Unless agreed to by the parties, there is a rebuttal presumption that a</w:t>
       </w:r>
       <w:r w:rsidR="006E5F54">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> court</w:t>
       </w:r>
       <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t xml:space="preserve"> award of joint custody with equal or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>approximately equal parenting time is in the child</w:t>
+      </w:r>
+      <w:r w:rsidR="00A376EF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s best interest. To rebut this presumption, a party must prove by a preponderance of the evidence that equal </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5F54">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>parenting time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not in the best interest of the minor child. Except when a </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5F54">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parenting </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">time schedule is agreed to by the parties and approved by the court, the court must evaluate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the factors set forth in Section 63‑15</w:t>
+      </w:r>
+      <w:r w:rsidR="00A376EF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>‑240</w:t>
+      </w:r>
+      <w:r w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(B)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and make specific written findings of fact when creating or modifying a </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5F54">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>parenting time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> schedule.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B76AB" w:rsidP="009B76AB" w:rsidRDefault="009B76AB" w14:paraId="7EFC7B51" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B76AB" w:rsidP="009B76AB" w:rsidRDefault="009B76AB" w14:paraId="3713C00C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_9_d3870d31d" w:id="53"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:t>ECTION 9.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_e8e9f2c46" w:id="54"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:t>ection 63‑15‑230 (C) and (D) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C2B3E" w:rsidRDefault="003C2B3E" w14:paraId="0BBB5C50" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C2B3E" w:rsidRDefault="003C2B3E" w14:paraId="2DD11546" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T63C15N230_c543e2770" w:id="55"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N230SC_lv1_6de867c12" w:id="56"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:t>C) If custody is contested or if either parent seeks an award of joint custody, the court shall consider all custody options, including, but not limited to, joint custody, and, in its final order, the court shall state its determination as to custody and shall state its reasoning for that decision.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003550C5" w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> There </w:t>
+      </w:r>
+      <w:r w:rsidR="006E5F54">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003550C5" w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>a rebuttable presumption that a</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5F54">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> court</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003550C5" w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t xml:space="preserve"> award of joint custody with equal or approximately equal parenting time is in the child</w:t>
       </w:r>
-      <w:r w:rsidR="00A376EF">
+      <w:r w:rsidR="003550C5">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A376EF" w:rsidR="00A376EF">
-[...33 lines deleted...]
-        <w:t>‑240</w:t>
+      <w:r w:rsidRPr="003550C5" w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>s best interest. This presumption is rebuttable by a preponderance of the evidence pursuant to all relevant factor</w:t>
       </w:r>
       <w:r w:rsidR="003550C5">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>(B)</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="009B76AB" w:rsidP="009B76AB" w:rsidRDefault="009B76AB" w14:paraId="7EFC7B51" w14:textId="77777777">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003550C5" w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including, but not limited to, the factors in Section 63‑15‑240(B). The presumption may be rebutted if the court finds that the parents have reached an agreement on all issues related to custody, or that a pattern of domestic violence has occurred as defined in Section 16‑25‑20 or 16‑25‑65, or that a domestic violence order is in effect or in the process of being enacted against one parent. If the presumption is rebutted, the court shall construct a parenting time schedule that maximizes the time each parent has with the child and is consistent with the child</w:t>
+      </w:r>
+      <w:r w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003550C5" w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s welfare. The court shall make specific written findings of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003550C5" w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>fact</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003550C5" w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and conclusions of law explaining any deviation from equal parenting time</w:t>
+      </w:r>
+      <w:r w:rsidR="003550C5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F0212" w:rsidDel="003550C5" w:rsidRDefault="003C2B3E" w14:paraId="4929D859" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N230SD_lv1_fc37fb89aR" w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>D) Notwithstanding the custody determination, the court may allocate parenting time in the best interest of the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003550C5" w:rsidP="003550C5" w:rsidRDefault="003550C5" w14:paraId="655DB7D4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009B76AB" w:rsidP="009B76AB" w:rsidRDefault="009B76AB" w14:paraId="3713C00C" w14:textId="77777777">
+    <w:p w:rsidR="003550C5" w:rsidP="003550C5" w:rsidRDefault="003550C5" w14:paraId="576236A0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_9_d3870d31d" w:id="54"/>
+      <w:bookmarkStart w:name="bs_num_10_83f913b10" w:id="58"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="dl_e8e9f2c46" w:id="55"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:t>ECTION 10.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_32711caf9" w:id="59"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="003C2B3E" w:rsidRDefault="003C2B3E" w14:paraId="0BBB5C50" w14:textId="77777777">
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:t>ection 63‑15‑240 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00511681" w:rsidRDefault="00511681" w14:paraId="6DD68691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C2B3E" w:rsidRDefault="003C2B3E" w14:paraId="2DD11546" w14:textId="77777777">
+    <w:p w:rsidR="00511681" w:rsidRDefault="00511681" w14:paraId="59F55ED6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="cs_T63C15N230_c543e2770" w:id="56"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T63C15N240_1f3b975d6" w:id="60"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:t>ection 63‑15‑240.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240SA_lv1_ac6522fbb" w:id="61"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-[...76 lines deleted...]
-    <w:p w:rsidR="005F0212" w:rsidDel="003550C5" w:rsidRDefault="003C2B3E" w14:paraId="4929D859" w14:textId="77777777">
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:t>A) In issuing or modifying an order for custody affecting the rights and responsibilities of the parents, the order may include, but is not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="354422D1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...13 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S1_lv2_0c0762fc6" w:id="62"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00511681" w:rsidRDefault="00511681" w14:paraId="6DD68691" w14:textId="77777777">
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:t xml:space="preserve">1) the approval of a parenting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>plan;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="11F8750F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00511681" w:rsidRDefault="00511681" w14:paraId="59F55ED6" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S2_lv2_8f8322e3b" w:id="63"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:t xml:space="preserve">2) the award of sole custody to one parent with appropriate parenting time for the noncustodial </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>parent;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="03AF7EB8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T63C15N240_1f3b975d6" w:id="61"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C15N240SA_lv1_ac6522fbb" w:id="62"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S3_lv2_07b84a0e3" w:id="64"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="354422D1" w14:textId="77777777">
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:t>3) the award of joint custody, in which case the order must include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="7E9D0A25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S1_lv2_0c0762fc6" w:id="63"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240Sa_lv3_8222a1a87" w:id="65"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="11F8750F" w14:textId="77777777">
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:t>a) residential arrangements with each parent in accordance with the needs of each child; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="699B1B36" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S2_lv2_8f8322e3b" w:id="64"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240Sb_lv3_e85ca1f05" w:id="66"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
-[...39 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="66"/>
       <w:r>
-        <w:t>a) residential arrangements with each parent in accordance with the needs of each child; and</w:t>
-[...21 lines deleted...]
-        <w:t>b) how consultations and communications between the parents will take place, generally and specifically, with regard to major decisions concerning the child</w:t>
+        <w:t xml:space="preserve">b) how consultations and communications between the parents will take place, generally and specifically, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>with regard to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> major decisions concerning the child</w:t>
       </w:r>
       <w:r w:rsidR="00CA4503">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>s health, medical and dental care, education, extracurricular activities, and religious training;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">s health, medical and dental care, education, extracurricular activities, and religious </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>training;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="7E6FC480" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S4_lv2_ec546fffb" w:id="68"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S4_lv2_ec546fffb" w:id="67"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:t>4) other custody arrangements as the court may determine to be in the best interest of the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="20D25332" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240SB_lv1_e43aa9ab2" w:id="68"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
-        <w:t>4) other custody arrangements as the court may determine to be in the best interest of the child.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="20D25332" w14:textId="77777777">
+        <w:t>B) In issuing or modifying a custody order, the court must consider the best interest of the child, which may include, but is not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="3FCE5FD5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240SB_lv1_e43aa9ab2" w:id="69"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S1_lv2_f19f8d067" w:id="69"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
-        <w:t>B) In issuing or modifying a custody order, the court must consider the best interest of the child, which may include, but is not limited to:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="3FCE5FD5" w14:textId="77777777">
+        <w:t xml:space="preserve">1) the temperament and developmental needs of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="6B3F50D5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S1_lv2_f19f8d067" w:id="70"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S2_lv2_63eccc858" w:id="70"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
-        <w:t>1) the temperament and developmental needs of the child;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="6B3F50D5" w14:textId="77777777">
+        <w:t xml:space="preserve">2) the capacity and the disposition of the parents to understand and meet the needs of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="770CEF24" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S2_lv2_63eccc858" w:id="71"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S3_lv2_a1187dcf1" w:id="71"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
-        <w:t>2) the capacity and the disposition of the parents to understand and meet the needs of the child;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="770CEF24" w14:textId="77777777">
+        <w:t xml:space="preserve">3) the preferences of each </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="463F2A58" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S3_lv2_a1187dcf1" w:id="72"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S4_lv2_16cbccfcf" w:id="72"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:r>
-        <w:t>3) the preferences of each child;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="463F2A58" w14:textId="77777777">
+        <w:t xml:space="preserve">4) the wishes of the parents as to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>custody;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="00484BF6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S4_lv2_16cbccfcf" w:id="73"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S5_lv2_e942b8ffa" w:id="73"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:t>5) the past and current interaction and relationship of the child with each parent, the child</w:t>
       </w:r>
       <w:r w:rsidR="00CA4503">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>s siblings, and any other person, including a grandparent, who may significantly affect the best interest of the child;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">s siblings, and any other person, including a grandparent, who may significantly affect the best interest of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="7096D59C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S6_lv2_b2ebdd2df" w:id="75"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S6_lv2_b2ebdd2df" w:id="74"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:t xml:space="preserve">6) the actions of each parent to encourage the continuing parent‑child relationship between the child and the other parent, as is appropriate, including compliance with court </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>orders;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="658DB92F" w14:textId="7F1327B9">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S7_lv2_85ecaa3aa" w:id="75"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:r>
-        <w:t>6) the actions of each parent to encourage the continuing parent‑child relationship between the child and the other parent, as is appropriate, including compliance with court orders;</w:t>
-[...18 lines deleted...]
-        <w:t>7) the manipulation by or coercive behavior of the parents in an effort to involve the child in the parents</w:t>
+        <w:t xml:space="preserve">7) the manipulation by or coercive behavior of the parents </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in an effort to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> involve the child in the parents</w:t>
       </w:r>
       <w:r w:rsidR="00536455">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dispute</w:t>
       </w:r>
       <w:r w:rsidR="00637B73">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00637B73" w:rsidR="00637B73">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">including a pattern of </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004A06FF">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>wilfully</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00637B73" w:rsidR="00637B73">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> creating conflict or making unfounded allegations of abuse in an attempt to disrupt joint custody or parenting time</w:t>
+        <w:t xml:space="preserve"> creating conflict or making unfounded allegations of abuse </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00637B73" w:rsidR="00637B73">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>in an attempt to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00637B73" w:rsidR="00637B73">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disrupt joint custody or parenting time</w:t>
       </w:r>
       <w:r w:rsidR="00536455">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00536455" w:rsidR="00536455">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>If the court finds by a preponderance of the evidence that a parent has made false or unfounded allegations of abuse against the other parent, this shall be considered a material change of circumstances warranting modification of custody or parenting time, and the court may deem such behavior as not in the child</w:t>
       </w:r>
       <w:r w:rsidR="00536455">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00536455" w:rsidR="00536455">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>s best interest</w:t>
       </w:r>
@@ -2664,433 +3068,514 @@
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> and may require the offending parent to pay court </w:t>
       </w:r>
       <w:r w:rsidRPr="00536455" w:rsidR="00536455">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>costs or fees</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="09061D83" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S8_lv2_ce2bbcdf6" w:id="77"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S8_lv2_ce2bbcdf6" w:id="76"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:t xml:space="preserve">8) any effort by one parent to disparage the other parent in front of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="4AA6F179" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S9_lv2_f4005a939" w:id="77"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
-        <w:t>8) any effort by one parent to disparage the other parent in front of the child;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="4AA6F179" w14:textId="77777777">
+        <w:t xml:space="preserve">9) the ability of each parent to be actively involved in the life of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="018A825B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S9_lv2_f4005a939" w:id="78"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S10_lv2_fd268f95f" w:id="78"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="78"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:t>10) the child</w:t>
       </w:r>
       <w:r w:rsidR="00CA4503">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>s adjustment to his or her home, school, and community environments;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">s adjustment to his or her home, school, and community </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>environments;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="39B796E7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S11_lv2_67b3c627b" w:id="80"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S11_lv2_67b3c627b" w:id="79"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:t>11) the stability of the child</w:t>
       </w:r>
       <w:r w:rsidR="00CA4503">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>s existing and proposed residences;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">s existing and proposed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>residences;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="5324FE73" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S12_lv2_17fd6d6d0" w:id="81"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S12_lv2_17fd6d6d0" w:id="80"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:t xml:space="preserve">12) the mental and physical health of all individuals involved, except that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a disability</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of a proposed custodial parent or other party, in and of itself, must not be determinative of custody unless the proposed custodial arrangement is not in the best interest of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="4D42619C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S13_lv2_1411799f7" w:id="81"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="81"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:t>13) the child</w:t>
       </w:r>
       <w:r w:rsidR="00CA4503">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>s cultural and spiritual background;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">s cultural and spiritual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>background;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="06A783BA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S14_lv2_418440487" w:id="83"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S14_lv2_418440487" w:id="82"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:t>14) whether the child or a sibling of the child has been abused or neglected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637B73" w:rsidR="00637B73">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and, if allegations of abuse or neglect are made, whether such allegations are supported by clear and convincing evidence or have been determined to be unfounded by a preponderance of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00637B73" w:rsidR="00637B73">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>evidence</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="6375392E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S15_lv2_07a0cca2b" w:id="83"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
-        <w:t>14) whether the child or a sibling of the child has been abused or neglected</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="6375392E" w14:textId="77777777">
+        <w:t xml:space="preserve">15) whether one parent has perpetrated domestic violence or child abuse or the effect on the child of the actions of an abuser if any domestic violence has occurred between the parents or between a parent and another individual or between the parent and the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680AA2" w:rsidRDefault="00511681" w14:paraId="231F85E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S15_lv2_07a0cca2b" w:id="84"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S16_lv2_6fa8eb78d" w:id="84"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="84"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:t>16) whether one parent has relocated more than one hundred miles from the child</w:t>
       </w:r>
       <w:r w:rsidR="00CA4503">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">s primary residence in the past year, unless the parent relocated for safety reasons; </w:t>
+        <w:t xml:space="preserve">s primary residence in the past year, unless the parent relocated for safety </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">reasons; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00680AA2" w:rsidP="006E5F54" w:rsidRDefault="00511681" w14:paraId="0B60FA37" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S17_lv2_49a946f7R" w:id="86"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S17_lv2_49a946f7R" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>17) other factors as the court considers necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E5F54" w:rsidP="006E5F54" w:rsidRDefault="006E5F54" w14:paraId="226BB6CC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S17_lv2_f19cb12f7" w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="scstrike"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006E5F54" w:rsidP="006E5F54" w:rsidRDefault="006E5F54" w14:paraId="226BB6CC" w14:textId="77777777">
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17) the frequency with which a parent would be likely to leave the child in the care of a nonrelative </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>on evenings and weekends when the other parent would be available and willing to provide care; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E5F54" w:rsidP="006E5F54" w:rsidRDefault="006E5F54" w14:paraId="19506709" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C15N240S17_lv2_f19cb12f7" w:id="87"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S18_lv2_9c8b95a2c" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>17) the frequency with which a parent would be likely to leave the child in the care of a nonrelative on evenings and weekends when the other parent would be available and willing to provide care; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006E5F54" w:rsidP="006E5F54" w:rsidRDefault="006E5F54" w14:paraId="19506709" w14:textId="77777777">
+        <w:t>18) other factors as the court considers necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536455" w:rsidP="00536455" w:rsidRDefault="00536455" w14:paraId="3C8D7D37" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C15N240S18_lv2_9c8b95a2c" w:id="88"/>
+      <w:bookmarkStart w:name="ss_T63C15N240SC_lv1_f3bdf158f" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>18) other factors as the court considers necessary.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00536455" w:rsidP="00536455" w:rsidRDefault="00536455" w14:paraId="3C8D7D37" w14:textId="77777777">
+        <w:t xml:space="preserve">C) A custody order issued or modified by the court must be supported by written findings of fact if the order establishes a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006E5F54">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>parenting time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> schedule that does not allocate approximately equal parenting time to each parent, which must address why it is not in the best interest of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>child for each parent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to have approximately equal parenting time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00536455" w:rsidP="00536455" w:rsidRDefault="00536455" w14:paraId="1B09829F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C15N240SC_lv1_f3bdf158f" w:id="89"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240SD_lv1_3c4461482" w:id="89"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">C) A custody order issued or modified by the court must be supported by written findings of fact if the order establishes a </w:t>
+        <w:t xml:space="preserve">D) A determination of custody, a parenting plan, or a </w:t>
       </w:r>
       <w:r w:rsidR="006E5F54">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>parenting time</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> schedule that does not allocate approximately equal parenting time to each parent, which must address why it is not in the best interest of the child for each parent to have approximately equal parenting time.</w:t>
-[...18 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> schedule may not be modified without a determination that modification is in the best interest of the child and a showing of a substantial, material, and unanticipated change in circumstance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="56E4C6DB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="open_doc_here" w:id="90"/>
       <w:bookmarkEnd w:id="90"/>
-      <w:r>
-[...21 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="21ADA922" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_11_lastsection" w:id="91"/>
       <w:bookmarkStart w:name="eff_date_section" w:id="92"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="91"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 11.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="1E3E5492" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
@@ -3100,56 +3585,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="0049637E">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4418BB47" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D5787A" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -3182,175 +3667,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7995BD4C" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="14BAFD02" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="001D4669" w:rsidP="00D14995">
+      <w:p w14:paraId="14BAFD02" w14:textId="14F6085D" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0051173D" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00A42360">
+              <w:t>[4622]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00223590">
+            <w:r w:rsidR="00A42360">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0342VR26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="556734E9" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="20598766" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3612,51 +4095,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -3712,59 +4197,61 @@
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F482F"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="001034FB"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00131605"/>
     <w:rsid w:val="00133591"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="0014652C"/>
     <w:rsid w:val="00166C27"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00186BBE"/>
     <w:rsid w:val="0018756E"/>
     <w:rsid w:val="00187810"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00190B55"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00194F2A"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
+    <w:rsid w:val="001A61D0"/>
     <w:rsid w:val="001B4155"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E7E21"/>
     <w:rsid w:val="001F09AE"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="00214486"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="0021698E"/>
     <w:rsid w:val="00217140"/>
     <w:rsid w:val="002224A4"/>
     <w:rsid w:val="00223590"/>
     <w:rsid w:val="00224D6D"/>
     <w:rsid w:val="002270BD"/>
     <w:rsid w:val="00227196"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00241654"/>
     <w:rsid w:val="002449BF"/>
     <w:rsid w:val="002461A2"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264344"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00270CD8"/>
@@ -3780,56 +4267,58 @@
     <w:rsid w:val="002D45D1"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E17B7"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F35EA"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003402AD"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="00342734"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="0034507F"/>
     <w:rsid w:val="003471CF"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003550C5"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00364942"/>
     <w:rsid w:val="003706A1"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00371EE7"/>
     <w:rsid w:val="00373E17"/>
+    <w:rsid w:val="0037724C"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A22A5"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B16DA"/>
     <w:rsid w:val="003B4817"/>
+    <w:rsid w:val="003C2901"/>
     <w:rsid w:val="003C2B3E"/>
     <w:rsid w:val="003C32AD"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C51A5"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003D7119"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E3BFD"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F55B4"/>
     <w:rsid w:val="003F5E46"/>
     <w:rsid w:val="003F79DE"/>
     <w:rsid w:val="0040247B"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406E5D"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="0042588E"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
@@ -3850,96 +4339,99 @@
     <w:rsid w:val="0049637E"/>
     <w:rsid w:val="004A06FF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B32C6"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D48E7"/>
     <w:rsid w:val="004D6771"/>
     <w:rsid w:val="004E08D7"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E207D"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005033C0"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00511681"/>
+    <w:rsid w:val="0051173D"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00536455"/>
+    <w:rsid w:val="00536915"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00556C44"/>
     <w:rsid w:val="00564504"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00570BBA"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00583E0B"/>
     <w:rsid w:val="00590C59"/>
     <w:rsid w:val="005924C4"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="00592B4F"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C55E5"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D1BA6"/>
     <w:rsid w:val="005D211C"/>
     <w:rsid w:val="005D27E4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E0802"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E48C7"/>
     <w:rsid w:val="005F0212"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611762"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00614B72"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00637B73"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="006542BA"/>
     <w:rsid w:val="00655F7B"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00661B54"/>
     <w:rsid w:val="0066235B"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067164E"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="0067507E"/>
     <w:rsid w:val="00680AA2"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="00692B90"/>
     <w:rsid w:val="00693AE3"/>
@@ -4057,105 +4549,108 @@
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009B76AB"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3834"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009D5044"/>
     <w:rsid w:val="009E1184"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4C94"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A01E38"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A22BCC"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A341DE"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A376EF"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
+    <w:rsid w:val="00A42360"/>
     <w:rsid w:val="00A44564"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A602F4"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A7034A"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A740FD"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A81607"/>
     <w:rsid w:val="00A9105E"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC4BF4"/>
     <w:rsid w:val="00AD1B26"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B10F70"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B12B80"/>
     <w:rsid w:val="00B26B9D"/>
     <w:rsid w:val="00B27F57"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B40625"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B45E7F"/>
+    <w:rsid w:val="00B50978"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B670D2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
+    <w:rsid w:val="00BA3024"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB7208"/>
     <w:rsid w:val="00BC288F"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD1EAD"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE0E96"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C00E07"/>
     <w:rsid w:val="00C15CB2"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C26D24"/>
     <w:rsid w:val="00C36ABB"/>
     <w:rsid w:val="00C44FDF"/>
     <w:rsid w:val="00C455C1"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C6349A"/>
@@ -4724,1360 +5219,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="0037724C"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="0037724C"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006542BA"/>
+    <w:rsid w:val="0037724C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -6104,51 +6601,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4622&amp;session=126&amp;summary=B" TargetMode="External" Id="R88d9d8a0b5b54e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4622_20251217.docx" TargetMode="External" Id="R6e8454b3c89f4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4622_20251217a.docx" TargetMode="External" Id="R8057d6ce98d14c35" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4622&amp;session=126&amp;summary=B" TargetMode="External" Id="Rf4e97e45c5ee4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4622_20251217.docx" TargetMode="External" Id="R4475f6b08bb94b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4622_20251217a.docx" TargetMode="External" Id="R386e53e8ab784076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R85666ffc502247de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R76d04cabdcf54005" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6175,123 +6672,123 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="00056AE3"/>
     <w:rsid w:val="00064990"/>
     <w:rsid w:val="00082B5E"/>
     <w:rsid w:val="000B4BA7"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00227196"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="003F55B4"/>
     <w:rsid w:val="00493571"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00564504"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="009068AA"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C754C4"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00DE6B3A"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
     <w:rsid w:val="00FA4AC7"/>
     <w:rsid w:val="00FC1CC5"/>
@@ -7036,129 +7533,71 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...40 lines deleted...]
-</lwb360Metadata>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -7375,123 +7814,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>f1fb2058-037f-40f8-9b53-970e48c96251</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>091e85a2-fcae-4a7c-9ebd-a6f5bd0c9ebc</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>af403e1b-a053-48a8-a830-a1ed49aad867</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>3f2f265e-f494-4524-82a6-905b11ea90df</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4622]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4622</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “EQUAL PARENTING ACT”; BY AMENDING SECTIONS 63‑3‑810, 63‑3‑820, 63‑3‑830, 63‑3‑850, AND 63‑3‑870, ALL RELATING TO GUARDIANS AD LITEM APPOINTED IN PRIVATE FAMILY COURT ACTIONS, SO AS TO PROVIDE CERTAIN PROTECTIONS AGAINST GUARDIAN AD LITEM BIAS OR OTHER MISCONDUCT, TO CLARIFY THAT EQUAL PARENTING TIME FOR BOTH PARENTS IS PRESUMED TO BE IN A CHILD’S BEST INTEREST, AND TO ADDRESS THE APPORTIONMENT OF FEES AND COSTS; BY AMENDING SECTIONS 63‑15‑210, 63‑15‑220, 63‑15‑230, AND 63‑15‑240, ALL RELATING TO CHILD CUSTODY HEARINGS, SO AS TO PROVIDE THAT EQUAL PARENTING TIME IS PRESUMED TO BE IN A CHILD’S BEST INTEREST IN CHILD CUSTODY ACTIONS, THAT PARENTAL INTERFERENCE WITH THE PARENTING TIME OF THE OTHER PARENT IS GROUNDS FOR MODIFICATION OF A CHILD CUSTODY ORDER; AND FOR OTHER PURPOSES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"f27d066e-a79f-434b-a0f4-b458034caeb5","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"by enacting the “Equal Parenting Act”; by","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_43e75d527"},{"SectionUUID":"bea639f2-3771-4845-a1c5-5c60e0176072","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C3N810_aa387d836","IsConstitutionSection":false,"Identity":"63-3-810","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C3N810SA","SubSectionBookmarkName":"ss_T63C3N810SA_lv1_0bb8eb176","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C3N810SB","SubSectionBookmarkName":"ss_T63C3N810SB_lv1_381e35c6b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C3N810S1","SubSectionBookmarkName":"ss_T63C3N810S1_lv2_471e5c04a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C3N810S2","SubSectionBookmarkName":"ss_T63C3N810S2_lv2_1b95a97f1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C3N810SC","SubSectionBookmarkName":"ss_T63C3N810SC_lv1_2d402d48c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Appointment","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_36ce22f5b"},{"SectionUUID":"0887e946-f539-4eb8-a490-0ab13b639ff3","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C3N820_54b623bea","IsConstitutionSection":false,"Identity":"63-3-820","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C3N820SB","SubSectionBookmarkName":"ss_T63C3N820SB_lv1_d01f433e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C3N820S1","SubSectionBookmarkName":"ss_T63C3N820S1_lv2_286790b51","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C3N820S2","SubSectionBookmarkName":"ss_T63C3N820S2_lv2_b402ff94c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C3N820Sa","SubSectionBookmarkName":"ss_T63C3N820Sa_lv3_4e2ff6e40","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C3N820Sb","SubSectionBookmarkName":"ss_T63C3N820Sb_lv3_b5eae5d83","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C3N820Sc","SubSectionBookmarkName":"ss_T63C3N820Sc_lv3_4942f176c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C3N820Sd","SubSectionBookmarkName":"ss_T63C3N820Sd_lv3_b5949e82b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Qualifications","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_f296e0639"},{"SectionUUID":"8da24b15-9536-4e31-9a4a-da9866820c13","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C3N830_5b7404c70","IsConstitutionSection":false,"Identity":"63-3-830","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C3N830S1","SubSectionBookmarkName":"ss_T63C3N830S1_lv1_7713b957e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C3N830Se","SubSectionBookmarkName":"ss_T63C3N830Se_lv2_7c4e79025","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C3N830Sf","SubSectionBookmarkName":"ss_T63C3N830Sf_lv2_ec74c1b23","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C3N830Sg","SubSectionBookmarkName":"ss_T63C3N830Sg_lv2_ed052f960","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Responsibilities.","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_5e178320f"},{"SectionUUID":"f3424c1b-63ec-495a-be73-ae78159ca4e8","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C3N850_1376160e7","IsConstitutionSection":false,"Identity":"63-3-850","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C3N850SD","SubSectionBookmarkName":"ss_T63C3N850SD_lv1_4d2d97cdaR","IsNewSubSection":false,"SubSectionReplacement":"ss_T63C3N850SD_lv1_4d2d97cda"},{"Level":1,"Identity":"T63C3N850SD","SubSectionBookmarkName":"ss_T63C3N850SD_lv1_a613837ad","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C3N850S1","SubSectionBookmarkName":"ss_T63C3N850S1_lv2_599aeb874","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C3N850Sa","SubSectionBookmarkName":"ss_T63C3N850Sa_lv3_dd3201c21","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C3N850Sb","SubSectionBookmarkName":"ss_T63C3N850Sb_lv3_9d6fd4f84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C3N850Sc","SubSectionBookmarkName":"ss_T63C3N850Sc_lv3_222c54062","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C3N850S2","SubSectionBookmarkName":"ss_T63C3N850S2_lv2_36ccc96a8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C3N850Sa","SubSectionBookmarkName":"ss_T63C3N850Sa_lv3_5a18e7edd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C3N850Sb","SubSectionBookmarkName":"ss_T63C3N850Sb_lv3_2cb106e7c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C3N850SE","SubSectionBookmarkName":"ss_T63C3N850SE_lv1_b72195df9","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Compensation","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_eb953b35c"},{"SectionUUID":"1618099b-d70a-4f0f-b81d-951218be64ca","SectionName":"code_section","SectionNumber":6,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C3N870_baece62b8","IsConstitutionSection":false,"Identity":"63-3-870","IsNew":false,"SubSections":[],"TitleRelatedTo":"Removal","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_fa7c428b4"},{"SectionUUID":"8567c685-acdb-40ae-bef4-3018890c1bcd","SectionName":"code_section","SectionNumber":7,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C15N210_4b10696d6","IsConstitutionSection":false,"Identity":"63-15-210","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C15N210S1","SubSectionBookmarkName":"ss_T63C15N210S1_lv1_444a4f111","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Definitions","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_92ed5a845"},{"SectionUUID":"45ecfd51-4104-47b6-90c7-ee6a8ee1fc45","SectionName":"code_section","SectionNumber":8,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C15N220_03d8511fc","IsConstitutionSection":false,"Identity":"63-15-220","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C15N220SA","SubSectionBookmarkName":"ss_T63C15N220SA_lv1_69de92c5c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Parenting plans","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_8_510d78618"},{"SectionUUID":"bd094a63-8e92-4877-9ef5-85d5acbcbf7c","SectionName":"code_section","SectionNumber":9,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C15N230_c543e2770","IsConstitutionSection":false,"Identity":"63-15-230","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C15N230SC","SubSectionBookmarkName":"ss_T63C15N230SC_lv1_6de867c12","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C15N230SD","SubSectionBookmarkName":"ss_T63C15N230SD_lv1_fc37fb89aR","IsNewSubSection":false,"SubSectionReplacement":"ss_T63C15N230SD_lv1_fc37fb89a"}],"TitleRelatedTo":"Final custody determination;  considerations","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":true,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_9_d3870d31d"},{"SectionUUID":"15e7f222-b2f0-438a-8496-6eecae36ef44","SectionName":"code_section","SectionNumber":10,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C15N240_1f3b975d6","IsConstitutionSection":false,"Identity":"63-15-240","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C15N240SA","SubSectionBookmarkName":"ss_T63C15N240SA_lv1_ac6522fbb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C15N240SB","SubSectionBookmarkName":"ss_T63C15N240SB_lv1_e43aa9ab2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S1","SubSectionBookmarkName":"ss_T63C15N240S1_lv2_0c0762fc6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S2","SubSectionBookmarkName":"ss_T63C15N240S2_lv2_8f8322e3b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S3","SubSectionBookmarkName":"ss_T63C15N240S3_lv2_07b84a0e3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C15N240Sa","SubSectionBookmarkName":"ss_T63C15N240Sa_lv3_8222a1a87","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C15N240Sb","SubSectionBookmarkName":"ss_T63C15N240Sb_lv3_e85ca1f05","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S4","SubSectionBookmarkName":"ss_T63C15N240S4_lv2_ec546fffb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S1","SubSectionBookmarkName":"ss_T63C15N240S1_lv2_f19f8d067","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S2","SubSectionBookmarkName":"ss_T63C15N240S2_lv2_63eccc858","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S3","SubSectionBookmarkName":"ss_T63C15N240S3_lv2_a1187dcf1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S4","SubSectionBookmarkName":"ss_T63C15N240S4_lv2_16cbccfcf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S5","SubSectionBookmarkName":"ss_T63C15N240S5_lv2_e942b8ffa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S6","SubSectionBookmarkName":"ss_T63C15N240S6_lv2_b2ebdd2df","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S7","SubSectionBookmarkName":"ss_T63C15N240S7_lv2_85ecaa3aa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S8","SubSectionBookmarkName":"ss_T63C15N240S8_lv2_ce2bbcdf6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S9","SubSectionBookmarkName":"ss_T63C15N240S9_lv2_f4005a939","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S10","SubSectionBookmarkName":"ss_T63C15N240S10_lv2_fd268f95f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S11","SubSectionBookmarkName":"ss_T63C15N240S11_lv2_67b3c627b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S12","SubSectionBookmarkName":"ss_T63C15N240S12_lv2_17fd6d6d0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S13","SubSectionBookmarkName":"ss_T63C15N240S13_lv2_1411799f7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S14","SubSectionBookmarkName":"ss_T63C15N240S14_lv2_418440487","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S15","SubSectionBookmarkName":"ss_T63C15N240S15_lv2_07a0cca2b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S16","SubSectionBookmarkName":"ss_T63C15N240S16_lv2_6fa8eb78d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S17","SubSectionBookmarkName":"ss_T63C15N240S17_lv2_49a946f7R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S17","SubSectionBookmarkName":"ss_T63C15N240S17_lv2_f19cb12f7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S18","SubSectionBookmarkName":"ss_T63C15N240S18_lv2_9c8b95a2c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C15N240SC","SubSectionBookmarkName":"ss_T63C15N240SC_lv1_f3bdf158f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C15N240SD","SubSectionBookmarkName":"ss_T63C15N240SD_lv1_3c4461482","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Contents of order for custody affecting rights and responsibilities of parents;  best interests of the child","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_10_83f913b10"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":11,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_11_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Equal Parenting Act</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58B0586F-663F-46C2-9138-BC9FE0352F3E}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>11848</Characters>
+  <Pages>6</Pages>
+  <Words>2364</Words>
+  <Characters>11844</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>204</Lines>
   <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>14123</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>