--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,108 +123,114 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. Gilreath, Huff, Cromer, Edgerton, Duncan, White, Frank and Kilmartin</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Gilreath, Huff, Cromer, Edgerton, Duncan, White, Frank, Kilmartin, Chumley and Burns</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document Path: LC-0359VR26.docx</w:t>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 110, 3083, 3915, 4010</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Document Path: LC-0359VR26.docx</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Agriculture, Natural Resources and Environmental Affairs</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: South Carolina Clean Air Act</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +350,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Agriculture, Natural Resources and Environmental Affairs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R6b13b90a6c174524">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 38</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Agriculture, Natural Resources and Environmental Affairs</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rda37c2bd71194fb4">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 38</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Burns
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R0b20db67a2c24b28">
+      <w:hyperlink r:id="R97f6fd13c57d4fbb">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,57 +553,83 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rffbaa402de884643">
+      <w:hyperlink r:id="Rce0385ea07f84887">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rdf52c99120044382">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/13/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
@@ -562,74 +717,84 @@
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="009646FF" w14:paraId="40FEFADA" w14:textId="4F5F35BE">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “SOUTH CAROLINA CLEAN AIR ACT” BY AMENDING SECTION 48‑1‑110, RELATING IN PART TO UNLAWFUL DISCHARGES OF AIR CONTAMINANTS, SO AS TO PROHIBIT THE INTENTIONAL EMISSION OF ANY AIR CONTAMINANT WHOSE PURPOSE IS TO AFFECT TEMPERATURE, WEATHER, OR SUNLIGHT INTENSITY; TO ESTABLISH CRIMINAL PENALTIES; TO REQUIRE THE DEPARTMENT OF ENVIRONMENTAL SERVICES TO TAKE CERTAIN ACTIONS, TO AUTHORIZE PRIVATE CITIZENS TO FILE LEGAL PROCEEDINGS; AND FOR OTHER PURPOSES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:name="at_59d87aa4b" w:displacedByCustomXml="prev" w:id="1"/>
     <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidR="00144FCC" w:rsidP="00B5517B" w:rsidRDefault="00144FCC" w14:paraId="7765845A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00144FCC" w:rsidP="00B5517B" w:rsidRDefault="00144FCC" w14:paraId="44D75EFA" w14:textId="3B5AA2A2">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
       <w:bookmarkStart w:name="wa_8fa1de8a8" w:id="2"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
-        <w:t>hereas, the risk to human health and environmental welfare from broad scale geoengineering is more understood; and</w:t>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the risk to human health and environmental welfare from broad scale geoengineering is more understood; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00144FCC" w:rsidP="00B5517B" w:rsidRDefault="00144FCC" w14:paraId="15636CB2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002E0D7E" w:rsidP="00B5517B" w:rsidRDefault="00144FCC" w14:paraId="5919CCCD" w14:textId="7029D004">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
       <w:bookmarkStart w:name="wa_242a37c6a" w:id="3"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>hereas, it is the intent of the State of South Carolina to protect the public health and welfare of South Carolina while allowing all authorized activities permitted under state law. Now, therefore</w:t>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> it is the intent of the State of South Carolina to protect the public health and welfare of South Carolina while allowing all authorized activities permitted under state law. Now, therefore</w:t>
       </w:r>
       <w:r w:rsidR="00B5517B">
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B5517B" w:rsidR="00B5517B" w:rsidP="00B5517B" w:rsidRDefault="00B5517B" w14:paraId="507519CD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
       <w:bookmarkStart w:name="ew_67a5a3550" w:id="4"/>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w:rsidR="00B5517B" w:rsidP="00B5517B" w:rsidRDefault="00B5517B" w14:paraId="089E021D" w14:textId="74946701">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
       <w:r w:rsidRPr="00B5517B">
         <w:t>Be it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00144FCC" w:rsidP="002E0D7E" w:rsidRDefault="00144FCC" w14:paraId="4999C511" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
@@ -685,213 +850,279 @@
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="dl_485a55e58" w:id="8"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>ection 48‑1‑110(e) of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A1615A" w:rsidP="00A1615A" w:rsidRDefault="00A1615A" w14:paraId="7E0F1F06" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A1615A" w:rsidP="00A1615A" w:rsidRDefault="00A1615A" w14:paraId="1729F90E" w14:textId="4911DB18">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="cs_T48C1N110_1b171a9c2" w:id="10"/>
+      <w:bookmarkStart w:name="cs_T48C1N110_1b171a9c2" w:id="9"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T48C1N110Se_lv1_b51fee60e" w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>e)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T48C1N110S1_lv2_880dc1299" w:id="11"/>
       <w:r w:rsidR="00144FCC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00144FCC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> It </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>shall be</w:t>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>be</w:t>
       </w:r>
       <w:r w:rsidR="00144FCC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> unlawful for any person, directly or indirectly, negligently or </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>willfully</w:t>
       </w:r>
       <w:r w:rsidR="00B5517B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>wilfully</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, to discharge any air contaminant or other substance in the ambient air that shall cause </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>an undesirable</w:t>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>undesirable</w:t>
       </w:r>
       <w:r w:rsidR="000962F9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>a hazardous</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000962F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hazardous</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> level.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00144FCC" w:rsidP="00144FCC" w:rsidRDefault="00144FCC" w14:paraId="1F1C3F0A" w14:textId="19C84E69">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T48C1N110S2_lv2_9c9d2ea96" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T48C1N110SA_lv3_2fee35428" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>A) It is unlawful for a person to intentionally inject, release, or disperse, by any means, chemicals, chemical compounds, substances, or apparatus and energy frequencies manipulation within the borders of the State in the atmosphere with the express purpose of affecting temperature, weather, or the intensity of storms and the dimming of the sunlight. The prohibitions of this item include the manipulation of weather systems in storing through the means of aerosol injection chemicals, chemical compounds, substances, or apparatus for the purpose of intensifying the weather for any reason to harm persons or destroy property.</w:t>
+        <w:t xml:space="preserve">A) It is unlawful for a person to intentionally inject, release, or disperse, by any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>means, chemicals</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, chemical compounds, substances, or apparatus and energy frequencies manipulation within the borders of the State in the atmosphere with the express purpose of affecting temperature, weather, or the intensity of storms and the dimming of the sunlight. The prohibitions of this item include the manipulation of weather systems in storing through the means of aerosol injection chemicals, chemical compounds, substances, or apparatus for the purpose of intensifying the weather for any reason to harm </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or destroy property.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00EC1683" w:rsidR="00144FCC" w:rsidP="00144FCC" w:rsidRDefault="00144FCC" w14:paraId="19AB2925" w14:textId="1277CF8B">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T48C1N110SB_lv3_5a5f49786" w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">B) Notwithstanding the penalties set forth in Section 48‑1‑320, a person who intentionally </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">violates this item is guilty of a felony and upon conviction, the person may be imprisoned up to ten years </w:t>
+        <w:t xml:space="preserve">violates this item is guilty of a felony and upon conviction, the person may be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>imprisoned</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> up to ten years </w:t>
       </w:r>
       <w:r w:rsidR="00635F9C">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">and must be </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">fined </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC1683" w:rsidR="00F678F8">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>not less than five hundred thousand dollars for each day’s violation</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC1683">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -939,51 +1170,65 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T48C1N110S3_lv2_3e3e536df" w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>3) The Department of Environmental Services must make information available to the public detailing the harmful effects to a person’s health and personal property that result from chemicals being released into the atmosphere. No exemption to the state Freedom of Information Act prohibits the release of documents, reports, and other records relating to stratospheric aerosol injection or any other prohibited conduct, upon request.</w:t>
+        <w:t xml:space="preserve">3) The Department of Environmental Services must make information available to the public detailing the harmful effects to a person’s health and personal property that result from chemicals being released into the atmosphere. No exemption to the state Freedom of Information Act prohibits the release of documents, reports, and other records relating to stratospheric aerosol </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>injection</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any other prohibited conduct, upon request.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00144FCC" w:rsidP="00144FCC" w:rsidRDefault="00144FCC" w14:paraId="413CA516" w14:textId="7295D0DE">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T48C1N110S4_lv2_f51d12196" w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -994,61 +1239,83 @@
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T48C1N110SA_lv3_9bfabbfae" w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>A)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T48C1N110Si_lv4_ffa444950" w:id="19"/>
       <w:r w:rsidR="004C0ECC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C0ECC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>i)</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Notwithstanding any provision of state or federal law to the contrary, a private citizen may file a private action against the federal government for the destruction of health and personal property.</w:t>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C0ECC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Notwithstanding any provision of state or federal law to the contrary, a private citizen may file </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>a private</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> action against the federal government for the destruction of health and personal property.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00144FCC" w:rsidP="00144FCC" w:rsidRDefault="00144FCC" w14:paraId="4EC37F09" w14:textId="556B64D5">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004C0ECC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
@@ -1118,55 +1385,63 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T48C1N110SB_lv3_78409e271" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>B)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T48C1N110Si_lv4_e7e1f44cc" w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">i) </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="004C0ECC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>Notwithstanding any provision of state or federal law to the contrar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>y, a private citizen may file a private action against any airport, chemical or related vendor, pilot, or general aviation flight company for any action that facilitates or assists SAI activities. An employee of an airport who allows a plane to land, depart, refuel, refill, or make aircraft repairs with knowledge of the plane’s intent to perform SAI activities may be sued pursuant to this subitem.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C0ECC" w:rsidP="004C0ECC" w:rsidRDefault="004C0ECC" w14:paraId="1A466E76" w14:textId="5756AF29">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
@@ -1348,103 +1623,111 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T48C1N110Saa_lv1_251a6a84e" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T48C1N110Saa_lv5_251a6a84e" w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>aa) for a first offense, must be fined not more two hundred fifty thousand dollars or imprisoned not more than five years, or both;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">aa) for a first offense, must be fined not more two hundred fifty thousand dollars or imprisoned not more than five years, or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>both;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="004C0ECC" w:rsidP="004C0ECC" w:rsidRDefault="004C0ECC" w14:paraId="5D25DB28" w14:textId="54477A7B">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T48C1N110Sbb_lv1_70b4f9152" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T48C1N110Sbb_lv5_70b4f9152" w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>bb) for a second</w:t>
       </w:r>
       <w:r w:rsidRPr="004C0ECC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> offense, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
@@ -1494,51 +1777,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T48C1N110Scc_lv2_226b1ddde" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T48C1N110Scc_lv5_226b1ddde" w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>cc)</w:t>
       </w:r>
       <w:r w:rsidRPr="004C0ECC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>third</w:t>
       </w:r>
@@ -1565,71 +1848,72 @@
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>and may be subject to a sentence of life imprisonment</w:t>
       </w:r>
       <w:r w:rsidRPr="004C0ECC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>, or both</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C0ECC" w:rsidP="004C0ECC" w:rsidRDefault="004C0ECC" w14:paraId="1A0AF568" w14:textId="5A09B048">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:tab/>
-[...19 lines deleted...]
-      <w:bookmarkStart w:name="ss_T48C1N110Sv_lv2_4903081d9" w:id="29"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T48C1N110Sv_lv4_4903081d9" w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>v) For purposes of this subitem, “SAI” means stratospheric aerosol injection.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="374CC4E3">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="30"/>
       <w:bookmarkStart w:name="eff_date_section" w:id="31"/>
@@ -1657,56 +1941,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00F4065F">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="40DF1F43" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ABF2648" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1739,175 +2023,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="5460CBAC" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="007D0E12" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="7A67523F" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="007308EC" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00A50981">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="006E0E31">
+              <w:t>[4624]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00290BE5">
+            <w:r w:rsidR="003870A2">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0359VR26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79EF15B5" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2169,51 +2451,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2255,141 +2539,148 @@
     <w:rsid w:val="000B4FAB"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000C704C"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D4ADC"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F126A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00103B13"/>
     <w:rsid w:val="00103BB4"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="00110EAD"/>
     <w:rsid w:val="00114C71"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00124B5C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00144FCC"/>
+    <w:rsid w:val="001511BD"/>
+    <w:rsid w:val="00152A6D"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00176D80"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="0019284D"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A6A65"/>
     <w:rsid w:val="001B4379"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001B6F58"/>
     <w:rsid w:val="001C25EC"/>
+    <w:rsid w:val="001C583D"/>
     <w:rsid w:val="001D4837"/>
     <w:rsid w:val="001D79B5"/>
     <w:rsid w:val="001F02ED"/>
     <w:rsid w:val="001F0ACB"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="001F7FCD"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002042BC"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="00213934"/>
     <w:rsid w:val="002155CB"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00220B52"/>
     <w:rsid w:val="002238CB"/>
     <w:rsid w:val="00224796"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00234D94"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00240EE5"/>
     <w:rsid w:val="0024353B"/>
     <w:rsid w:val="00245692"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="002466DC"/>
     <w:rsid w:val="00246E35"/>
     <w:rsid w:val="00253B87"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="002664D8"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00281F49"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="0028439B"/>
     <w:rsid w:val="00290BE5"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B3297"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C7585"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E0D7E"/>
+    <w:rsid w:val="002E30EB"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="002F5A06"/>
     <w:rsid w:val="002F7B6C"/>
     <w:rsid w:val="00300048"/>
     <w:rsid w:val="00301BC6"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00306A5B"/>
     <w:rsid w:val="00311C10"/>
     <w:rsid w:val="0031550D"/>
     <w:rsid w:val="00317C7B"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00350DB8"/>
     <w:rsid w:val="00354199"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381618"/>
     <w:rsid w:val="00381998"/>
+    <w:rsid w:val="003870A2"/>
     <w:rsid w:val="00391FEC"/>
     <w:rsid w:val="00394072"/>
+    <w:rsid w:val="003A0636"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B145B"/>
     <w:rsid w:val="003B6727"/>
     <w:rsid w:val="003C02AE"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F0313"/>
     <w:rsid w:val="003F6C2B"/>
     <w:rsid w:val="004029E3"/>
     <w:rsid w:val="00402B35"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="004273D5"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="0043701D"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446A18"/>
     <w:rsid w:val="00446D28"/>
@@ -2404,161 +2695,168 @@
     <w:rsid w:val="00474EE1"/>
     <w:rsid w:val="00476E7A"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00490A8C"/>
     <w:rsid w:val="00492B61"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A2FE3"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C0ECC"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C3CAF"/>
     <w:rsid w:val="004C42F6"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C7007"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E0642"/>
     <w:rsid w:val="004E1946"/>
+    <w:rsid w:val="004E1AAE"/>
+    <w:rsid w:val="004E4275"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004E7E3B"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F24EC"/>
     <w:rsid w:val="004F7328"/>
     <w:rsid w:val="004F7C4A"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="00501216"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="005109F7"/>
     <w:rsid w:val="005113B0"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00531A8F"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00555437"/>
     <w:rsid w:val="00557663"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00571F2F"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00574C2B"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00581B9A"/>
     <w:rsid w:val="0059294B"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A1569"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B70F3"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C1C10"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C3158"/>
+    <w:rsid w:val="005C401F"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D0A43"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F41F3"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="006115D5"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006160C1"/>
     <w:rsid w:val="006173DD"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00622A8C"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="0062750F"/>
     <w:rsid w:val="00630AD1"/>
     <w:rsid w:val="00632414"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00635F9C"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00647E9B"/>
     <w:rsid w:val="006500A4"/>
     <w:rsid w:val="0065151C"/>
     <w:rsid w:val="00655573"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00657EBE"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664B1E"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00671BA5"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00676147"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="00697481"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A3F71"/>
     <w:rsid w:val="006A5575"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006A74A1"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006B6F42"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D2AF1"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006D6DB2"/>
     <w:rsid w:val="006E0935"/>
+    <w:rsid w:val="006E0E31"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F753D"/>
     <w:rsid w:val="00704A37"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="0071765F"/>
     <w:rsid w:val="00722155"/>
+    <w:rsid w:val="007308EC"/>
     <w:rsid w:val="00731545"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00751ACE"/>
     <w:rsid w:val="00753CBB"/>
     <w:rsid w:val="00757C2E"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00790114"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A56F7"/>
     <w:rsid w:val="007B263B"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B3C6C"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D5E8A"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E3520"/>
     <w:rsid w:val="007F309F"/>
@@ -2689,220 +2987,228 @@
     <w:rsid w:val="00A85C52"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA18E1"/>
     <w:rsid w:val="00AA1BE9"/>
     <w:rsid w:val="00AA55B7"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC47E0"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD6CB6"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF418C"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B01CE1"/>
     <w:rsid w:val="00B022F1"/>
     <w:rsid w:val="00B04FFA"/>
+    <w:rsid w:val="00B05227"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B300B2"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B35FFE"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B45B3F"/>
     <w:rsid w:val="00B52B1D"/>
     <w:rsid w:val="00B53F3B"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B5517B"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B563A7"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B81E07"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B84DC6"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB37E7"/>
     <w:rsid w:val="00BC0E60"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BC5AEA"/>
+    <w:rsid w:val="00BD16DF"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BE7335"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C23C60"/>
     <w:rsid w:val="00C2698D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
+    <w:rsid w:val="00C57457"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C75EAA"/>
     <w:rsid w:val="00C8111C"/>
     <w:rsid w:val="00C9427E"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA4549"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
+    <w:rsid w:val="00CB4688"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3AFE"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CE44AC"/>
     <w:rsid w:val="00CF5493"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D15F36"/>
     <w:rsid w:val="00D16C2D"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27060"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D539DA"/>
     <w:rsid w:val="00D5485C"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D56424"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D94233"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA29A6"/>
     <w:rsid w:val="00DA42EA"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DA68C4"/>
     <w:rsid w:val="00DA7E22"/>
     <w:rsid w:val="00DB4AAF"/>
+    <w:rsid w:val="00DC0322"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DC5ACB"/>
     <w:rsid w:val="00DD20D9"/>
     <w:rsid w:val="00DE1816"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF2E43"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27287"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E310DB"/>
     <w:rsid w:val="00E33CCC"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
+    <w:rsid w:val="00E45E72"/>
     <w:rsid w:val="00E527ED"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E548C6"/>
+    <w:rsid w:val="00E57675"/>
     <w:rsid w:val="00E629CA"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E646E8"/>
     <w:rsid w:val="00E6515C"/>
     <w:rsid w:val="00E651AB"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E679DC"/>
     <w:rsid w:val="00E70F6B"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E90B1C"/>
     <w:rsid w:val="00EA0F73"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EA79D4"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB20FB"/>
     <w:rsid w:val="00EB261F"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC035F"/>
     <w:rsid w:val="00EC1683"/>
     <w:rsid w:val="00EC3937"/>
     <w:rsid w:val="00ED231F"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE0FC1"/>
     <w:rsid w:val="00EE105A"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF1912"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00EF6BB2"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
+    <w:rsid w:val="00F20299"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F342DF"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F37BAB"/>
     <w:rsid w:val="00F4065F"/>
     <w:rsid w:val="00F422E0"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F541C4"/>
     <w:rsid w:val="00F612B7"/>
     <w:rsid w:val="00F61894"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F669C6"/>
     <w:rsid w:val="00F678F8"/>
     <w:rsid w:val="00F84B83"/>
@@ -3334,1405 +3640,1407 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00B05227"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00B05227"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067118C"/>
+    <w:rsid w:val="00B05227"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00144FCC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4624&amp;session=126&amp;summary=B" TargetMode="External" Id="R0b20db67a2c24b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4624_20251217.docx" TargetMode="External" Id="Rffbaa402de884643" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4624&amp;session=126&amp;summary=B" TargetMode="External" Id="R97f6fd13c57d4fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4624_20251217.docx" TargetMode="External" Id="Rce0385ea07f84887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4624_20260113.docx" TargetMode="External" Id="Rdf52c99120044382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R6b13b90a6c174524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rda37c2bd71194fb4" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4759,121 +5067,121 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001A6A65"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001B6F58"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="002F5A06"/>
     <w:rsid w:val="0031550D"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="004E7E3B"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006115D5"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00664B1E"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007F6B9F"/>
     <w:rsid w:val="00893E80"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="009241B6"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00976B31"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A16BF1"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00AF418C"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E27287"/>
     <w:rsid w:val="00E76813"/>
@@ -5625,126 +5933,63 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...57 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5961,121 +6206,158 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>0c6da44b-48d6-4fb7-81af-53b62ca60aa5</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>c4cccb5b-373e-4406-9dfc-302722033935</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>c290f21b-3344-4330-be53-0bf25a40314f</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>7f6abf32-19c3-41d1-93e4-81cdb1c88b21</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4624]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4624</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “SOUTH CAROLINA CLEAN AIR ACT” BY AMENDING SECTION 48‑1‑110, RELATING IN PART TO UNLAWFUL DISCHARGES OF AIR CONTAMINANTS, SO AS TO PROHIBIT THE INTENTIONAL EMISSION OF ANY AIR CONTAMINANT WHOSE PURPOSE IS TO AFFECT TEMPERATURE, WEATHER, OR SUNLIGHT INTENSITY; TO ESTABLISH CRIMINAL PENALTIES; TO REQUIRE THE DEPARTMENT OF ENVIRONMENTAL SERVICES TO TAKE CERTAIN ACTIONS, TO AUTHORIZE PRIVATE CITIZENS TO FILE LEGAL PROCEEDINGS; AND FOR OTHER PURPOSES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"6ea6a1c2-1655-454d-ba55-4561e98915ad","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “South Carolina Clean Air Act.”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_71acb6a17"},{"SectionUUID":"88f0a1b7-f622-4561-873e-593f12cc8e7c","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T48C1N110_1b171a9c2","IsConstitutionSection":false,"Identity":"48-1-110","IsNew":false,"SubSections":[{"Level":1,"Identity":"T48C1N110Se","SubSectionBookmarkName":"ss_T48C1N110Se_lv1_b51fee60e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T48C1N110S1","SubSectionBookmarkName":"ss_T48C1N110S1_lv2_880dc1299","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T48C1N110S2","SubSectionBookmarkName":"ss_T48C1N110S2_lv2_9c9d2ea96","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T48C1N110SA","SubSectionBookmarkName":"ss_T48C1N110SA_lv3_2fee35428","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T48C1N110SB","SubSectionBookmarkName":"ss_T48C1N110SB_lv3_5a5f49786","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T48C1N110SC","SubSectionBookmarkName":"ss_T48C1N110SC_lv3_5264fdc56","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T48C1N110S3","SubSectionBookmarkName":"ss_T48C1N110S3_lv2_3e3e536df","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T48C1N110S4","SubSectionBookmarkName":"ss_T48C1N110S4_lv2_f51d12196","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T48C1N110SA","SubSectionBookmarkName":"ss_T48C1N110SA_lv3_9bfabbfae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T48C1N110Sii","SubSectionBookmarkName":"ss_T48C1N110Sii_lv4_a6a4621d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T48C1N110Si","SubSectionBookmarkName":"ss_T48C1N110Si_lv4_ffa444950","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T48C1N110SB","SubSectionBookmarkName":"ss_T48C1N110SB_lv3_78409e271","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T48C1N110Si","SubSectionBookmarkName":"ss_T48C1N110Si_lv4_e7e1f44cc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T48C1N110Sii","SubSectionBookmarkName":"ss_T48C1N110Sii_lv4_33c5efcb2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T48C1N110Siii","SubSectionBookmarkName":"ss_T48C1N110Siii_lv4_375f8afdb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T48C1N110Siv","SubSectionBookmarkName":"ss_T48C1N110Siv_lv4_d188ccfa6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T48C1N110Sv","SubSectionBookmarkName":"ss_T48C1N110Sv_lv4_4903081d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T48C1N110Saa","SubSectionBookmarkName":"ss_T48C1N110Saa_lv5_251a6a84e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T48C1N110Sbb","SubSectionBookmarkName":"ss_T48C1N110Sbb_lv5_70b4f9152","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T48C1N110Scc","SubSectionBookmarkName":"ss_T48C1N110Scc_lv5_226b1ddde","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"BY ENACTING THE “SOUTH CAROLINA CLEAN AIR ACT”; BY AMENDING SECTION 48‑1‑110, RELATING IN PART TO UNLAWFUL DISCHARGES OF AIR CONTAMINANTS, SO AS TO PROHIBIT THE EMISSION OF ANY AIR CONTAMINANT WHOSE PURPOSE IS TO AFFECT TEMPERATURE, WEATHER, OR SUNLIGHT INTENSITY; TO ESTABLISH CRIMINAL PENALTIES; TO REQUIRE THE DEPARTMENT OF ENVIRONMENTAL SERVICES TO TAKE CERTAIN ACTIONS, AND FOR OTHER PURPOSES","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_a92135045"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>South Carolina Clean Air Act</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
-[...22 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE24BDFB-ED41-436C-BBC0-66277352FCAF}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>3</Pages>
   <Words>840</Words>
   <Characters>4391</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>84</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5203</CharactersWithSpaces>