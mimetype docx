--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,86 +124,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Grant</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Grant and Pope</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0344VR26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +345,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R3c0860664d8c462d">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Ra5e10cf6eaed4b5d">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R1ece8fb217c54037">
+      <w:hyperlink r:id="Rab9c60f373cf41ab">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +522,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R50bf3a7f8cff4314">
+      <w:hyperlink r:id="Rb4c6224da2a7495b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="004E6484" w:rsidRDefault="00432135" w14:paraId="5F77857C" w14:textId="7374E4A5">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="004E6484" w:rsidRDefault="00A73EFA" w14:paraId="0748C416" w14:textId="66749316">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="004E6484" w:rsidRDefault="00A73EFA" w14:paraId="0D9731E6" w14:textId="213BAAA8">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="004E6484" w:rsidRDefault="00A73EFA" w14:paraId="7C61F6FA" w14:textId="090EA595">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="004E6484" w:rsidRDefault="00A73EFA" w14:paraId="554CDE63" w14:textId="11F30199">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="004E6484" w:rsidRDefault="00A73EFA" w14:paraId="00FC68B1" w14:textId="32911476">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -568,200 +664,200 @@
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “PARENTAL PERINATAL MENTAL HEALTH SCREENING AND EDUCATION ACT” BY ADDING ARTICLE 3 TO CHAPTER 37, TITLE 44 SO AS TO REQUIRE CERTAIN HEALTHCARE FACILITIES AND HEALTHCARE PROVIDERS TO OFFER PERINATAL MENTAL HEALTH SCREENINGS TO EXPECTANT PARENTS AND PARENTS OF NEWBORNS, AS WELL AS APPROPRIATE EDUCATIONAL MATERIALS AND REFERRALS FOR TREATMENT; TO REQUIRE THE DEPARTMENT OF BEHAVIORAL HEALTH AND DEVELOPMENTAL DISABILITIES AND OTHER STATE AGENCIES TO DEVELOP GUIDANCE AND PROMULGATE REGULATIONS NECESSARY TO IMPLEMENT THE PROVISIONS OF THIS ARTICLE; TO DESIGNATE SECTIONS 44‑37‑10 TO 44‑37‑70 AS ARTICLE 1</w:t>
           </w:r>
           <w:r w:rsidR="00AD785B">
             <w:t>, entitled</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00AD785B">
             <w:t>“</w:t>
           </w:r>
           <w:r>
             <w:t>GENERAL PROVISIONS</w:t>
           </w:r>
           <w:r w:rsidR="00AD785B">
             <w:t>”</w:t>
           </w:r>
           <w:r>
             <w:t>; AND FOR OTHER PURPOSES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_7c4531923" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_7c4531923" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="1C1CE9C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="1C407811" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_d62599ec6" w:id="2"/>
+      <w:bookmarkStart w:name="ew_d62599ec6" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002F7B57" w:rsidP="002F7B57" w:rsidRDefault="002F7B57" w14:paraId="704AEDAE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002F7B57" w:rsidP="00872945" w:rsidRDefault="002F7B57" w14:paraId="058D0D52" w14:textId="408594E4">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_74de78c23" w:id="3"/>
-      <w:bookmarkStart w:name="citing_act_07d28a583" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_1_74de78c23" w:id="2"/>
+      <w:bookmarkStart w:name="citing_act_07d28a583" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00872945">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This act may be cited as the “</w:t>
       </w:r>
       <w:r w:rsidR="006C0133">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Parental Perinatal Mental Health Screening and Education Act</w:t>
       </w:r>
       <w:r w:rsidR="00EF3281">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00872945">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="0F44C5DA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="5C670579" w14:textId="387370A6">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_e5d2b4021" w:id="5"/>
+      <w:bookmarkStart w:name="bs_num_2_e5d2b4021" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_2614a9880" w:id="5"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>hapter 37, Title 44 of the S.C. Code is amended by adding:</w:t>
       </w:r>
       <w:r w:rsidR="00AA518A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="7749E585" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="69F174F6" w14:textId="65E87A05">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_727d0b9ce" w:id="7"/>
+      <w:bookmarkStart w:name="up_727d0b9ce" w:id="6"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>rticle 3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="6F20FE7F" w14:textId="41B6F397">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_efa1f0755" w:id="8"/>
+      <w:bookmarkStart w:name="up_efa1f0755" w:id="7"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>arental Perinatal Mental Health Screening and Education</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="653FAF68" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="5FD03503" w14:textId="1A895D79">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C37N310_1b7f83221" w:id="9"/>
+      <w:bookmarkStart w:name="ns_T44C37N310_1b7f83221" w:id="8"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>ection 44‑37‑310.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t xml:space="preserve">The General Assembly finds that perinatal mental health affects the well‑being of families, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">care of newborns, </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t xml:space="preserve">child development, and long‑term community health. </w:t>
       </w:r>
       <w:r>
         <w:t>Mothers, f</w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t>athers</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
@@ -770,774 +866,774 @@
       <w:r>
         <w:t>article</w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t xml:space="preserve"> is to support families by ensuring that healthcare providers offer voluntary mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t>health screening, education, and referrals in a manner consistent with medical ethics, patient consent, and privacy protections.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="518E9D10" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="1262B169" w14:textId="64AE26A0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C37N320_35cf7df27" w:id="10"/>
+      <w:bookmarkStart w:name="ns_T44C37N320_35cf7df27" w:id="9"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t>ection 44‑37‑320.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_8c6381925" w:id="10"/>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>ection 44‑37‑320.</w:t>
-[...6 lines deleted...]
-        <w:t>F</w:t>
+        <w:t>or purposes of this article:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="0975E1EB" w14:textId="1A7A5F1A">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N320S1_lv1_e1eb43aaa" w:id="11"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t>or purposes of this article:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="0975E1EB" w14:textId="1A7A5F1A">
+        <w:t>1) “Adult birthing partner” means an adult identified by the pregnant or postpartum patient as a father, expectant father, spouse, partner, or other adult who will assume parental or caregiving responsibility after the birth of a child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="0A68ABBF" w14:textId="38CA3FC0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="ss_T44C37N320S1_lv1_e1eb43aaa" w:id="12"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N320S2_lv1_0b1b0427f" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
-        <w:t>1) “Adult birthing partner” means an adult identified by the pregnant or postpartum patient as a father, expectant father, spouse, partner, or other adult who will assume parental or caregiving responsibility after the birth of a child.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="0A68ABBF" w14:textId="38CA3FC0">
+        <w:t>2) “Healthcare provider” means a physician, advanced practice registered nurse, physician assistant, certified nurse‑midwife, or other licensed professional providing prenatal, delivery, or postpartum medical care.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="6C917AC7" w14:textId="207B5401">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="ss_T44C37N320S2_lv1_0b1b0427f" w:id="13"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N320S3_lv1_109ae9711" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
-        <w:t>2) “Healthcare provider” means a physician, advanced practice registered nurse, physician assistant, certified nurse‑midwife, or other licensed professional providing prenatal, delivery, or postpartum medical care.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="6C917AC7" w14:textId="207B5401">
+        <w:t>3) “Licensed health facility” means a hospital, birthing center, or medical facility licensed pursuant to Title 44 that provides obstetric or newborn services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="24200D92" w14:textId="3FFC37FC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N320S3_lv1_109ae9711" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T44C37N320S4_lv1_6c522e284" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>4) “Perinatal mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>health screening” means the use of a validated, noninvasive questionnaire for identifying risk of depression, anxiety, or related mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>health conditions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="2BAC40A8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="66CBCAC0" w14:textId="74D64DC6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C37N330_b42727706" w:id="16"/>
+      <w:bookmarkStart w:name="ns_T44C37N330_b42727706" w:id="15"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>ection 44‑37‑330.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N330SA_lv1_7c138ba09" w:id="16"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="16"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>A) A healthcare provider or licensed healthcare facility shall offer the mother and the father or other adult birthing partner the opportunity to complete a perinatal mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>health screening:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="08D73A52" w14:textId="72F84326">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N330S1_lv2_b6527c9a9" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T44C37N330S1_lv2_b6527c9a9" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>1) during the prenatal period at or after twenty‑four weeks</w:t>
       </w:r>
       <w:r w:rsidR="00AD785B">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gestation</w:t>
       </w:r>
       <w:r w:rsidR="00AD785B">
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="43E51D80" w14:textId="0701CDEB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N330S2_lv2_db72a11cd" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T44C37N330S2_lv2_db72a11cd" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>2) at postpartum discharge or at the first postpartum follow‑up visit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="55432E74" w14:textId="05DA847A">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N330SB_lv1_b128f85c1" w:id="19"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="19"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>B) Participation in the perinatal mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>health screening is voluntary, and no provider shall compel, coerce, or condition care on the completion or refusal of a screening.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="4FBEAF2E" w14:textId="24B07322">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N330SC_lv1_d29b82d4e" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T44C37N330SC_lv1_d29b82d4e" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>C) The offer of a perinatal mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>health screening and the mother’s and the father’s or other adult birthing partner’s acceptance, refusal, or completion must be documented in the medical record of the pregnant or postpartum patient or in a separate file maintained by the healthcare facility.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="507AE08A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="01F0B48D" w14:textId="5BBBE725">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C37N340_db4e01068" w:id="22"/>
+      <w:bookmarkStart w:name="ns_T44C37N340_db4e01068" w:id="21"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t>ection 44‑37‑340.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N340SA_lv1_42cda1485" w:id="22"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>A) Licensed healthcare facilities providing obstetric services shall give mothers and fathers or other adult birthing partners educational materials on maternal and paternal postpartum depression, risk factors, symptoms, and available mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>health resources.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="1504ED72" w14:textId="53648524">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N340SB_lv1_127adb0fe" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T44C37N340SB_lv1_127adb0fe" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t>B) Materials must be provided at no cost and in formats accessible to individuals with limited English proficiency pursuant to federal and state law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="7915E3AF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="0FAAA45E" w14:textId="748E42C1">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T44C37N350_d8096477b" w:id="24"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
-        <w:t>B) Materials must be provided at no cost and in formats accessible to individuals with limited English proficiency pursuant to federal and state law.</w:t>
-[...16 lines deleted...]
-        <w:t>S</w:t>
+        <w:t>ection 44‑37‑350.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N350SA_lv1_c16819a2e" w:id="25"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>A) If a perinatal mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">health screening of </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t xml:space="preserve">a mother, father, or other adult birthing partner </w:t>
       </w:r>
       <w:r>
         <w:t>indicates elevated risk, the healthcare provider shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="10436621" w14:textId="15F08371">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N350S1_lv2_ce679d843" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T44C37N350S1_lv2_ce679d843" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:t>1) inform the individual of the results;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="7CD82550" w14:textId="118668C7">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N350S2_lv2_7515fc7da" w:id="27"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="27"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t>2) provide information on available mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>health services, including community‑based, telehealth, and Medicaid‑covered options; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="3272148E" w14:textId="2079E3A5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N350S3_lv2_b12d33e5a" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T44C37N350S3_lv2_b12d33e5a" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t>3) offer to make a referral for evaluation or treatment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="4F3C7C45" w14:textId="7A92BCD0">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N350SB_lv1_47667cfe2" w:id="29"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
-        <w:t>3) offer to make a referral for evaluation or treatment.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="4F3C7C45" w14:textId="7A92BCD0">
+        <w:t>B) No treatment may be provided a mother, father, or other adult birthing partner without the individual’s consent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="637E2A6A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T44C37N350SB_lv1_47667cfe2" w:id="30"/>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="0E1EB415" w14:textId="6ADD9DBC">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T44C37N360_f114fac21" w:id="30"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t>ection 44‑37‑360.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N360SA_lv1_2809ae483" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-[...19 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="31"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t xml:space="preserve">A) All </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t>perinatal mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t xml:space="preserve">health </w:t>
       </w:r>
       <w:r>
         <w:t>screening results are protected health information under the federal Health Insurance Portability and Accountability Act and applicable state law. A father’s or other adult birthing partner’s results must be maintained separately from maternal health records unless the father or other adult birthing partner authorizes disclosure to the mother.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="58DF7145" w14:textId="7D6DCA7F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N360SB_lv1_1b67bb2eb" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T44C37N360SB_lv1_1b67bb2eb" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t>B) Perinatal mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>health screening information may be disclosed only:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="72BAE661" w14:textId="5D9DC488">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N360S1_lv2_f643abc50" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T44C37N360S1_lv2_f643abc50" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t>1) with the written consent of the mother, father, or other adult birthing partner;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="07250743" w14:textId="50DC88E3">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N360S2_lv2_ab2eed203" w:id="34"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
-        <w:t>1) with the written consent of the mother, father, or other adult birthing partner;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="07250743" w14:textId="50DC88E3">
+        <w:t>2) as required by law for imminent threat or safety concerns; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="7A2E09A8" w14:textId="28B8EC4F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N360S2_lv2_ab2eed203" w:id="35"/>
+      <w:bookmarkStart w:name="ss_T44C37N360S3_lv2_219b85062" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
-        <w:t>2) as required by law for imminent threat or safety concerns; or</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="7A2E09A8" w14:textId="28B8EC4F">
+        <w:t>3) as permitted by federal privacy regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="53357A7A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="ss_T44C37N360S3_lv2_219b85062" w:id="36"/>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="2023A616" w14:textId="74BEC864">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T44C37N370_7b90279ed" w:id="36"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:t>ection 44‑37‑370.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N370SA_lv1_278ec9b0f" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-[...19 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="37"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t xml:space="preserve">A) The </w:t>
       </w:r>
       <w:r w:rsidR="00B02875">
         <w:t>Department of Behavioral Health and Developmental Disabilities’ Office of Mental Health</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, in coordination with </w:t>
       </w:r>
       <w:r w:rsidR="00B02875">
         <w:t xml:space="preserve">the Department of Public Health, the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">State Board of Medical Examiners, the State Board of Nursing, and the </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t>South Carolina Department of Health and Human Services</w:t>
       </w:r>
       <w:r>
         <w:t>, shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="3C97E99D" w14:textId="01AE652B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N370S1_lv2_281e5d0b8" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T44C37N370S1_lv2_281e5d0b8" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t>1) issue guidance for healthcare providers on recommended screening tools;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="2AE9F6D1" w14:textId="03C59F4F">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N370S2_lv2_1c8042b74" w:id="39"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
-        <w:t>1) issue guidance for healthcare providers on recommended screening tools;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="2AE9F6D1" w14:textId="03C59F4F">
+        <w:t>2) develop standardized educational materials;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="6CAE6E0A" w14:textId="0125547E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N370S2_lv2_1c8042b74" w:id="40"/>
+      <w:bookmarkStart w:name="ss_T44C37N370S3_lv2_9c74d7a4d" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t>3) make reimbursement available under Medicaid for perinatal mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>health screening and counseling services; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="7AC065B9" w14:textId="74708094">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C37N370S4_lv2_7e57fed9e" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T44C37N370S4_lv2_7e57fed9e" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:t>4) provide training resources for healthcare providers and healthcare facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B1CBA" w:rsidP="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="45A86B51" w14:textId="6EB9B699">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C37N370SB_lv1_b6e8b6a11" w:id="42"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="42"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t xml:space="preserve">B) The </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t xml:space="preserve">Department of </w:t>
       </w:r>
       <w:r w:rsidR="00B02875">
         <w:t xml:space="preserve">Behavioral Health and Developmental Disabilities, Department of </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1CBA">
         <w:t>Public Health, South Carolina Department of Health and Human Services</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, and Department of Labor, Licensing and Regulation may promulgate regulations necessary to implement </w:t>
       </w:r>
       <w:r w:rsidR="004467A7">
         <w:t>the provisions of this article</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="6929E9D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="07FC36F9" w14:textId="488E5211">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C37N380_62ea1b77d" w:id="44"/>
+      <w:bookmarkStart w:name="ns_T44C37N380_62ea1b77d" w:id="43"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t>ection 44‑37‑380.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00893D67">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00893D67" w:rsidR="00893D67">
         <w:t xml:space="preserve">healthcare provider or </w:t>
       </w:r>
       <w:r w:rsidR="00893D67">
         <w:t xml:space="preserve">healthcare </w:t>
       </w:r>
       <w:r w:rsidRPr="00893D67" w:rsidR="00893D67">
         <w:t xml:space="preserve">facility that offers </w:t>
       </w:r>
       <w:r w:rsidR="00893D67">
         <w:t>perinatal mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00893D67">
@@ -1552,150 +1648,150 @@
       <w:r w:rsidRPr="00893D67" w:rsidR="00893D67">
         <w:t xml:space="preserve"> adult birthing partner’s refusal, failure to participate, or subsequent mental</w:t>
       </w:r>
       <w:r w:rsidR="00DB1462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00893D67" w:rsidR="00893D67">
         <w:t>health outcomes</w:t>
       </w:r>
       <w:r w:rsidR="00893D67">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="71D59079" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="29145DA1" w14:textId="05E635DD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C37N390_6e648042a" w:id="45"/>
+      <w:bookmarkStart w:name="ns_T44C37N390_6e648042a" w:id="44"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>ection 44‑37‑390.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009C1692" w:rsidR="009C1692">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="009C1692">
         <w:t>article</w:t>
       </w:r>
       <w:r w:rsidRPr="009C1692" w:rsidR="009C1692">
         <w:t xml:space="preserve"> does not create a private right of action against a healthcare provider, </w:t>
       </w:r>
       <w:r w:rsidR="009C1692">
         <w:t xml:space="preserve">healthcare </w:t>
       </w:r>
       <w:r w:rsidRPr="009C1692" w:rsidR="009C1692">
         <w:t>facility, or state agenc</w:t>
       </w:r>
       <w:r w:rsidR="009C1692">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="009C1692" w:rsidR="009C1692">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E5A9C" w:rsidP="001E5A9C" w:rsidRDefault="001E5A9C" w14:paraId="624B6297" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001E5A9C" w:rsidP="00832A6A" w:rsidRDefault="001E5A9C" w14:paraId="2DB68214" w14:textId="15CBBDF9">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_82f99ebf0" w:id="46"/>
+      <w:bookmarkStart w:name="bs_num_3_82f99ebf0" w:id="45"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002958B7">
         <w:t>Sections 44‑37‑10 to 44‑37‑70 are designated Article 1</w:t>
       </w:r>
       <w:r w:rsidR="00EF3281">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002958B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD785B">
         <w:t xml:space="preserve">entitled </w:t>
       </w:r>
       <w:r w:rsidR="00EF3281">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="002958B7">
         <w:t>General Provisions.</w:t>
       </w:r>
       <w:r w:rsidR="00EF3281">
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B1CBA" w:rsidRDefault="009B1CBA" w14:paraId="0D58C414" w14:textId="011214D9">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="2166FDE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="47"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="48"/>
+      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="46"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="47"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="072710BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -1780,160 +1876,159 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="30A51923" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="59639466" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00BC3355" w:rsidP="00D14995">
+      <w:p w14:paraId="59639466" w14:textId="1D913D5C" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00AB7835" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00055697">
+              <w:t>[4625]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00293192">
+            <w:r w:rsidR="00055697">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0344VR26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2DA36A2B" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="531116D6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2195,136 +2290,140 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="180"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002C5E"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="0001034C"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
+    <w:rsid w:val="00037A82"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
+    <w:rsid w:val="00055697"/>
     <w:rsid w:val="0006382F"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="000674C6"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00083773"/>
     <w:rsid w:val="00095D64"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B0D17"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E5720"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="0011066F"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E5A9C"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F4238"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="002259F2"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="002318F2"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="002537FE"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00293192"/>
     <w:rsid w:val="002958B7"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
@@ -2416,50 +2515,51 @@
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005766CC"/>
     <w:rsid w:val="00580196"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="0058327C"/>
     <w:rsid w:val="00586C54"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F2799"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="00696BCE"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A3994"/>
     <w:rsid w:val="006A5B41"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C0133"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
@@ -2549,50 +2649,51 @@
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A100DB"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA518A"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB04D8"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD785B"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B016BE"/>
     <w:rsid w:val="00B02875"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B40DE2"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B43798"/>
     <w:rsid w:val="00B455F1"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
@@ -2635,50 +2736,51 @@
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD47D5"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
+    <w:rsid w:val="00D61FED"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D67D27"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D91434"/>
     <w:rsid w:val="00D950C5"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB1462"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE2167"/>
     <w:rsid w:val="00DE4393"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF60EB"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E2213D"/>
     <w:rsid w:val="00E23D15"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
@@ -3153,1360 +3255,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00AB7835"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00AB7835"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E475A"/>
+    <w:rsid w:val="00AB7835"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4520,51 +4624,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4625&amp;session=126&amp;summary=B" TargetMode="External" Id="R1ece8fb217c54037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4625_20251217.docx" TargetMode="External" Id="R50bf3a7f8cff4314" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4625&amp;session=126&amp;summary=B" TargetMode="External" Id="Rab9c60f373cf41ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4625_20251217.docx" TargetMode="External" Id="Rb4c6224da2a7495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R3c0860664d8c462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Ra5e10cf6eaed4b5d" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4605,104 +4709,105 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="0006382F"/>
     <w:rsid w:val="00083773"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="0030353D"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="00586C54"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BE03A7"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C11518"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00DE4393"/>
     <w:rsid w:val="00E23D15"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F80C88"/>
     <w:rsid w:val="00F82BD9"/>
@@ -5756,57 +5861,59 @@
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>5b102338-5413-4671-9ad1-c01e889d8e4e</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-11-17T09:09:08.914213-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>f468675c-8fe0-40b4-82a5-f3c8bedeaac9</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>1771108a-d76a-4a02-b2c0-3e92cae41500</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>267c128a-8d2e-4467-a228-3a0b56e322ae</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4625]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4625</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “PARENTAL PERINATAL MENTAL HEALTH SCREENING AND EDUCATION ACT” BY ADDING ARTICLE 3 TO CHAPTER 37, TITLE 44 SO AS TO REQUIRE CERTAIN HEALTHCARE FACILITIES AND HEALTHCARE PROVIDERS TO OFFER PERINATAL MENTAL HEALTH SCREENINGS TO EXPECTANT PARENTS AND PARENTS OF NEWBORNS, AS WELL AS APPROPRIATE EDUCATIONAL MATERIALS AND REFERRALS FOR TREATMENT; TO REQUIRE THE DEPARTMENT OF BEHAVIORAL HEALTH AND DEVELOPMENTAL DISABILITIES AND OTHER STATE AGENCIES TO DEVELOP GUIDANCE AND PROMULGATE REGULATIONS NECESSARY TO IMPLEMENT THE PROVISIONS OF THIS ARTICLE; TO DESIGNATE SECTIONS 44‑37‑10 TO 44‑37‑70 AS ARTICLE 1, entitled “GENERAL PROVISIONS”; AND FOR OTHER PURPOSES.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"03e4867f-ac8d-4a1d-a7ee-d253d595d4b0","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"by enacting the “Parental Perinatal Mental Health Screening and Education Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_74de78c23"},{"SectionUUID":"d6acba5a-fa2d-412b-9be0-394938a9d452","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T44C37N310_1b7f83221","IsConstitutionSection":false,"Identity":"44-37-310","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C37N320_35cf7df27","IsConstitutionSection":false,"Identity":"44-37-320","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C37N320S1","SubSectionBookmarkName":"ss_T44C37N320S1_lv1_e1eb43aaa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C37N320S2","SubSectionBookmarkName":"ss_T44C37N320S2_lv1_0b1b0427f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C37N320S3","SubSectionBookmarkName":"ss_T44C37N320S3_lv1_109ae9711","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C37N320S4","SubSectionBookmarkName":"ss_T44C37N320S4_lv1_6c522e284","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C37N330_b42727706","IsConstitutionSection":false,"Identity":"44-37-330","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C37N330SA","SubSectionBookmarkName":"ss_T44C37N330SA_lv1_7c138ba09","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N330S1","SubSectionBookmarkName":"ss_T44C37N330S1_lv2_b6527c9a9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N330S2","SubSectionBookmarkName":"ss_T44C37N330S2_lv2_db72a11cd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C37N330SB","SubSectionBookmarkName":"ss_T44C37N330SB_lv1_b128f85c1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C37N330SC","SubSectionBookmarkName":"ss_T44C37N330SC_lv1_d29b82d4e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C37N340_db4e01068","IsConstitutionSection":false,"Identity":"44-37-340","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C37N340SA","SubSectionBookmarkName":"ss_T44C37N340SA_lv1_42cda1485","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C37N340SB","SubSectionBookmarkName":"ss_T44C37N340SB_lv1_127adb0fe","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C37N350_d8096477b","IsConstitutionSection":false,"Identity":"44-37-350","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C37N350SA","SubSectionBookmarkName":"ss_T44C37N350SA_lv1_c16819a2e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N350S1","SubSectionBookmarkName":"ss_T44C37N350S1_lv2_ce679d843","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N350S2","SubSectionBookmarkName":"ss_T44C37N350S2_lv2_7515fc7da","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N350S3","SubSectionBookmarkName":"ss_T44C37N350S3_lv2_b12d33e5a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C37N350SB","SubSectionBookmarkName":"ss_T44C37N350SB_lv1_47667cfe2","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C37N360_f114fac21","IsConstitutionSection":false,"Identity":"44-37-360","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C37N360SA","SubSectionBookmarkName":"ss_T44C37N360SA_lv1_2809ae483","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C37N360SB","SubSectionBookmarkName":"ss_T44C37N360SB_lv1_1b67bb2eb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N360S1","SubSectionBookmarkName":"ss_T44C37N360S1_lv2_f643abc50","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N360S2","SubSectionBookmarkName":"ss_T44C37N360S2_lv2_ab2eed203","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N360S3","SubSectionBookmarkName":"ss_T44C37N360S3_lv2_219b85062","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C37N370_7b90279ed","IsConstitutionSection":false,"Identity":"44-37-370","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C37N370SA","SubSectionBookmarkName":"ss_T44C37N370SA_lv1_278ec9b0f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N370S1","SubSectionBookmarkName":"ss_T44C37N370S1_lv2_281e5d0b8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N370S2","SubSectionBookmarkName":"ss_T44C37N370S2_lv2_1c8042b74","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N370S3","SubSectionBookmarkName":"ss_T44C37N370S3_lv2_9c74d7a4d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C37N370S4","SubSectionBookmarkName":"ss_T44C37N370S4_lv2_7e57fed9e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C37N370SB","SubSectionBookmarkName":"ss_T44C37N370SB_lv1_b6e8b6a11","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C37N380_62ea1b77d","IsConstitutionSection":false,"Identity":"44-37-380","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C37N390_6e648042a","IsConstitutionSection":false,"Identity":"44-37-390","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_e5d2b4021"},{"SectionUUID":"d9dd8a4b-3354-43f9-aaa5-d5a2f8f617a3","SectionName":"New Blank SECTION","SectionNumber":3,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_82f99ebf0"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Parental Perinatal Mental Health Screening and Education Act</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
@@ -5854,78 +5961,78 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>941</Words>
-  <Characters>5594</Characters>
+  <Words>1050</Words>
+  <Characters>5485</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>105</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6487</CharactersWithSpaces>
+  <CharactersWithSpaces>6499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>