--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,86 +124,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Mitchell</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. C. Mitchell and Pope</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0347VR26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +345,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rc03cb9fb04df4d0a">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 41</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R51ae0bae3ca2479c">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 41</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R06db36361a7a4595">
+      <w:hyperlink r:id="Rc5e48349299f4f02">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +522,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R91e9abe17eb5447b">
+      <w:hyperlink r:id="R47401dc95b27458f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00517698" w:rsidRDefault="00432135" w14:paraId="6D2AC760" w14:textId="0219C5BC">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00517698" w:rsidRDefault="00A73EFA" w14:paraId="1D2FA89C" w14:textId="31C37FFC">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00517698" w:rsidRDefault="00A73EFA" w14:paraId="48643087" w14:textId="3411B35A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00517698" w:rsidRDefault="00A73EFA" w14:paraId="46A68C4D" w14:textId="261A5525">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00517698" w:rsidRDefault="00A73EFA" w14:paraId="7E6136F7" w14:textId="5B4130ED">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00517698" w:rsidRDefault="00A73EFA" w14:paraId="7286AF7E" w14:textId="6EFECEAF">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -553,223 +649,223 @@
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00352AC4" w14:paraId="35F70189" w14:textId="39A214C3">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 63‑7‑710, RELATING TO PROBABLE CAUSE HEARINGS, SO AS TO REQUIRE THE DEPARTMENT OF SOCIAL SERVICES TO BEGIN FACILITATING VISITATION BETWEEN THE PARENT AND THE CHILD FOLLOWING THE PROBABLE CAUSE HEARING IF THE CHILD IS PLACED OUTSIDE OF THE HOME AT THE PROBABLE CAUSE HEARING, WITH EXCEPTIONS; AND BY AMENDING SECTION 63‑7‑1680, RELATING TO PLACEMENT PLANS, SO AS TO ADDRESS THE APPROPRIATENESS OF SUPERVISED OR MONITORED VISITATION AFTER A CERTAIN TIME.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_7749ac25a" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_7749ac25a" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="6002BBE9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="63EFBCFF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_bf1fef100" w:id="2"/>
+      <w:bookmarkStart w:name="ew_bf1fef100" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE001D" w:rsidP="00CE001D" w:rsidRDefault="00CE001D" w14:paraId="7F327D4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CE001D" w:rsidP="00CE001D" w:rsidRDefault="00CE001D" w14:paraId="4EFD8D59" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_907e955f6" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_907e955f6" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_eef301624" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-      </w:r>
+        <w:t>ection 63‑7‑710 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD5A13" w:rsidRDefault="00CD5A13" w14:paraId="702466C5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD5A13" w:rsidRDefault="00CD5A13" w14:paraId="3F8792CC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_eef301624" w:id="4"/>
+      <w:bookmarkStart w:name="cs_T63C7N710_2bb092a43" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 63‑7‑710 of the S.C. Code is amended to read:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CD5A13" w:rsidRDefault="00CD5A13" w14:paraId="702466C5" w14:textId="77777777">
+        <w:t>ection 63‑7‑710.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710SA_lv1_ba877f71d" w:id="5"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>A) The family court shall schedule a probable cause hearing to be held within seventy‑two hours of the time the child was taken into emergency protective custody. If the third day falls upon a Saturday, Sunday, or holiday, the probable cause hearing must be held no later than the next working day. If there is no term of court in the county when the probable cause hearing must be held, the hearing must be held in another county in the circuit. If there is no term of family court in another county in the circuit, the probable cause hearing may be heard in another court in an adjoining circuit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="4F176012" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00CD5A13" w:rsidRDefault="00CD5A13" w14:paraId="3F8792CC" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710SB_lv1_4436586e9" w:id="6"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t>B) The probable cause hearing may be conducted by video conference at the discretion of the judge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="4ECD62B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T63C7N710_2bb092a43" w:id="5"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710SC_lv1_b694fe115" w:id="7"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>C) At the probable cause hearing, the family court shall undertake to fulfill the requirements of Section 63‑7‑1620 and shall determine whether there was probable cause for taking emergency protective custody and for the department to assume legal custody of the child and shall determine whether probable cause to retain legal custody of the child remains at the time of the hearing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="3850C798" w14:textId="4BFD10EE">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N710SA_lv1_ba877f71d" w:id="6"/>
+      <w:bookmarkStart w:name="ss_T63C7N710SD_lv1_9e5593423" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...30 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>D) At the probable cause hearing, the respondents may submit affidavits as to facts which are alleged to form the basis of the removal and to cross‑examine the department</w:t>
       </w:r>
       <w:r w:rsidR="000F76CA">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s witnesses as to whether there existed probable cause to effect emergency removal.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="0E05E624" w14:textId="7DA0E275">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N710SE_lv1_ae755ec13" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T63C7N710SE_lv1_ae755ec13" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>E)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710S1_lv2_4d8d72e77" w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r>
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">1) At the probable cause hearing, if the child is placed out of the home of a parent, guardian, or legal custodian, the court shall order the department to </w:t>
       </w:r>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>facilitate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> regular visitation with the parent, guardian or legal custodian, and siblings, as early, consistent, and frequent visitation is crucial for maintaining parent‑child relationships and </w:t>
       </w:r>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>enabl</w:t>
       </w:r>
       <w:r>
@@ -783,1034 +879,1034 @@
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">visitation plan individualized to the needs of the family with a goal of providing the maximum parent, child, and sibling contact possible. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="135AB757" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N710S2_lv2_5c6be5877" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T63C7N710S2_lv2_5c6be5877" w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>2) Visitation required pursuant to this subsection may not be limited as a sanction for a parent’s failure to comply with recommended services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="1A384A4B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710S3_lv2_f831321c8" w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>2) Visitation required pursuant to this subsection may not be limited as a sanction for a parent’s failure to comply with recommended services.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="1A384A4B" w14:textId="77777777">
+        <w:t>3) Visitation required pursuant to this subsection may be limited only when necessary to ensure the health, safety, or welfare of the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="7C86CFDF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N710S3_lv2_f831321c8" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T63C7N710S4_lv2_4167813da" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>3) Visitation required pursuant to this subsection may be limited only when necessary to ensure the health, safety, or welfare of the child.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="7C86CFDF" w14:textId="77777777">
+        <w:t xml:space="preserve">4) The first visit of a visitation plan ordered by the court pursuant to this subsection must take place within seventy‑two hours of the probable cause hearing, unless the court makes a finding, in writing, that extraordinary circumstances require delay, identifying the extraordinary circumstances. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="5AE199CB" w14:textId="3309929B">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N710S4_lv2_4167813da" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T63C7N710S5_lv2_69b77938c" w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">4) The first visit of a visitation plan ordered by the court pursuant to this subsection must take place within seventy‑two hours of the probable cause hearing, unless the court makes a finding, in writing, that extraordinary circumstances require delay, identifying the extraordinary circumstances. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="5AE199CB" w14:textId="3309929B">
+        <w:t>5) If the first visit of a visitation plan ordered by the court pursuant to this subsection is to occur in</w:t>
+      </w:r>
+      <w:r w:rsidR="00352AC4">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>person, the visitation must be supervised unless the department determines that supervision is not necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="1BD5DD49" w14:textId="6EA52F50">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N710S5_lv2_69b77938c" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T63C7N710S6_lv2_2cc9578f5" w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>5) If the first visit of a visitation plan ordered by the court pursuant to this subsection is to occur in</w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="1BD5DD49" w14:textId="6EA52F50">
+        <w:t>6) When a parent, guardian, legal custodian, or sibling has been identified as a suspect in an active criminal investigation for a violent crime that, if the allegations are true, would impact the safety of the child, the department may petition the court to forego ordering a visitation plan at the probable cause hearing until the department is satisfied that a visitation plan can be created to protect the health, safety, and welfare of the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="7696F981" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="scinsert"/>
-        </w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(E)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710SF_lv1_c8dcb02d9" w:id="16"/>
+      <w:r w:rsidR="00892710">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidR="00892710">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>F)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The hearing on the merits to determine whether removal of custody is needed, pursuant to Section 63‑7‑1660, must be held within thirty‑five days of the date of receipt of the removal petition. At the probable cause hearing, the court shall set the time and date for the hearing on the merits. A party may request a continuance that would result in the hearing being held more than thirty‑five days after the petition was filed, and the court may grant the request for continuance only if exceptional circumstances exist. If a continuance is granted, the hearing on the merits must be completed within sixty‑five days following receipt of the removal petition. The court may continue the hearing on the merits beyond sixty‑five days without returning the child to the home only if the court issues a written order with findings of fact supporting a determination that the following conditions are satisfied, regardless of whether the parties have agreed to a continuance:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="18EECEB7" w14:textId="5426DC6D">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N710S6_lv2_2cc9578f5" w:id="16"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710S1_lv2_08a839ca5" w:id="17"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...26 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidR="00892710">
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>1) the court finds that the child should remain in the custody of the department because there is probable cause to believe that returning the child to the home would seriously endanger the child</w:t>
       </w:r>
       <w:r w:rsidR="000F76CA">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s physical safety or emotional well‑being;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="1C7CF7E8" w14:textId="25A718F6">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N710S2_lv2_7dbbf7eed" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T63C7N710S2_lv2_7dbbf7eed" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>2) the court schedules the case for trial on a date and time certain which is not more than thirty days after the date the hearing was scheduled to be held; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="013F4651" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710S3_lv2_50453bfa6" w:id="19"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
-        <w:t>2) the court schedules the case for trial on a date and time certain which is not more than thirty days after the date the hearing was scheduled to be held; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="013F4651" w14:textId="77777777">
+        <w:t>3) the court finds that exceptional circumstances support the continuance or the parties and the guardian ad litem agree to a continuance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="73794C64" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(F)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710SG_lv1_94ac05cbc" w:id="20"/>
+      <w:r w:rsidR="00892710">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidR="00892710">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>G)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The court may continue the case past the date and time certain set forth in subsection </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(E)</w:t>
+      </w:r>
+      <w:r w:rsidR="00892710">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(F)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> only if the court issues a new order as required in subsection </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(E)</w:t>
+      </w:r>
+      <w:r w:rsidR="00892710">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(F)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="0F7496A9" w14:textId="1A0A1C90">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N710S3_lv2_50453bfa6" w:id="20"/>
-[...14 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(F)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C7N710SG_lv1_94ac05cbc" w:id="21"/>
+        <w:t>(G)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710SH_lv1_07cea7fa1" w:id="21"/>
       <w:r w:rsidR="00892710">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00892710">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>G)</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> The court may continue the case past the date and time certain set forth in subsection </w:t>
+        <w:t>H)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The court may continue the case because a witness is unavailable only if the court enters a finding of fact that the court cannot decide the case without the testimony of the witness. The court shall consider and rule on whether the hearing can begin and then recess to have the witness</w:t>
+      </w:r>
+      <w:r w:rsidR="000F76CA">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> testimony taken at a later date or by deposition. The court shall rule on whether the party offering the witness has exercised due diligence to secure the presence of the witness or to preserve the witness</w:t>
+      </w:r>
+      <w:r w:rsidR="000F76CA">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> testimony.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="06C499DB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(E)</w:t>
-[...39 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C7N710SH_lv1_07cea7fa1" w:id="22"/>
+        <w:t>(H)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710SI_lv1_d6d0647db" w:id="22"/>
       <w:r w:rsidR="00892710">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00892710">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>H)</w:t>
-[...17 lines deleted...]
-    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="06C499DB" w14:textId="77777777">
+        <w:t>I)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> This section does not prevent the court from conducting a pendente lite hearing on motion of any party and issuing an order granting other appropriate relief pending a hearing on the merits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="3F4F0C79" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(H)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C7N710SI_lv1_d6d0647db" w:id="23"/>
+        <w:t>(I)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710SJ_lv1_f241ac7da" w:id="23"/>
       <w:r w:rsidR="00892710">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00892710">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>I)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="3F4F0C79" w14:textId="77777777">
+        <w:t>J)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> If the child is returned to the home pending the merits hearing, the court may impose such terms and conditions as it determines appropriate to protect the child from harm, including measures to protect the child as a witness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="569E5459" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(I)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C7N710SJ_lv1_f241ac7da" w:id="24"/>
+        <w:t>(J)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N710SK_lv1_33b780197" w:id="24"/>
       <w:r w:rsidR="00892710">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="00892710">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>J)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00836A29" w:rsidRDefault="00CD5A13" w14:paraId="569E5459" w14:textId="77777777">
+        <w:t>K)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> When a continuance is granted pursuant to this section, the family court shall ensure that the hearing is rescheduled within the time limits provided in this section and give the hearing priority over other matters pending before the court except a probable cause hearing held pursuant to this section, a detention hearing held pursuant to Section 63‑19‑830, or a hearing held pursuant to Section 63‑19‑1030 or 63‑19‑1210 concerning a child who is in state custody pursuant to Chapter 19. An exception also may be made for child custody hearings if the court, in its discretion, makes a written finding stating compelling reasons, relating to the welfare of the child, for giving priority to the custody hearing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="1316C4BC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00892710" w:rsidP="00892710" w:rsidRDefault="00892710" w14:paraId="6B861113" w14:textId="4EE7F6A9">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_41f00048b" w:id="25"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_1a2c1a003" w:id="26"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:t>ection 63‑7‑1680(D) and (G) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0078521B" w:rsidRDefault="0078521B" w14:paraId="1149E943" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0078521B" w:rsidRDefault="0078521B" w14:paraId="5B865D6B" w14:textId="25F6C012">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T63C7N1680_11af556a6" w:id="27"/>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N1680SD_lv1_9857c8913" w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t>D)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N1680S1_lv2_3ae0d9600" w:id="29"/>
+      <w:r w:rsidR="00C66EE7">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidR="00C66EE7">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The third section of the plan shall set forth rights and obligations of the parents or guardian while the child is in custody including, but not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A3671" w:rsidRDefault="0078521B" w14:paraId="4CBAC6E9" w14:textId="56A660F0">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(J)</w:t>
-[...70 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C7N1680S1_lv2_3ae0d9600" w:id="30"/>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N1680Sa_lv3_10d6dd903" w:id="30"/>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>1)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="007A3671" w:rsidRDefault="0078521B" w14:paraId="4CBAC6E9" w14:textId="56A660F0">
+        <w:t>a)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the responsibility of the parents or guardian for financial support of the child during the placement; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A3671" w:rsidRDefault="0078521B" w14:paraId="346DA7D8" w14:textId="08EFAE0E">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(1)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C7N1680Sa_lv3_10d6dd903" w:id="31"/>
+        <w:t>(2)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N1680Sb_lv3_85ef9b833" w:id="31"/>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>a)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="007A3671" w:rsidRDefault="0078521B" w14:paraId="346DA7D8" w14:textId="08EFAE0E">
+        <w:t>b)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the visitation rights and obligations of the parents or guardian during the placement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A3671" w:rsidRDefault="0078521B" w14:paraId="6DCCE315" w14:textId="7FA9AE13">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C66EE7">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C7N1680Sb_lv3_85ef9b833" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T63C7N1680S2_lv2_23a816458" w:id="32"/>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>b)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="007A3671" w:rsidRDefault="0078521B" w14:paraId="6DCCE315" w14:textId="7FA9AE13">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>The department may move before the family court for termination or suspension of visits between the parent or guardian and the child. The family court may order termination or suspension of the visits if ongoing contact between the parent or guardian and the child would be contrary to the best interests of the child. This section of the plan must include a notice to the parents or guardian that failure to support or visit the child as provided in the plan may result in termination of parental rights.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008039F9" w:rsidRDefault="00C66EE7" w14:paraId="07A33C8F" w14:textId="30ACC6A5">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N1680S3_lv2_fa0200155" w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the court </w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">previously ordered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>that visitation between a parent</w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>, or l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egal custodian and </w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">child be supervised or monitored, there </w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a presumption that </w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">continued </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>supervision or monitoring will no</w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>t be necess</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ary after ninety days of supervised or monitored visitation. To rebut this presumption, the </w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>department</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide a report to the court </w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evidence establishing that </w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unsupervised or unmonitored </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>visit</w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would </w:t>
+      </w:r>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>pose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a risk to the child’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">health, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">safety, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or welfare, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9" w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>and the court shall make a determination as to whether supervised or monitored visitation must continue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008039F9" w:rsidRDefault="008039F9" w14:paraId="1AF79342" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008039F9" w:rsidRDefault="0078521B" w14:paraId="6EE61037" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N1680SG_lv1_af6a6f89c" w:id="34"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t>G)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N1680S1_lv2_2d57043b2" w:id="35"/>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidR="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The court shall include in its order and shall advise defendants on the record that failure to remedy the conditions that caused the removal within six months, may result in termination of parental rights, subject to notice and a hearing as provided in Article 7. Before the court orders return of the child, the court must find that the changes in the home and family situation specified in section one of the plan have occurred and that the child can be safely returned to the home. Completion of the tasks specified in section two of the plan is not in itself sufficient basis for return of the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A3671" w:rsidRDefault="008039F9" w14:paraId="68307FC2" w14:textId="4B91C6B9">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N1680S2_lv2_5387bc458" w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The court shall </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>include in it</w:t>
+      </w:r>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C7N1680S2_lv2_23a816458" w:id="33"/>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> order and </w:t>
+      </w:r>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="33"/>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008039F9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">advise the department that the failure to </w:t>
+      </w:r>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) </w:t>
-[...279 lines deleted...]
-        <w:t xml:space="preserve">2) </w:t>
+        <w:t>facilitate</w:t>
       </w:r>
       <w:r w:rsidRPr="008039F9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">The court shall </w:t>
-[...5 lines deleted...]
-        <w:t>include in it</w:t>
+        <w:t xml:space="preserve"> court‑ordered visitation may result in a finding that the department failed to make reasonable efforts. The lack of sufficient visitation providers will not excuse the failure to </w:t>
       </w:r>
       <w:r w:rsidR="00C66EE7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">shall </w:t>
+        <w:t>facilitate</w:t>
       </w:r>
       <w:r w:rsidRPr="008039F9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">advise the department that the failure to </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> court‑ordered visitation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="27A21B4E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="10FE5369" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="38"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="39"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="37"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="38"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w:rsidR="002469B8" w:rsidRDefault="002469B8" w14:paraId="07D28EFB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="33C3F0A0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
@@ -1886,175 +1982,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="206AC318" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="204B2D3B" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0004776E" w:rsidP="00D14995">
+      <w:p w14:paraId="204B2D3B" w14:textId="571542BF" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="006C79B1" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00BF508B">
+              <w:t>[4633]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00E23A98">
+            <w:r w:rsidR="00BF508B">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0347VR26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="165DC183" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="40BBC982" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2316,51 +2410,52 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="180"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2406,50 +2501,51 @@
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00121BC3"/>
     <w:rsid w:val="00132246"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00157E84"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00187285"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="001940C3"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B58BE"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="0020500E"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="002469B8"/>
     <w:rsid w:val="00252F75"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00265F42"/>
     <w:rsid w:val="00272F2C"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00280884"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00294089"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B4A86"/>
     <w:rsid w:val="002C3463"/>
@@ -2476,50 +2572,51 @@
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00392218"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C27DF"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7A12"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="0040632D"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="00410B08"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00435323"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
+    <w:rsid w:val="00455188"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004863C0"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494312"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C2A95"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D4537"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
@@ -2540,82 +2637,84 @@
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="005823D5"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B0C52"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E6133"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="00606252"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="0062792D"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="006643E1"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00670CAA"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="006756F9"/>
     <w:rsid w:val="00676962"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="00696278"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006A6964"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C2E9B"/>
     <w:rsid w:val="006C5CFA"/>
     <w:rsid w:val="006C6183"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E1FC8"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="00705179"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00740D1F"/>
     <w:rsid w:val="00761EC3"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="0078521B"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00791FD1"/>
     <w:rsid w:val="0079719E"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3671"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
@@ -2734,51 +2833,53 @@
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B72B16"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA1E12"/>
     <w:rsid w:val="00BA6AF5"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE3CE9"/>
     <w:rsid w:val="00BE4391"/>
+    <w:rsid w:val="00BE6844"/>
     <w:rsid w:val="00BF3E48"/>
+    <w:rsid w:val="00BF508B"/>
     <w:rsid w:val="00C015DF"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C640E0"/>
     <w:rsid w:val="00C66EE7"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C77B78"/>
     <w:rsid w:val="00C87143"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC185A"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5443"/>
@@ -3312,1360 +3413,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="006C79B1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="006C79B1"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C87143"/>
+    <w:rsid w:val="006C79B1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4692,51 +4795,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4633&amp;session=126&amp;summary=B" TargetMode="External" Id="R06db36361a7a4595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4633_20251217.docx" TargetMode="External" Id="R91e9abe17eb5447b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4633&amp;session=126&amp;summary=B" TargetMode="External" Id="Rc5e48349299f4f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4633_20251217.docx" TargetMode="External" Id="R47401dc95b27458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rc03cb9fb04df4d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R51ae0bae3ca2479c" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4763,116 +4866,116 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00494312"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006A6964"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="0079719E"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009B0DF7"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E27287"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
     <w:rsid w:val="00FF6599"/>
@@ -5617,128 +5720,143 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>6b2759d0-9a2f-4eb5-986f-14cd94b98607</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-11-21T11:06:14.563873-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>effd4af5-2131-42b7-8cdc-8a85269c4c91</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>64e1d100-1b6d-4f29-9e77-cbdda46535f1</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>a5f464d5-a301-4fc8-a251-472cbeee097e</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4633]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4633</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 63‑7‑710, RELATING TO PROBABLE CAUSE HEARINGS, SO AS TO REQUIRE THE DEPARTMENT OF SOCIAL SERVICES TO BEGIN FACILITATING VISITATION BETWEEN THE PARENT AND THE CHILD FOLLOWING THE PROBABLE CAUSE HEARING IF THE CHILD IS PLACED OUTSIDE OF THE HOME AT THE PROBABLE CAUSE HEARING, WITH EXCEPTIONS; AND BY AMENDING SECTION 63‑7‑1680, RELATING TO PLACEMENT PLANS, SO AS TO ADDRESS THE APPROPRIATENESS OF SUPERVISED OR MONITORED VISITATION AFTER A CERTAIN TIME.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"ee3ef077-2d9f-47e3-aff4-8eb51a30a9d9","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C7N710_2bb092a43","IsConstitutionSection":false,"Identity":"63-7-710","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C7N710SA","SubSectionBookmarkName":"ss_T63C7N710SA_lv1_ba877f71d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N710SB","SubSectionBookmarkName":"ss_T63C7N710SB_lv1_4436586e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N710SC","SubSectionBookmarkName":"ss_T63C7N710SC_lv1_b694fe115","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N710SD","SubSectionBookmarkName":"ss_T63C7N710SD_lv1_9e5593423","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N710SF","SubSectionBookmarkName":"ss_T63C7N710SF_lv1_c8dcb02d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N710SG","SubSectionBookmarkName":"ss_T63C7N710SG_lv1_94ac05cbc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N710SH","SubSectionBookmarkName":"ss_T63C7N710SH_lv1_07cea7fa1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N710SI","SubSectionBookmarkName":"ss_T63C7N710SI_lv1_d6d0647db","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N710SJ","SubSectionBookmarkName":"ss_T63C7N710SJ_lv1_f241ac7da","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N710SK","SubSectionBookmarkName":"ss_T63C7N710SK_lv1_33b780197","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N710SE","SubSectionBookmarkName":"ss_T63C7N710SE_lv1_ae755ec13","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N710S1","SubSectionBookmarkName":"ss_T63C7N710S1_lv2_4d8d72e77","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N710S2","SubSectionBookmarkName":"ss_T63C7N710S2_lv2_5c6be5877","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N710S3","SubSectionBookmarkName":"ss_T63C7N710S3_lv2_f831321c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N710S4","SubSectionBookmarkName":"ss_T63C7N710S4_lv2_4167813da","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N710S5","SubSectionBookmarkName":"ss_T63C7N710S5_lv2_69b77938c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N710S6","SubSectionBookmarkName":"ss_T63C7N710S6_lv2_2cc9578f5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N710S1","SubSectionBookmarkName":"ss_T63C7N710S1_lv2_08a839ca5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N710S2","SubSectionBookmarkName":"ss_T63C7N710S2_lv2_7dbbf7eed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N710S3","SubSectionBookmarkName":"ss_T63C7N710S3_lv2_50453bfa6","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Probable cause hearing","TitleSoAsTo":"require the department of social services to require the department of social services to facilitate visitation between the parent and child if the child is placed outside of the home at the probable cause hearing, with exceptions","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_907e955f6"},{"SectionUUID":"22d28dbe-d98c-4f51-9b6c-6ad37779caa6","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C7N1680_11af556a6","IsConstitutionSection":false,"Identity":"63-7-1680","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C7N1680SD","SubSectionBookmarkName":"ss_T63C7N1680SD_lv1_9857c8913","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N1680SG","SubSectionBookmarkName":"ss_T63C7N1680SG_lv1_af6a6f89c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N1680S1","SubSectionBookmarkName":"ss_T63C7N1680S1_lv2_3ae0d9600","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C7N1680Sa","SubSectionBookmarkName":"ss_T63C7N1680Sa_lv3_10d6dd903","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C7N1680Sb","SubSectionBookmarkName":"ss_T63C7N1680Sb_lv3_85ef9b833","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N1680S2","SubSectionBookmarkName":"ss_T63C7N1680S2_lv2_23a816458","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N1680S3","SubSectionBookmarkName":"ss_T63C7N1680S3_lv2_fa0200155","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N1680S1","SubSectionBookmarkName":"ss_T63C7N1680S1_lv2_2d57043b2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N1680S2","SubSectionBookmarkName":"ss_T63C7N1680S2_lv2_5387bc458","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Approval or amendment of placement plan","TitleSoAsTo":"address supervised or monitored visitation","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":true,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_41f00048b"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Child Welfare</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5955,147 +6073,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60BDBC34-CFB9-47EA-987E-BD2DB9443815}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1631</Words>
-  <Characters>8174</Characters>
+  <Words>1478</Words>
+  <Characters>8327</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>131</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>181</Lines>
+  <Paragraphs>115</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9766</CharactersWithSpaces>
+  <CharactersWithSpaces>9690</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>