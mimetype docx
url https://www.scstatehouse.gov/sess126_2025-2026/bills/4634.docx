--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -159,51 +158,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0309VR26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R5003a71a88ef430f">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 42</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R1606bb8f86974b2e">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 42</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R3f8a916e9b534d7e">
+      <w:hyperlink r:id="R2160270c172f4c5a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +521,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rd8863db5e2724f75">
+      <w:hyperlink r:id="R2bd328f8c513492d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="00991F67" w:rsidP="004D2E75" w:rsidRDefault="00991F67" w14:paraId="34D2EA4A" w14:textId="5B9893B5">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="002851CF" w:rsidP="004D2E75" w:rsidRDefault="002851CF" w14:paraId="1FA882A8" w14:textId="07675E6C">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="002851CF" w:rsidP="004D2E75" w:rsidRDefault="002851CF" w14:paraId="258A4A7B" w14:textId="239E1CA5">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="009B2ECA" w:rsidP="004D2E75" w:rsidRDefault="009B2ECA" w14:paraId="0B7B3D7A" w14:textId="03BD9D64">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="009B2ECA" w:rsidP="004D2E75" w:rsidRDefault="009B2ECA" w14:paraId="70A89330" w14:textId="1C4BC8B1">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="009B2ECA" w:rsidP="004D2E75" w:rsidRDefault="009B2ECA" w14:paraId="02B9039A" w14:textId="225EED18">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -564,190 +659,205 @@
       <w:sdtContent>
         <w:p w:rsidRPr="00105D52" w:rsidR="00BE1040" w:rsidP="00207826" w:rsidRDefault="00150C32" w14:paraId="4E30D107" w14:textId="07538BA0">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>TO CREATE A STUDY COMMITTEE TO EXAMINE THE STATE OF PUBLIC INSTITUTIONS AND SYSTEMS THAT SERVE AT-RISK SOUTH CAROLINIANS, TO DETERMINE NEEDED REFORMS TO ENSURE THAT THESE ENTITIES SAFEGUARD AND PROTECT THE HUMAN RIGHTS OF INDIVIDUALS IN THEIR CARE OR CUSTODY, AND FOR OTHER PURPOSES; TO PROVIDE FOR THE STUDY COMMITTEE’S MEMBERSHIP; AND TO REQUIRE THE STUDY COMMITTEE TO PREPARE AND SUBMIT A REPORT AFTER WHICH THE STUDY COMMITTEE IS DISSOLVED.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00207826" w:rsidP="00F50B9B" w:rsidRDefault="00207826" w14:paraId="69B9DA7F" w14:textId="5F0612A3">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F50B9B" w:rsidP="00F50B9B" w:rsidRDefault="00F50B9B" w14:paraId="1D4130D3" w14:textId="109CC8F3">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_a2e5e4a40" w:id="1"/>
+      <w:bookmarkStart w:name="wa_a2e5e4a40" w:id="0"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-        <w:t>hereas, human rights are the fundamental freedoms and protections that belong to every person simply by virtue of being human; and</w:t>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> human rights are the fundamental freedoms and protections that belong to every person simply by virtue of being human; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F50B9B" w:rsidP="00F50B9B" w:rsidRDefault="00F50B9B" w14:paraId="68FABFA7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F50B9B" w:rsidP="00F50B9B" w:rsidRDefault="00F50B9B" w14:paraId="71F5E805" w14:textId="27419152">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_8125734f0" w:id="2"/>
+      <w:bookmarkStart w:name="wa_8125734f0" w:id="1"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-        <w:t>hereas, human rights</w:t>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> human rights</w:t>
       </w:r>
       <w:r w:rsidRPr="00F50B9B">
         <w:t xml:space="preserve"> are inherent</w:t>
       </w:r>
       <w:r>
         <w:t>. They a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F50B9B">
         <w:t>re not granted by any government or authority</w:t>
       </w:r>
       <w:r>
         <w:t>, and</w:t>
       </w:r>
       <w:r w:rsidRPr="00F50B9B">
         <w:t xml:space="preserve"> they are inalienable, meaning they cannot be taken away</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F50B9B" w:rsidP="00F50B9B" w:rsidRDefault="00F50B9B" w14:paraId="2A6F4D9D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F50B9B" w:rsidP="00F50B9B" w:rsidRDefault="00F50B9B" w14:paraId="52234C86" w14:textId="42C24D5C">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_fb24d2c8a" w:id="3"/>
+      <w:bookmarkStart w:name="wa_fb24d2c8a" w:id="2"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-        <w:t>hereas, i</w:t>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F50B9B">
         <w:t xml:space="preserve">t is the responsibility of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the General Assembly </w:t>
       </w:r>
       <w:r w:rsidRPr="00F50B9B">
         <w:t xml:space="preserve">to ensure that all vulnerable South Carolinians </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">in the care or custody of state institutions and systems </w:t>
       </w:r>
       <w:r w:rsidRPr="00F50B9B">
         <w:t xml:space="preserve">are provided for, protected from harm, and treated with dignity and respect within </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>these establishments</w:t>
       </w:r>
       <w:r>
         <w:t>. Now, therefore,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F50B9B" w:rsidP="00F50B9B" w:rsidRDefault="00F50B9B" w14:paraId="034C4B51" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="00F751FE" w:rsidP="001C682C" w:rsidRDefault="001C682C" w14:paraId="6D3CD473" w14:textId="25207875">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_48efc0861" w:id="4"/>
+      <w:bookmarkStart w:name="ew_48efc0861" w:id="3"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F50B9B" w:rsidP="00F50B9B" w:rsidRDefault="00F50B9B" w14:paraId="7EA6092E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F50B9B" w:rsidP="003E25B8" w:rsidRDefault="00F50B9B" w14:paraId="1E558996" w14:textId="78AE0785">
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="bs_num_1_1ed84f3b9" w:id="5"/>
+    <w:p w:rsidR="00F50B9B" w:rsidP="003E25B8" w:rsidRDefault="00F50B9B" w14:paraId="1E558996" w14:textId="38160253">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_1_1ed84f3b9" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A81">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_c98ffd786" w:id="5"/>
+      <w:r w:rsidR="005458CD">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00CE7F16">
+      <w:r w:rsidR="005458CD">
+        <w:t>A)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
-        <w:t>(A)</w:t>
-[...10 lines deleted...]
-        <w:t>here is created a study committee to examin</w:t>
+        <w:t>There is created a study committee to examin</w:t>
       </w:r>
       <w:r w:rsidR="00C035EE">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve"> the state of the public services</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t xml:space="preserve"> and systems</w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve"> identified in </w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t>items</w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t>) t</w:t>
       </w:r>
@@ -809,3030 +919,3448 @@
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t>, to include</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve"> an examination of</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t xml:space="preserve"> at a minimum</w:t>
       </w:r>
       <w:r w:rsidR="00C035EE">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="3E97F327" w14:textId="1A0C31BE">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_0f60bd911" w:id="7"/>
+      <w:bookmarkStart w:name="up_0f60bd911" w:id="6"/>
       <w:r w:rsidR="005458CD">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for the </w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve">foster care </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">system and </w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t>services:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="005458CD" w14:paraId="6C2D75C2" w14:textId="47CA8D86">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">(a) </w:t>
+    <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="005458CD" w14:paraId="6C2D75C2" w14:textId="122F662D">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_cad3f5342" w:id="7"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>strategies for</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> expand</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> foster parent recruitment and </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>improving</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> comprehensive training for foster parents;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> comprehensive training for foster </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>parents;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="005458CD" w14:paraId="3628D465" w14:textId="51CB8301">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_9c031025c" w:id="9"/>
+      <w:bookmarkStart w:name="up_9c031025c" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>ways</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to strengthen family reunification services and oversight to reduce unnecessary placement changes; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="005458CD" w14:paraId="54FC6C54" w14:textId="33231D33">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_8a99956b4" w:id="10"/>
+      <w:bookmarkStart w:name="up_8a99956b4" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">strategies for </w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t>expand</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t xml:space="preserve"> and creat</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>programs targeting youth aging out of foster care to help with transition to adulthood including, but not limited to, housing assistance, job placement support, and life</w:t>
       </w:r>
       <w:r w:rsidR="001B508C">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>skills coaching</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
-        <w:t xml:space="preserve"> programs</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006C5783">
+        <w:t>programs</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="005458CD" w14:paraId="0BD79833" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_6bf36b8c0" w:id="11"/>
+      <w:bookmarkStart w:name="up_6bf36b8c0" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r>
         <w:t>disability services</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="51B7F984" w14:textId="36BC8C1E">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_01c45f14d" w:id="12"/>
+      <w:bookmarkStart w:name="up_01c45f14d" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-        <w:t>a) how to ensure full compliance with accessibility laws and standards for schools, public buildings, and public transportation</w:t>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t xml:space="preserve">a) how to ensure full compliance with accessibility laws and standards for schools, public buildings, and public </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>transportation</w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="6132C186" w14:textId="61CABD74">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_6c5515dc0" w:id="13"/>
+      <w:bookmarkStart w:name="up_6c5515dc0" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="0019310E">
         <w:t>strategies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to increase funding for inclusive education and vocational training programs; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="2F8ACEC6" w14:textId="3958BF48">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_df9dcd584" w:id="14"/>
+      <w:bookmarkStart w:name="up_df9dcd584" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>ways in which</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> to expand employment supports, such as on‑the‑job coaching and tax incentives for businesses that hire individuals with disabilities;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> to expand employment supports, such as on‑the‑job coaching and tax incentives for businesses that hire individuals with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>disabilities;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="2D4496B4" w14:textId="2F94EEDB">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_a75d4c844" w:id="15"/>
+      <w:bookmarkStart w:name="up_a75d4c844" w:id="14"/>
       <w:r w:rsidR="005458CD">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="005458CD">
         <w:t>3)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve">services </w:t>
       </w:r>
       <w:r>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve"> victims of gender‑based violence</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="346F5C98" w14:textId="6A071343">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_5c4eb64d1" w:id="16"/>
+      <w:bookmarkStart w:name="up_5c4eb64d1" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">how to </w:t>
       </w:r>
       <w:r>
-        <w:t>establish evidence‑based treatment programs that address trauma, mental health, and substance use;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">establish evidence‑based treatment programs that address trauma, mental health, and substance </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>use;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="29A28B18" w14:textId="4406E4F8">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_8dbccc886" w:id="17"/>
+      <w:bookmarkStart w:name="up_8dbccc886" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">strategies for </w:t>
       </w:r>
       <w:r>
         <w:t>creati</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>ng</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>and supporting</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a statewide network of emergency shelters and legal advocates for victims</w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="04A679CE" w14:textId="2F7C38AD">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_b0b375b61" w:id="18"/>
+      <w:bookmarkStart w:name="up_b0b375b61" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>ways to promote the development of</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> job placement and career‑development services to help survivors regain economic independence;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> job placement and career‑development services to help survivors regain economic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>independence;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="1B97AE03" w14:textId="6020D57B">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_b0df20f1e" w:id="19"/>
+      <w:bookmarkStart w:name="up_b0df20f1e" w:id="18"/>
       <w:r w:rsidR="005458CD">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve">prison </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">systems and </w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t>services</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="677C67FD" w14:textId="0FCC0FCE">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_d73e461f5" w:id="20"/>
+      <w:bookmarkStart w:name="up_d73e461f5" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t xml:space="preserve">a) how to reduce recidivism through mandatory mental health and substance use disorder treatment while </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>incarcerated;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="624BC0AE" w14:textId="3946CAAB">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_c7dff3a75" w:id="20"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="20"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">ways to </w:t>
       </w:r>
       <w:r>
         <w:t>strengthen reentry services, including housing assistance, vocational training, and counseling; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="7577BF14" w14:textId="3DB1738C">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_61129b042" w:id="22"/>
+      <w:bookmarkStart w:name="up_61129b042" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">strategies for </w:t>
       </w:r>
       <w:r>
         <w:t>reform</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> sentencing guidelines for nonviolent offenses and expanding restorative justice practices;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> sentencing guidelines for nonviolent offenses and expanding restorative justice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>practices;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="3F7539BC" w14:textId="100FA2CE">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_037b32620" w:id="23"/>
+      <w:bookmarkStart w:name="up_037b32620" w:id="22"/>
       <w:r w:rsidR="005458CD">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve">5) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="005458CD">
         <w:t xml:space="preserve">institutional </w:t>
       </w:r>
       <w:r>
         <w:t>services:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="3D66C1DB" w14:textId="5A4DD345">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_c8d190c88" w:id="24"/>
+      <w:bookmarkStart w:name="up_c8d190c88" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t xml:space="preserve">a) strategies for increasing staffing ratios and enforcing patient‑centered care standards in hospitals funded by the Department of Behavioral Health and Developmental Disabilities, including facilities operated by any of the department’s component </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>offices;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="028D77E4" w14:textId="034A1A33">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_bedb6478c" w:id="24"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
-        <w:t>a) strategies for increasing staffing ratios and enforcing patient‑centered care standards in hospitals funded by the Department of Behavioral Health and Developmental Disabilities, including facilities operated by any of the department’s component offices;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="up_bedb6478c" w:id="25"/>
+        <w:t>b) implementation of regular, independent quality assurance reviews and transparent reporting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00352518">
+        <w:t xml:space="preserve"> in hospitals funded by the Department of Behavioral Health and Developmental Disabilities, including facilities operated by any of the department’s component </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00352518">
+        <w:t>offices;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="3EE86297" w14:textId="581D3035">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_52b4d9062" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
-        <w:t>b) implementation of regular, independent quality assurance reviews and transparent reporting</w:t>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="up_52b4d9062" w:id="26"/>
+        <w:t xml:space="preserve">c) implementation of mandatory comprehensive vulnerable adult abuse, neglect, and exploitation prevention training for staff of long‑term care </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>facilities;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="28DBD8EB" w14:textId="625E7962">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_2c0d44a03" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">d) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">how to </w:t>
       </w:r>
       <w:r>
         <w:t>standardiz</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>e</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> long‑term care facility resident‑to‑staff ratios and hygiene protocols;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> long‑term care facility resident‑to‑staff ratios and hygiene </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>protocols;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="167A1B31" w14:textId="7C1AA389">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_886b4bb62" w:id="28"/>
+      <w:bookmarkStart w:name="up_886b4bb62" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">e) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">strategies for implementing </w:t>
       </w:r>
       <w:r>
-        <w:t>juvenile detention center oversight to ensure age‑appropriate rehabilitation services; and</w:t>
+        <w:t xml:space="preserve">juvenile detention center oversight to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ensure age‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>appropriate rehabilitation services; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="58C62AD7" w14:textId="292FE55B">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_4463e7b8c" w:id="29"/>
+      <w:bookmarkStart w:name="up_4463e7b8c" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">f) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>how to standardize</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> data collection </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">practices to track </w:t>
       </w:r>
       <w:r>
         <w:t>incidents, staff shortages, and facility conditions; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="005458CD" w14:paraId="40ADC1C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_3c5000f6a" w:id="30"/>
+      <w:bookmarkStart w:name="up_3c5000f6a" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t xml:space="preserve">6) </w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r>
         <w:t>adult protection services</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="37B50490" w14:textId="12673A2C">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_6d81ea15f" w:id="31"/>
+      <w:bookmarkStart w:name="up_6d81ea15f" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:r w:rsidR="006C5783">
+        <w:t xml:space="preserve">how to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006C5783">
+        <w:t xml:space="preserve">expand </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">home care subsidies and transportation assistance for vulnerable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>adults;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="373B0827" w14:textId="6D543E90">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_c772be72c" w:id="31"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="31"/>
-      <w:r>
-[...26 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">strategies for </w:t>
       </w:r>
       <w:r>
         <w:t>operat</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> community wellness centers </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>across the State that</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">offer </w:t>
       </w:r>
       <w:r>
         <w:t>preventive health screenings and social programs; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="64C49AC0" w14:textId="435BC753">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_c8612bc1d" w:id="33"/>
+      <w:bookmarkStart w:name="up_c8612bc1d" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>ways in which</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to protect against financial exploitation through enhanced legal aid and mandatory reporting by financial institutions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="005458CD" w14:paraId="04419F13" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_2e3162f7e" w:id="34"/>
+      <w:bookmarkStart w:name="up_2e3162f7e" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t>The study committee shall provide a report that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="006C5783" w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="46E59575" w14:textId="47D9895A">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_f8478b841" w:id="35"/>
+      <w:bookmarkStart w:name="up_f8478b841" w:id="34"/>
       <w:r w:rsidRPr="006C5783" w:rsidR="005458CD">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="006C5783" w:rsidR="005458CD">
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidRPr="006C5783">
         <w:t xml:space="preserve"> addresses the areas of examination identified in subsection (A)</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve"> with recommendations, including any barriers to achieving the recommendations</w:t>
       </w:r>
       <w:r w:rsidRPr="006C5783">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005458CD" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="05ADA459" w14:textId="78D67801">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r w:rsidRPr="006C5783">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C5783">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_3e1184ab0" w:id="36"/>
+      <w:bookmarkStart w:name="up_3e1184ab0" w:id="35"/>
       <w:r w:rsidRPr="006C5783">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="006C5783">
         <w:t>2)</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve"> as part of the recommendations, identifies </w:t>
       </w:r>
       <w:r w:rsidRPr="006C5783">
         <w:t xml:space="preserve">specific legislative or policy changes </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>needed</w:t>
       </w:r>
       <w:r w:rsidRPr="006C5783">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="2EFF196D" w14:textId="025CD008">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_8fcf4f115" w:id="37"/>
+      <w:bookmarkStart w:name="up_8fcf4f115" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t xml:space="preserve">C)(1) The study committee is composed of </w:t>
       </w:r>
       <w:r w:rsidR="001D262B">
         <w:t>fourt</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t>een</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> members, consisting of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="5287FD51" w14:textId="49C35424">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_c0b1fcd59" w:id="38"/>
+      <w:bookmarkStart w:name="up_c0b1fcd59" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:t>a)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7F16">
+        <w:t xml:space="preserve"> the Director of the Department of Social Services, or the director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE7F16">
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="6DCDF392" w14:textId="596A8E8A">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_4c40897cd" w:id="38"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
-        <w:t>a)</w:t>
+        <w:t>b)</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
-        <w:t xml:space="preserve"> the Director of the Department of Social Services, or the director’s designee;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="up_4c40897cd" w:id="39"/>
+        <w:t xml:space="preserve"> the Director of the Department of Children’s Advocacy, or the director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE7F16">
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="1ED25CC6" w14:textId="548DC386">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_04cbbe394" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
-        <w:t>b)</w:t>
+        <w:t>c)</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
-        <w:t xml:space="preserve"> the Director of the Department of Children’s Advocacy, or the director’s designee;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="up_04cbbe394" w:id="40"/>
+        <w:t xml:space="preserve"> the Director of the Department of Behavioral Health and Developmental Disabilities, or the director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE7F16">
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="6C588415" w14:textId="103659F1">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_7af9223bf" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
-      <w:r>
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t>d)</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t xml:space="preserve"> the Commissioner of the S</w:t>
       </w:r>
       <w:r w:rsidR="001B508C">
         <w:t>outh Carolina Voca</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t>tional Rehabilitation</w:t>
       </w:r>
       <w:r w:rsidR="001B508C">
         <w:t xml:space="preserve"> Department</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
-        <w:t>, or the commissioner’s designee;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, or the commissioner’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE7F16">
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="51BEBF1B" w14:textId="79329001">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_81edd59a0" w:id="42"/>
+      <w:bookmarkStart w:name="up_81edd59a0" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:t>e)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7F16">
+        <w:t xml:space="preserve"> the Superintendent of the Department of Education, or the superintendent’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE7F16">
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="21240F8B" w14:textId="38F9E40B">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_c37748a25" w:id="42"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
-        <w:t>e)</w:t>
+        <w:t>f)</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
-        <w:t xml:space="preserve"> the Superintendent of the Department of Education, or the superintendent’s designee;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="up_c37748a25" w:id="43"/>
+        <w:t xml:space="preserve"> an attorney employed in the Crime Victim Services Division of the Office of the Attorney General, designated by the Attorney </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE7F16">
+        <w:t>General;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="2A9EAD17" w14:textId="7A1825D9">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_491b771bd" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
-      <w:r>
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>g)</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t xml:space="preserve"> the Executive Director of the South Carolina Victim Assistance Network, or </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">a staff member designated by </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
-        <w:t>the executive director;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the executive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE7F16">
+        <w:t>director;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="0093BCC1" w14:textId="3D5BB77A">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_5c2da27e4" w:id="45"/>
+      <w:bookmarkStart w:name="up_5c2da27e4" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:t>h)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7F16">
+        <w:t xml:space="preserve"> the Director of the Department of Corrections, or the director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE7F16">
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="74C418FB" w14:textId="549CBE70">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_a16a6eee2" w:id="45"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="45"/>
-      <w:r>
-        <w:t>h)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
-        <w:t xml:space="preserve"> the Director of the Department of Corrections, or the director’s designee;</w:t>
-[...22 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> the Director of the Department of Probation, Parole and Pardon Services, or the director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CE7F16">
-        <w:t xml:space="preserve"> the Director of the Department of Probation, Parole and Pardon Services, or the director’s designee</w:t>
+        <w:t>designee</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="783753AC" w14:textId="04A511C0">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_12a1ae732" w:id="47"/>
+      <w:bookmarkStart w:name="up_12a1ae732" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:t>j)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7F16">
+        <w:t xml:space="preserve"> the Director of the Department of Public Health, or the director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE7F16">
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="169C5E0E" w14:textId="7FAB627E">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_54b8babfa" w:id="47"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
-        <w:t>j)</w:t>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="up_54b8babfa" w:id="48"/>
+        <w:t xml:space="preserve">k) the Ombudsman of the Long‑Term Care Ombudsman Program, or the ombudsman’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="3DA3CC5A" w14:textId="21848FD6">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_288d9b0e6" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
-        <w:t>k) the Ombudsman of the Long‑Term Care Ombudsman Program, or the ombudsman’s designee;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="up_288d9b0e6" w:id="49"/>
+        <w:t xml:space="preserve">l) the Director of the Department of Juvenile Justice, or the director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="22147BB1" w14:textId="51019F9A">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_d41857659" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t>m) the Director of the Adult</w:t>
       </w:r>
       <w:r w:rsidR="001B508C">
         <w:t xml:space="preserve"> Protective Services</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Program, or the program director’s designee; and</w:t>
+        <w:t xml:space="preserve"> Program, or the program director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="505EDFD9" w14:textId="5B99041D">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_dd7b98664" w:id="51"/>
+      <w:bookmarkStart w:name="up_dd7b98664" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t>n) the Director of the Department on Aging</w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>, or the director’s designee</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="5B407889" w14:textId="56EB1A8C">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_24bae7466" w:id="52"/>
+      <w:bookmarkStart w:name="up_24bae7466" w:id="51"/>
       <w:r w:rsidR="00CE7F16">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidR="00CE7F16">
         <w:t xml:space="preserve">2) The study committee shall create subcommittees to assist with the work of the </w:t>
       </w:r>
       <w:r w:rsidR="00C035EE">
         <w:t xml:space="preserve">study </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t>committee</w:t>
       </w:r>
       <w:r w:rsidR="006D226F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t xml:space="preserve"> which must include the following members:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="710E19B3" w14:textId="0EC34EE6">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_1af732210" w:id="53"/>
+      <w:bookmarkStart w:name="up_1af732210" w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t xml:space="preserve">a) to study the foster care system and services, a subcommittee co‑chaired by the </w:t>
       </w:r>
       <w:r w:rsidR="00C035EE">
         <w:t xml:space="preserve">study committee </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">members designated pursuant to </w:t>
       </w:r>
       <w:r w:rsidR="008B45BC">
         <w:t xml:space="preserve">item </w:t>
       </w:r>
       <w:r>
         <w:t>(1)(a) and (b) and</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE7F16">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>consisting of, at a minimum:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="37F2FBE6" w14:textId="57116952">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_30e1cf93c" w:id="54"/>
+      <w:bookmarkStart w:name="up_30e1cf93c" w:id="53"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">i) two foster care case </w:t>
+      <w:bookmarkEnd w:id="53"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) two foster care case </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>supervisors</w:t>
       </w:r>
       <w:r>
-        <w:t>, one representing an urban county and one representing a rural county, designated by the Director of the Department of Social Services;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, one representing an urban county and one representing a rural county, designated by the Director of the Department of Social </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="30606725" w14:textId="1BF6975C">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="up_05f1925f9" w:id="55"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_05f1925f9" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:t xml:space="preserve">ii) the State Director of the Division of Guardian </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ad</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Litem of the Department of Children’s Advocacy, or the department director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="2CA04D34" w14:textId="67013FEC">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_4c940de90" w:id="55"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
-        <w:t>ii) the State Director of the Division of Guardian ad Litem of the Department of Children’s Advocacy, or the department director’s designee;</w:t>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="up_4c940de90" w:id="56"/>
+        <w:t xml:space="preserve">iii) a member of the State Board of Directors of the Division of Foster Care Review, designated by the Director of the Department of Children’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Advocacy;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="6B81FEEF" w14:textId="560ECC3E">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_2d2e39e93" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
-        <w:t>iii) a member of the State Board of Directors of the Division of Foster Care Review, designated by the Director of the Department of Children’s Advocacy;</w:t>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="up_2d2e39e93" w:id="57"/>
+        <w:t xml:space="preserve">iv) the Director of the Chafee Foster Care Program’s Division of Transition Services and Support, or a designee of the Director of the Department of Social </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="6CE2B8CA" w14:textId="5765955B">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_b3268a105" w:id="57"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
-        <w:t>iv) the Director of the Chafee Foster Care Program’s Division of Transition Services and Support, or a designee of the Director of the Department of Social Services;</w:t>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="up_b3268a105" w:id="58"/>
+        <w:t>v) two Family Preservation program staff, one representing an urban county and one representing a rural county, designated by the Director of the Department of Social Services; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="3FD62062" w14:textId="47BECC2A">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_95394ceb7" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
-      <w:r>
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:t xml:space="preserve">vi) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE7F16">
         <w:t xml:space="preserve">two </w:t>
       </w:r>
       <w:r>
         <w:t>Kinship Care</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE7F16">
-        <w:t xml:space="preserve"> program staff, one representing an urban county and one representing a rural county, designated by the Director of the Department of Social Services</w:t>
+        <w:t xml:space="preserve"> program staff, one representing an urban county and one representing a rural county, designated by the Director of the Department of Social </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>Services</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="72C839BE" w14:textId="06DF6C20">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_fa5acc861" w:id="60"/>
+      <w:bookmarkStart w:name="up_fa5acc861" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:t xml:space="preserve">b) to study disability services, a subcommittee co‑chaired by the </w:t>
       </w:r>
       <w:r w:rsidR="00C035EE">
         <w:t xml:space="preserve">study committee </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">members designated pursuant to </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B45BC">
+        <w:t>item</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B45BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(1)(c) and (d) and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>consisting of, at a minimum:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="4BCF0D83" w14:textId="368ABFE2">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_eed759c36" w:id="60"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) the committee member designated pursuant to </w:t>
+      </w:r>
       <w:r w:rsidR="008B45BC">
         <w:t xml:space="preserve">item </w:t>
       </w:r>
       <w:r>
-        <w:t>(1)(c) and (d) and</w:t>
+        <w:t>(1)(e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="0EADA441" w14:textId="59BA97C8">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_b0d4942d2" w:id="61"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:t xml:space="preserve">ii) the Office Director of the Office of Intellectual and Developmental Disabilities, or the office director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="161CD978" w14:textId="27FC358E">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_54e289225" w:id="62"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:t>iii) the</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5783">
+        <w:t xml:space="preserve"> Chief Executive Officer of </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Disability Rights South Carolina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>or a comparable disability rights organization</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5783">
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE7F16">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-      <w:bookmarkStart w:name="up_eed759c36" w:id="61"/>
+      <w:r w:rsidRPr="006C5783">
+        <w:t xml:space="preserve">designated by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006C5783">
+        <w:t>Governor</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="77EF4502" w14:textId="73A4F9CA">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_544916065" w:id="63"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">i) the committee member designated pursuant to </w:t>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:t>iv) an attorney representing the Office of the Attorney General with experience in the prosecution of disability rights litigation</w:t>
+      </w:r>
+      <w:r w:rsidR="001D262B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> designated by the Attorney </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>General;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="22A63B74" w14:textId="1392D783">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_72d9b4d02" w:id="64"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:t xml:space="preserve">v) the Director of the Department of Transportation, or the director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="53E3D153" w14:textId="4ABB0C1B">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_066f8af62" w:id="65"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:t xml:space="preserve">vi) the </w:t>
+      </w:r>
+      <w:r w:rsidR="006D226F">
+        <w:t xml:space="preserve">Executive Director of the Office of Regulatory Staff, or the executive director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006D226F">
+        <w:t>designee</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="796A0B7C" w14:textId="71952F6A">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_e71507dab" w:id="66"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:t>c) to study gender‑based crime victim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t xml:space="preserve"> services, a subcommittee</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> co‑chaired by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C035EE">
+        <w:t xml:space="preserve">study committee </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">members designated pursuant to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B45BC">
+        <w:t>item</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B45BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(1)(f) and (g)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C035EE">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t xml:space="preserve"> consisting of, at a minimum</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="62371601" w14:textId="7FB25910">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_55660c325" w:id="67"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) a member of the South Carolina Sheriffs’ Association (SCSA), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5783">
+        <w:t>designated by the Governor</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> upon the recommendation of the President of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>SCSA;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="1FE3DD06" w14:textId="40DD0ADD">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_887895d86" w:id="68"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:t xml:space="preserve">ii) a county solicitor, designated by the Chief Justice of the South Carolina Supreme </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Court;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="51EB8DFE" w14:textId="71C1E7EA">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_aaa9c2e15" w:id="69"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:t xml:space="preserve">iii) the </w:t>
+      </w:r>
+      <w:r w:rsidR="008B45BC">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">hief </w:t>
+      </w:r>
+      <w:r w:rsidR="008B45BC">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">xecutive </w:t>
+      </w:r>
+      <w:r w:rsidR="008B45BC">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">fficer of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sistercare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or a comparable organization serving victims of domestic violence, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5783">
+        <w:t xml:space="preserve">designated by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006C5783">
+        <w:t>Governor;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="45669BE2" w14:textId="5518BCB7">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_4d6471c6c" w:id="70"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:t xml:space="preserve">iv) the </w:t>
+      </w:r>
+      <w:r w:rsidR="008B45BC">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">hief </w:t>
+      </w:r>
+      <w:r w:rsidR="008B45BC">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">xecutive </w:t>
+      </w:r>
+      <w:r w:rsidR="008B45BC">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">fficer of Pathways to Healing or a comparable organization serving victims of sexual assault, designated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5783">
+        <w:t xml:space="preserve">by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006C5783">
+        <w:t>Governor;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="1CA692C2" w14:textId="77BA2F70">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_1d4c1d514" w:id="71"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:t xml:space="preserve">v) the Office Director of the Office of Mental Health, or the office director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="003E25B8" w:rsidRDefault="00CE7F16" w14:paraId="38E642D4" w14:textId="1EA3B5B8">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_d24cac431" w:id="72"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:t xml:space="preserve">vi) the Office Director of the Office of Substance Use Services, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>or the office director’s designee</w:t>
+      </w:r>
+      <w:r>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="6222F2D2" w14:textId="1BF22752">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_3f44123f3" w:id="73"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:t xml:space="preserve">vii) the Director of the Department of Employment and Workforce, or the director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="78C2F6B2" w14:textId="30A7F3A1">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_154848d47" w:id="74"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:t xml:space="preserve">d) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t xml:space="preserve">to study </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the prison system and services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>, a subcommittee co‑chaired by the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C035EE">
+        <w:t xml:space="preserve"> study committee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t xml:space="preserve"> members designated pursuant to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B45BC">
+        <w:t>item</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B45BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>(1)(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>) and (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C035EE">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>consisting of, at a minimum</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="39C07938" w14:textId="05FB92E0">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_025510a3e" w:id="75"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) the Office Director of the Office of Mental Health, or the office director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="4D370F59" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_692c57850" w:id="76"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:t xml:space="preserve">ii) the Office Director of the Office of Substance Use Services, or the office director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="097827F5" w14:textId="287F1B6C">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_ce1f94e96" w:id="77"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:t xml:space="preserve">iii) the Executive Director of the State Housing Finance and Development Authority, or the executive director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="7F1CD11C" w14:textId="25C8F64A">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_2f7e309c8" w:id="78"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:t xml:space="preserve">iv) a member of the Department of Corrections’ Office of Programs, Reentry, and Rehabilitative Services staff, designated by the Director of the Department of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Corrections;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="52148976" w14:textId="2FAFDADA">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_5789a1f92" w:id="79"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:t xml:space="preserve">v) a member of the Department of Probation, Parole and Pardon Services’ rehabilitative services staff, designated by the Director of the Department of Probation, Parole and Pardon </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="2B95C800" w14:textId="4948B86B">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_5dbefceb1" w:id="80"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:t xml:space="preserve">vi) a member of the Department of Employment and Workforce’s Work Opportunity Tax Credit and Federal Bonding Program staff, designated by the Director of the Department of Employment and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Workforce;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="4F3792FD" w14:textId="0D8F4E31">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_ba650bc71" w:id="81"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:t xml:space="preserve">vii) a public defender, designated by the Chief Justice of the </w:t>
+      </w:r>
+      <w:r w:rsidR="001D262B">
+        <w:t xml:space="preserve">South Carolina </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Supreme Court; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="67B95344" w14:textId="354E8152">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_71223efa9" w:id="82"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidR="006C5783">
+        <w:t>viii</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) a county solicitor, designated by the Chief Justice of the South Carolina Supreme </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Court;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="2E5C7B42" w14:textId="5927837C">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_50dbacd67" w:id="83"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:t xml:space="preserve">e) to study institutional services, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t xml:space="preserve">a subcommittee co‑chaired by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C035EE">
+        <w:t xml:space="preserve">study committee </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t xml:space="preserve">members designated pursuant to </w:t>
       </w:r>
       <w:r w:rsidR="008B45BC">
         <w:t xml:space="preserve">item </w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-      <w:bookmarkStart w:name="up_b0d4942d2" w:id="62"/>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>(1)(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>) and (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C035EE">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t xml:space="preserve"> consisting of, at a minimum</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="35A29C8C" w14:textId="515A0033">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_fad9d9232" w:id="84"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="up_54e289225" w:id="63"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) the committee members designated pursuant to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B45BC">
+        <w:t>item</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B45BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(1)(c),</w:t>
+      </w:r>
+      <w:r w:rsidR="00C035EE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(l), and (m</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="6A825BFB" w14:textId="3F6976AF">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_5ca48a9e6" w:id="85"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Disability Rights South Carolina </w:t>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:t xml:space="preserve">ii) the Office Director of the Office of Mental Health, or the office director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>designee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="026121F2" w14:textId="2BBD26A2">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_c8ba74566" w:id="86"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:t xml:space="preserve">iii) the </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE7F16">
-        <w:t>or a comparable disability rights organization</w:t>
-[...2 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">Office Director of the Office of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Substance Use Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE7F16">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>designated by the Governor</w:t>
+        <w:t xml:space="preserve">, or the office director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>designee</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="up_544916065" w:id="64"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="641F8221" w14:textId="39BD4F2C">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_d2b55eaa9" w:id="87"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="up_72d9b4d02" w:id="65"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:t xml:space="preserve">iv) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t xml:space="preserve">the Office Director of the Office of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Intellectual and Developmental Disabilities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>, or the office director’s designee</w:t>
+      </w:r>
+      <w:r>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="5D89D948" w14:textId="15186E34">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_3b837c4e1" w:id="88"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="up_066f8af62" w:id="66"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:t>v) the Chair of the Board of Long‑Term Care Administrators, or a member of the board designated by the chair; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="78835811" w14:textId="1ED5DCB8">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_79513984f" w:id="89"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> co‑chaired by the </w:t>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:t xml:space="preserve">f) to study adult protective services, a subcommittee co‑chaired by the </w:t>
       </w:r>
       <w:r w:rsidR="00C035EE">
         <w:t xml:space="preserve">study committee </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">members designated pursuant to </w:t>
+        <w:t>members designated pursuant to</w:t>
       </w:r>
       <w:r w:rsidR="008B45BC">
-        <w:t xml:space="preserve">item </w:t>
-[...2 lines deleted...]
-        <w:t>(1)(f) and (g)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B45BC">
+        <w:t>item</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B45BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(1)(m) and (n)</w:t>
       </w:r>
       <w:r w:rsidR="00C035EE">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE7F16">
-[...22 lines deleted...]
-      <w:bookmarkStart w:name="up_55660c325" w:id="68"/>
+      <w:r>
+        <w:t xml:space="preserve"> consisting of, at a minimum:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="61D67817" w14:textId="6C69773B">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_a59bc15db" w:id="90"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="up_887895d86" w:id="69"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) a member of the Department on Aging’s Senior Centers and Permanent Improvement Grant program staff, designated by the Director of the Department of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Aging;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="471E5DAF" w14:textId="26B2A01A">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_4c19b59f1" w:id="91"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
-[...728 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="91"/>
-      <w:r>
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:t xml:space="preserve">ii) the </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t>Director</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> of the South Carolina Vulnerable Adult Guardian ad Litem Program, or a program representative designated by the Director of the Department on Aging;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> of the South Carolina Vulnerable Adult Guardian </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ad</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Litem Program, or a program representative designated by the Director of the Department on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Aging;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="0B4423D7" w14:textId="578E2C63">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_2e094afe8" w:id="93"/>
+      <w:bookmarkStart w:name="up_2e094afe8" w:id="92"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:t xml:space="preserve">iii) an attorney with experience representing vulnerable adults, designated by the Chief Justice of the South Carolina Supreme </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Court;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="501FA248" w14:textId="24FFCC76">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_a13fcef3d" w:id="93"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="93"/>
-      <w:r>
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:t>iv) the Chief Executive Office</w:t>
       </w:r>
       <w:r w:rsidR="008B45BC">
         <w:t>r</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> of Senior Resources or a comparable organization providing coordinated services to enable vulnerable adults to remain </w:t>
+        <w:t xml:space="preserve"> of Senior Resources or a comparable organization providing </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">coordinated services to enable vulnerable adults to remain </w:t>
       </w:r>
       <w:r w:rsidR="006C5783">
         <w:t xml:space="preserve">safely </w:t>
       </w:r>
       <w:r>
-        <w:t>in their homes, designated by the Governor;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">in their homes, designated by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Governor;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="7552FB13" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_eeae5ecd5" w:id="95"/>
+      <w:bookmarkStart w:name="up_eeae5ecd5" w:id="94"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:t xml:space="preserve">v) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t xml:space="preserve">the Executive Director of the State Housing Finance and Development Authority, or the executive director’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE7F16">
+        <w:t>designee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE7F16" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="1F03421B" w14:textId="71D34EE9">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_919b6da7b" w:id="95"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="95"/>
-      <w:r>
-[...29 lines deleted...]
-      <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:t xml:space="preserve">vi) the President and Chief Executive Officer of the South Carolina Bankers Association or </w:t>
       </w:r>
       <w:r w:rsidR="008B45BC">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:t>staff member with experience in the prevention of vulnerable adult financial exploitation, designated by the Governor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C035EE" w:rsidP="00CE7F16" w:rsidRDefault="00CE7F16" w14:paraId="21CCE34D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_ffbeb9e87" w:id="97"/>
+      <w:bookmarkStart w:name="up_ffbeb9e87" w:id="96"/>
       <w:r w:rsidR="00C035EE">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="96"/>
       <w:r w:rsidR="00C035EE">
         <w:t>3) The study committee shall elect a chair and vice chair from among its membership.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="00CE7F16" w:rsidRDefault="00C035EE" w14:paraId="2CA4314C" w14:textId="023B0F36">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_5aa1e337a" w:id="98"/>
+      <w:bookmarkStart w:name="up_5aa1e337a" w:id="97"/>
       <w:r w:rsidR="00352518">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
-        <w:t>) A vacancy in the membership of the study committe</w:t>
+        <w:t xml:space="preserve">) A vacancy in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00352518">
+        <w:t>the membership</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00352518">
+        <w:t xml:space="preserve"> of the study committe</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t>e or any of the subcommittees</w:t>
       </w:r>
       <w:r w:rsidR="00352518">
         <w:t xml:space="preserve"> must be filled in the manner of the original appointment.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE7F16" w:rsidP="00352518" w:rsidRDefault="00352518" w14:paraId="0A2366C8" w14:textId="643662E8">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_ccc654e82" w:id="99"/>
+      <w:bookmarkStart w:name="up_ccc654e82" w:id="98"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="98"/>
       <w:r w:rsidR="00C035EE">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>) Members of the study committee</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00C035EE">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t>subcommittees</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall serve without per diem, mileage, or other compensation generally provided to members of boards and commissions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="00352518" w:rsidRDefault="00352518" w14:paraId="046885D5" w14:textId="10D40C92">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_bbd103aa8" w:id="100"/>
+      <w:bookmarkStart w:name="up_bbd103aa8" w:id="99"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:t xml:space="preserve">D) The Senate and House Judiciary </w:t>
       </w:r>
       <w:r w:rsidR="008B45BC">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>ommittees shall provide appropriate staffing for the study committee.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="00352518" w:rsidRDefault="00352518" w14:paraId="74F27218" w14:textId="7B70EA43">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_e9c8e8425" w:id="101"/>
+      <w:bookmarkStart w:name="up_e9c8e8425" w:id="100"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="100"/>
       <w:r>
         <w:t xml:space="preserve">E) The study committee shall provide an initial progress </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t xml:space="preserve">report </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of the study committee’s work </w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t xml:space="preserve">to the General Assembly </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">by January 1, 2027. The study committee shall provide a final report with </w:t>
       </w:r>
       <w:r w:rsidR="00C035EE">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>findings and recommendations to the General Assembly by J</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t>anuary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1, 202</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>. The study committee</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F16">
         <w:t>, including the subcommittees,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall dissolve upon providing the final report to the General Assembly.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00352518" w:rsidP="003E25B8" w:rsidRDefault="00352518" w14:paraId="527D24CB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
+      <w:bookmarkStart w:name="open_doc_here" w:id="101"/>
+      <w:bookmarkEnd w:id="101"/>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="009C43C3" w:rsidP="00741923" w:rsidRDefault="0077594C" w14:paraId="78EA7715" w14:textId="7C5238F2">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="102"/>
       <w:bookmarkStart w:name="eff_date_section" w:id="103"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="102"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="000758C3">
         <w:t>This joint resolution takes effect upon approval by the Governor</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="00936D1A">
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="103"/>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidP="008B45BC" w:rsidRDefault="000D6B78" w14:paraId="4D179924" w14:textId="76B3E682">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:name="up_0535ae7e7" w:id="104"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>‑</w:t>
       </w:r>
       <w:bookmarkEnd w:id="104"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>‑‑XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52">
         <w:t>‑‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>‑‑</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidSect="009848D5">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5BE16045" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0E61E57F" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
@@ -3883,125 +4411,125 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3820BEDD" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="25BA1E08" w14:textId="561CDDBA" w:rsidR="00674220" w:rsidRDefault="002433F4" w:rsidP="00674220">
+  <w:p w14:paraId="25BA1E08" w14:textId="3760BFC9" w:rsidR="00674220" w:rsidRDefault="00975949" w:rsidP="00674220">
     <w:pPr>
       <w:pStyle w:val="scbillfooter"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="footer_billname"/>
         <w:tag w:val="footer_billname"/>
         <w:id w:val="2068836066"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00902A77">
-          <w:t>[...]</w:t>
+        <w:r w:rsidR="004D0C7B">
+          <w:t>[4634]</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00674220">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="008577F1">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:alias w:val="footer_filename"/>
         <w:tag w:val="footer_filename"/>
         <w:id w:val="703371821"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00D325E8">
+        <w:r w:rsidR="004D0C7B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>LC-0309VR26.docx</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="561FD775" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="38577C39" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -4259,51 +4787,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="694771090">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="252201783">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1039820966">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="310595583">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="965234399">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1476528253">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="200"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -4326,245 +4856,260 @@
     <w:rsid w:val="00102FCA"/>
     <w:rsid w:val="00105D52"/>
     <w:rsid w:val="00110404"/>
     <w:rsid w:val="00110702"/>
     <w:rsid w:val="00137445"/>
     <w:rsid w:val="00150C32"/>
     <w:rsid w:val="00152B7B"/>
     <w:rsid w:val="00165FE0"/>
     <w:rsid w:val="00166A4D"/>
     <w:rsid w:val="00172289"/>
     <w:rsid w:val="00175099"/>
     <w:rsid w:val="00187D5B"/>
     <w:rsid w:val="00191D34"/>
     <w:rsid w:val="0019310E"/>
     <w:rsid w:val="001A12D9"/>
     <w:rsid w:val="001A1493"/>
     <w:rsid w:val="001B06B9"/>
     <w:rsid w:val="001B1AD5"/>
     <w:rsid w:val="001B508C"/>
     <w:rsid w:val="001B50D2"/>
     <w:rsid w:val="001C51B3"/>
     <w:rsid w:val="001C682C"/>
     <w:rsid w:val="001D262B"/>
     <w:rsid w:val="001E3D05"/>
     <w:rsid w:val="001F2A41"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00201CDB"/>
     <w:rsid w:val="00202067"/>
     <w:rsid w:val="00202D6C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00207826"/>
     <w:rsid w:val="00222152"/>
     <w:rsid w:val="002230E1"/>
     <w:rsid w:val="00244FF3"/>
     <w:rsid w:val="002608CD"/>
     <w:rsid w:val="00280BA8"/>
     <w:rsid w:val="002851CF"/>
     <w:rsid w:val="00292AC4"/>
     <w:rsid w:val="002952D5"/>
     <w:rsid w:val="002A0A63"/>
     <w:rsid w:val="002A2C79"/>
+    <w:rsid w:val="002A5011"/>
     <w:rsid w:val="002A667A"/>
     <w:rsid w:val="002A6902"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B4C06"/>
     <w:rsid w:val="002B5424"/>
     <w:rsid w:val="002B5BEA"/>
+    <w:rsid w:val="002B6E00"/>
     <w:rsid w:val="002D1E1D"/>
     <w:rsid w:val="002E0094"/>
     <w:rsid w:val="002E1999"/>
     <w:rsid w:val="002E28F7"/>
     <w:rsid w:val="002E3C3A"/>
     <w:rsid w:val="00314400"/>
     <w:rsid w:val="0032180A"/>
     <w:rsid w:val="003337A0"/>
     <w:rsid w:val="00335981"/>
     <w:rsid w:val="00337EAF"/>
     <w:rsid w:val="00351A09"/>
     <w:rsid w:val="00352518"/>
     <w:rsid w:val="00382B28"/>
     <w:rsid w:val="003B1922"/>
     <w:rsid w:val="003C444D"/>
     <w:rsid w:val="003C4F86"/>
     <w:rsid w:val="003D225B"/>
+    <w:rsid w:val="003D35EE"/>
     <w:rsid w:val="003E25B8"/>
     <w:rsid w:val="003F0214"/>
     <w:rsid w:val="0040332C"/>
     <w:rsid w:val="004124D5"/>
     <w:rsid w:val="00431A9D"/>
     <w:rsid w:val="004368D3"/>
     <w:rsid w:val="004434BF"/>
     <w:rsid w:val="00444951"/>
     <w:rsid w:val="004478F0"/>
     <w:rsid w:val="00463356"/>
     <w:rsid w:val="00490B14"/>
     <w:rsid w:val="00491EEB"/>
     <w:rsid w:val="004926A4"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="004A3741"/>
     <w:rsid w:val="004A72B7"/>
     <w:rsid w:val="004B0970"/>
     <w:rsid w:val="004B759D"/>
     <w:rsid w:val="004C40D0"/>
+    <w:rsid w:val="004D0C7B"/>
     <w:rsid w:val="004D2E75"/>
     <w:rsid w:val="004E13A3"/>
+    <w:rsid w:val="00502E2B"/>
     <w:rsid w:val="00512914"/>
     <w:rsid w:val="00515667"/>
     <w:rsid w:val="005229F7"/>
     <w:rsid w:val="00537F5C"/>
     <w:rsid w:val="005458CD"/>
     <w:rsid w:val="00547DD5"/>
     <w:rsid w:val="00560F91"/>
     <w:rsid w:val="00571798"/>
     <w:rsid w:val="005740B8"/>
     <w:rsid w:val="00592861"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C33C4"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C67AE"/>
     <w:rsid w:val="005D32B1"/>
     <w:rsid w:val="005E7403"/>
     <w:rsid w:val="00600B7F"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00636FDD"/>
     <w:rsid w:val="00645647"/>
     <w:rsid w:val="00674220"/>
     <w:rsid w:val="00677E52"/>
     <w:rsid w:val="00682836"/>
     <w:rsid w:val="00684741"/>
     <w:rsid w:val="00696ABA"/>
     <w:rsid w:val="006B24F5"/>
     <w:rsid w:val="006B5610"/>
     <w:rsid w:val="006C37D9"/>
     <w:rsid w:val="006C5783"/>
     <w:rsid w:val="006D226F"/>
     <w:rsid w:val="006D41CD"/>
     <w:rsid w:val="006F4B73"/>
     <w:rsid w:val="006F5A9E"/>
     <w:rsid w:val="00702736"/>
     <w:rsid w:val="00703301"/>
     <w:rsid w:val="007262F1"/>
     <w:rsid w:val="00741923"/>
     <w:rsid w:val="00747778"/>
     <w:rsid w:val="00747A48"/>
+    <w:rsid w:val="0077479E"/>
     <w:rsid w:val="0077594C"/>
     <w:rsid w:val="00777280"/>
     <w:rsid w:val="00777B21"/>
     <w:rsid w:val="007834CB"/>
     <w:rsid w:val="007B2941"/>
     <w:rsid w:val="007B6621"/>
     <w:rsid w:val="007D0167"/>
     <w:rsid w:val="007E2B12"/>
     <w:rsid w:val="007E5B7B"/>
     <w:rsid w:val="007F179F"/>
     <w:rsid w:val="007F7351"/>
     <w:rsid w:val="00804531"/>
     <w:rsid w:val="00807D9F"/>
     <w:rsid w:val="00810D57"/>
     <w:rsid w:val="00817330"/>
     <w:rsid w:val="00820303"/>
     <w:rsid w:val="00820309"/>
     <w:rsid w:val="008242C7"/>
     <w:rsid w:val="008272BB"/>
     <w:rsid w:val="00831020"/>
     <w:rsid w:val="008457A3"/>
     <w:rsid w:val="00854A95"/>
     <w:rsid w:val="008577F1"/>
     <w:rsid w:val="00857D61"/>
     <w:rsid w:val="00861644"/>
     <w:rsid w:val="00864DB0"/>
     <w:rsid w:val="00876AA5"/>
+    <w:rsid w:val="008903F8"/>
     <w:rsid w:val="008A236C"/>
     <w:rsid w:val="008A24AB"/>
     <w:rsid w:val="008A6ED6"/>
     <w:rsid w:val="008B45BC"/>
     <w:rsid w:val="008C12D4"/>
     <w:rsid w:val="008D3592"/>
     <w:rsid w:val="008F0040"/>
     <w:rsid w:val="00902A77"/>
     <w:rsid w:val="0090596A"/>
     <w:rsid w:val="00912484"/>
     <w:rsid w:val="00935259"/>
     <w:rsid w:val="00936D1A"/>
     <w:rsid w:val="00937B34"/>
     <w:rsid w:val="00943199"/>
     <w:rsid w:val="009552CC"/>
     <w:rsid w:val="00956988"/>
     <w:rsid w:val="00956AA2"/>
     <w:rsid w:val="009618A2"/>
     <w:rsid w:val="00967247"/>
     <w:rsid w:val="00972F36"/>
+    <w:rsid w:val="00975949"/>
     <w:rsid w:val="009848D5"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00997553"/>
     <w:rsid w:val="009B2ECA"/>
     <w:rsid w:val="009B3B8E"/>
     <w:rsid w:val="009C43C3"/>
     <w:rsid w:val="009C5797"/>
     <w:rsid w:val="009D1A37"/>
     <w:rsid w:val="009D54F7"/>
     <w:rsid w:val="00A02894"/>
+    <w:rsid w:val="00A04327"/>
     <w:rsid w:val="00A10047"/>
     <w:rsid w:val="00A72C73"/>
     <w:rsid w:val="00A73649"/>
     <w:rsid w:val="00A8574D"/>
     <w:rsid w:val="00A96112"/>
     <w:rsid w:val="00AA62B1"/>
     <w:rsid w:val="00AB34E2"/>
     <w:rsid w:val="00AC40B2"/>
     <w:rsid w:val="00AC7E8F"/>
     <w:rsid w:val="00AD2397"/>
     <w:rsid w:val="00AE0454"/>
     <w:rsid w:val="00AE6573"/>
     <w:rsid w:val="00AE7A9C"/>
     <w:rsid w:val="00B07B24"/>
     <w:rsid w:val="00B124AF"/>
     <w:rsid w:val="00B15CD7"/>
     <w:rsid w:val="00B2206F"/>
     <w:rsid w:val="00B23615"/>
     <w:rsid w:val="00B2707D"/>
+    <w:rsid w:val="00B300EC"/>
     <w:rsid w:val="00B31851"/>
     <w:rsid w:val="00B32F89"/>
     <w:rsid w:val="00B3575E"/>
     <w:rsid w:val="00B5283B"/>
     <w:rsid w:val="00B640DB"/>
     <w:rsid w:val="00B92F98"/>
     <w:rsid w:val="00B949CF"/>
+    <w:rsid w:val="00B94A81"/>
     <w:rsid w:val="00BA7B06"/>
     <w:rsid w:val="00BC489A"/>
     <w:rsid w:val="00BD23A9"/>
     <w:rsid w:val="00BE1040"/>
     <w:rsid w:val="00C035EE"/>
+    <w:rsid w:val="00C15F7D"/>
     <w:rsid w:val="00C2363D"/>
     <w:rsid w:val="00C603CF"/>
     <w:rsid w:val="00C73A0E"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75DCE"/>
     <w:rsid w:val="00C7756D"/>
     <w:rsid w:val="00C9143E"/>
     <w:rsid w:val="00CA2D40"/>
     <w:rsid w:val="00CA76AC"/>
     <w:rsid w:val="00CB0F7B"/>
+    <w:rsid w:val="00CB2E42"/>
     <w:rsid w:val="00CB3A21"/>
     <w:rsid w:val="00CC0258"/>
     <w:rsid w:val="00CD0385"/>
     <w:rsid w:val="00CD2FA8"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5745"/>
     <w:rsid w:val="00CD6447"/>
     <w:rsid w:val="00CD767B"/>
     <w:rsid w:val="00CE2184"/>
     <w:rsid w:val="00CE7F16"/>
     <w:rsid w:val="00CF0C03"/>
     <w:rsid w:val="00CF502F"/>
     <w:rsid w:val="00D03992"/>
     <w:rsid w:val="00D20D80"/>
     <w:rsid w:val="00D325E8"/>
     <w:rsid w:val="00D56452"/>
     <w:rsid w:val="00D63CD2"/>
     <w:rsid w:val="00D73569"/>
     <w:rsid w:val="00D76E08"/>
     <w:rsid w:val="00D90A37"/>
     <w:rsid w:val="00DC14A6"/>
     <w:rsid w:val="00DF413D"/>
     <w:rsid w:val="00E13307"/>
     <w:rsid w:val="00E32444"/>
     <w:rsid w:val="00E33D3C"/>
@@ -4574,50 +5119,51 @@
     <w:rsid w:val="00E53AAD"/>
     <w:rsid w:val="00E671A9"/>
     <w:rsid w:val="00E73B78"/>
     <w:rsid w:val="00E754FF"/>
     <w:rsid w:val="00E7559A"/>
     <w:rsid w:val="00E94962"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA3586"/>
     <w:rsid w:val="00EB0B43"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00ED4053"/>
     <w:rsid w:val="00EE1D82"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00F0098B"/>
     <w:rsid w:val="00F1362B"/>
     <w:rsid w:val="00F14ACF"/>
     <w:rsid w:val="00F23DB0"/>
     <w:rsid w:val="00F4070F"/>
     <w:rsid w:val="00F42575"/>
     <w:rsid w:val="00F44E29"/>
     <w:rsid w:val="00F50B9B"/>
     <w:rsid w:val="00F62234"/>
     <w:rsid w:val="00F64849"/>
     <w:rsid w:val="00F676D6"/>
     <w:rsid w:val="00F751FE"/>
+    <w:rsid w:val="00F772F5"/>
     <w:rsid w:val="00FD0B09"/>
     <w:rsid w:val="00FD33BC"/>
     <w:rsid w:val="00FD3616"/>
     <w:rsid w:val="00FE0420"/>
     <w:rsid w:val="00FE4340"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -5008,2756 +5554,2756 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="seantest">
     <w:name w:val="sean_test"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:rFonts w:ascii="Aharoni" w:hAnsi="Aharoni"/>
       <w:sz w:val="44"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendamendnum">
     <w:name w:val="sc_amend_amendnum"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendbillnum">
     <w:name w:val="sc_amend_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendclerk">
     <w:name w:val="sc_amend_clerk"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddate">
     <w:name w:val="sc_amend_date"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddrafter">
     <w:name w:val="sc_amend_drafter"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendfooterpath">
     <w:name w:val="sc_amend_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendheader1">
     <w:name w:val="sc_amend_header1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendordernum">
     <w:name w:val="sc_amend_ordernum"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendreference">
     <w:name w:val="sc_amend_reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendselectionboxes">
     <w:name w:val="sc_amend_selectionboxes"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsignatureline">
     <w:name w:val="sc_amend_signatureline"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsponsorline">
     <w:name w:val="sc_amend_sponsorline"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendadoptnum">
     <w:name w:val="sc_amend_adoptnum"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendconformline">
     <w:name w:val="sc_amend_conformline"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="720" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddirectionallanguage">
     <w:name w:val="sc_amend_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendlanginstruction">
     <w:name w:val="sc_amend_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendnewcodesection">
     <w:name w:val="sc_amend_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendtitleconform">
     <w:name w:val="sc_amend_titleconform"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="center" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:caps/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scSECTIONS">
     <w:name w:val="sc_SECTIONS"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacket">
     <w:name w:val="sc_bill_senate_back_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacketproofreadline">
     <w:name w:val="sc_bill_senate_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateclippage">
     <w:name w:val="sc_senate_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
     <w:name w:val="sc_senate_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolution">
     <w:name w:val="sc_senate_resolution"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionbythis">
     <w:name w:val="sc_senate_resolution_by_this"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageattorney">
     <w:name w:val="sc_senate_resolution_clip_page_attorney"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedate">
     <w:name w:val="sc_senate_resolution_clip_page_date"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="810"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocname">
     <w:name w:val="sc_senate_resolution_clip_page_doc_name"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocumentname">
     <w:name w:val="sc_senate_resolution_clip_page_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocpath">
     <w:name w:val="sc_senate_resolution_clip_page_doc_path"/>
     <w:basedOn w:val="scsenateresolutionclippagedocumentname"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedraftingassistant">
     <w:name w:val="sc_senate_resolution_clip_page_drafting_assistant"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageheader">
     <w:name w:val="sc_senate_resolution_clip_page_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenate">
     <w:name w:val="sc_senate_resolution_clip_page_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenator">
     <w:name w:val="sc_senate_resolution_clip_page_senator"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagetitle">
     <w:name w:val="sc_senate_resolution_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionemptyline">
     <w:name w:val="sc_senate_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionfurtherresolved">
     <w:name w:val="sc_senate_resolution_further_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionheader">
     <w:name w:val="sc_senate_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjacketintroduced">
     <w:name w:val="sc_senate_resolution_jacket_introduced"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjackettitle">
     <w:name w:val="sc_senate_resolution_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionresolved">
     <w:name w:val="sc_senate_resolution_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutiontitle">
     <w:name w:val="sc_senate_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionwhereas">
     <w:name w:val="sc_senate_resolution_whereas"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
     <w:name w:val="sc_coversheet_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="2995"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbilldetails">
     <w:name w:val="sc_confrep_billdetails"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbillnum">
     <w:name w:val="sc_confrep_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scconfrepbilltitle">
     <w:name w:val="sc_confrep_billtitle"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepcodifiedsection">
     <w:name w:val="sc_confrep_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepdirectionallanguage">
     <w:name w:val="sc_confrep_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfilepath">
     <w:name w:val="sc_confrep_filepath"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfooterpath">
     <w:name w:val="sc_confrep_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepgenassembly">
     <w:name w:val="sc_confrep_genassembly"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepheading">
     <w:name w:val="sc_confrep_heading"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreplanginstruction">
     <w:name w:val="sc_confrep_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreponpartof">
     <w:name w:val="sc_confrep_onpartof"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="5976"/>
       </w:tabs>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreppasswithamend">
     <w:name w:val="sc_confrep_passwithamend"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreprecommend">
     <w:name w:val="sc_confrep_recommend"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepreferred">
     <w:name w:val="sc_confrep_referred"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepsignaturelines">
     <w:name w:val="sc_confrep_signaturelines"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactclippageinfo">
     <w:name w:val="sc_act_clip_page_info"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactcatchline">
     <w:name w:val="sc_act_catchline"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjremptyline">
     <w:name w:val="sc_jr_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrblanksection">
     <w:name w:val="sc_jr_blank_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel1">
     <w:name w:val="sc_jr_list_level_1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel2">
     <w:name w:val="sc_jr_list_level_2"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="432"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetheader">
     <w:name w:val="sc_coversheet_header"/>
     <w:qFormat/>
     <w:rsid w:val="009C5797"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="006C37D9"/>
+    <w:rsid w:val="00A04327"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4634&amp;session=126&amp;summary=B" TargetMode="External" Id="R3f8a916e9b534d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4634_20251217.docx" TargetMode="External" Id="Rd8863db5e2724f75" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4634&amp;session=126&amp;summary=B" TargetMode="External" Id="R2160270c172f4c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4634_20251217.docx" TargetMode="External" Id="R2bd328f8c513492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R5003a71a88ef430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R1606bb8f86974b2e" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FBA12576-C54B-4BE3-BA96-6BB324E9DAE5}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -7853,60 +8399,62 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00616D59"/>
     <w:rsid w:val="00003B70"/>
     <w:rsid w:val="00082B5E"/>
     <w:rsid w:val="00111C14"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002E3C3A"/>
     <w:rsid w:val="003E0E59"/>
     <w:rsid w:val="004F5550"/>
     <w:rsid w:val="00501E6F"/>
     <w:rsid w:val="00507587"/>
     <w:rsid w:val="00566531"/>
     <w:rsid w:val="005B01B7"/>
     <w:rsid w:val="005C67AE"/>
     <w:rsid w:val="006005F9"/>
     <w:rsid w:val="00616D59"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="0063236C"/>
     <w:rsid w:val="00716BDF"/>
     <w:rsid w:val="008012F7"/>
     <w:rsid w:val="008457A3"/>
     <w:rsid w:val="008744C6"/>
     <w:rsid w:val="008F0040"/>
     <w:rsid w:val="0094764F"/>
     <w:rsid w:val="009B3B8E"/>
     <w:rsid w:val="009C4429"/>
     <w:rsid w:val="009F6A8C"/>
     <w:rsid w:val="00AD2397"/>
     <w:rsid w:val="00B32F89"/>
     <w:rsid w:val="00B41EFF"/>
     <w:rsid w:val="00B5283B"/>
     <w:rsid w:val="00B640DB"/>
     <w:rsid w:val="00D8287A"/>
     <w:rsid w:val="00D90437"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00FC3575"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -8657,121 +9205,73 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...40 lines deleted...]
-</lwb360Metadata>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -8992,146 +9492,169 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...8 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>3c30992d-f3c1-4644-a762-aad1e41a1830</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>778a5a77-d01f-4006-bc92-6f1f23141f8e</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>61c3e312-887c-4587-8e0f-639dedb45bb2</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>44fa5858-c89b-42fc-a4ed-c5ca19457cb7</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4634]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4634</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO CREATE A STUDY COMMITTEE TO EXAMINE THE STATE OF PUBLIC INSTITUTIONS AND SYSTEMS THAT SERVE AT-RISK SOUTH CAROLINIANS, TO DETERMINE NEEDED REFORMS TO ENSURE THAT THESE ENTITIES SAFEGUARD AND PROTECT THE HUMAN RIGHTS OF INDIVIDUALS IN THEIR CARE OR CUSTODY, AND FOR OTHER PURPOSES; TO PROVIDE FOR THE STUDY COMMITTEE’S MEMBERSHIP; AND TO REQUIRE THE STUDY COMMITTEE TO PREPARE AND SUBMIT A REPORT AFTER WHICH THE STUDY COMMITTEE IS DISSOLVED.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>joint_resolution</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"a92e2669-1c14-4ea7-88aa-9c317b0418e3","SectionName":"New Blank SECTION","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_1ed84f3b9"},{"SectionUUID":"4d94fc57-c7fa-4162-b372-8d178987614d","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>South Carolina Human Rights Study Committee</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7215789C-A037-4E70-B6B4-45B0122845BA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DB12C06-B8B5-460A-A736-9839774D61E5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6C741B1-06A1-4CD5-9531-297007DA29B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-  <Words>2074</Words>
+  <Pages>6</Pages>
+  <Words>2073</Words>
   <Characters>11822</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>211</Lines>
   <Paragraphs>124</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13772</CharactersWithSpaces>
+  <CharactersWithSpaces>13771</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>