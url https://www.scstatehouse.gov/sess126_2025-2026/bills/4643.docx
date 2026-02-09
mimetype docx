--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Pope</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Pope, Chumley, Edgerton, Chapman and White</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0318VR26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Ways and Means</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: SNAP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +337,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R89bd70afdc9f4657">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 44</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ways and Means</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R4661aa764633497f">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 44</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: White
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R06322607089c4481">
+      <w:hyperlink r:id="Re6ad5621144d4b8d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +540,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R1b7c7729905f4c21">
+      <w:hyperlink r:id="Rce40eb2e98ec40e1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00A7384A" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="6BCB4157">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00A7384A" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="6F968935">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00A7384A" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="7D1AB7F4">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00A7384A" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="050FF5AB">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00A7384A" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="5050557F">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00A7384A" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="34ECC1B4">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -583,891 +697,891 @@
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>ADDING ARTICLE 11 TO CH</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>AP</w:t>
           </w:r>
           <w:r w:rsidRPr="0086610B">
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>TER 5, TITLE 43 SO AS T</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>O REQUIRE THE DEPARTMENT OF SOCIAL SERVICES TO APPLY FOR A FEDERAL WAIVER TO ALLOW THE STATE TO PROHIBIT THE PURCHASE OF CANDY AND SOFT DRINKS WITH SUPPLEMENTAL NUTRITION ASSISTANCE PROGRAM BENEFITS; TO REQUIRE CERTAIN ACTIONS AND REPORTING BY THE DEPARTMENT OF SOCIAL SERVICES RELATED TO APPLICATION FOR AND IMPLEMENTATION OF THE WAIVER; AND FOR OTHER PURPOSES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_2c68dd177" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_2c68dd177" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_059f8995d" w:id="2"/>
+      <w:bookmarkStart w:name="ew_059f8995d" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000B570A" w:rsidP="000B570A" w:rsidRDefault="000B570A" w14:paraId="01D7C715" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B570A" w:rsidP="003A0BC8" w:rsidRDefault="000B570A" w14:paraId="035C119E" w14:textId="43FB2672">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_a415c5ea3" w:id="3"/>
-      <w:bookmarkStart w:name="citing_act_4531471e6" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_1_a415c5ea3" w:id="2"/>
+      <w:bookmarkStart w:name="citing_act_4531471e6" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="003A0BC8">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This act may be cited as the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD23DD" w:rsidR="00DD23DD">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>South Carolina SNAP Nutrition Integrity Act</w:t>
       </w:r>
       <w:r w:rsidR="00DA271B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003A0BC8">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006914BD" w:rsidP="006914BD" w:rsidRDefault="006914BD" w14:paraId="552AD876" w14:textId="4DFD2407">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00227BEC" w:rsidP="00227BEC" w:rsidRDefault="006914BD" w14:paraId="44564DC7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_0f07a48da" w:id="5"/>
+      <w:bookmarkStart w:name="bs_num_2_0f07a48da" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_ed817807d" w:id="6"/>
+      <w:bookmarkStart w:name="dl_ed817807d" w:id="5"/>
       <w:r w:rsidR="00227BEC">
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00227BEC">
         <w:t>hapter 5, Title 43 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00227BEC" w:rsidP="00227BEC" w:rsidRDefault="00227BEC" w14:paraId="1F938816" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00227BEC" w:rsidP="00227BEC" w:rsidRDefault="00227BEC" w14:paraId="0A26511C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_a26fdbf77" w:id="7"/>
+      <w:bookmarkStart w:name="up_a26fdbf77" w:id="6"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>rticle 11</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00227BEC" w:rsidP="00227BEC" w:rsidRDefault="00227BEC" w14:paraId="22DEBF57" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DD23DD" w:rsidR="00227BEC" w:rsidP="00227BEC" w:rsidRDefault="00DD23DD" w14:paraId="2BE23442" w14:textId="637BD96A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_2d82ceda8" w:id="8"/>
+      <w:bookmarkStart w:name="up_2d82ceda8" w:id="7"/>
       <w:r w:rsidRPr="00DD23DD">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00DD23DD">
         <w:t>outh Carolina SNAP Nutrition Integrity</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00227BEC" w:rsidP="00227BEC" w:rsidRDefault="00227BEC" w14:paraId="137BA09A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00227BEC" w:rsidP="00227BEC" w:rsidRDefault="00227BEC" w14:paraId="5D113E61" w14:textId="6F18EF66">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T43C5N1410_244a663a5" w:id="9"/>
+      <w:bookmarkStart w:name="ns_T43C5N1410_244a663a5" w:id="8"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>ection 43‑5‑1410.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_ebc6b7ff0" w:id="10"/>
+      <w:bookmarkStart w:name="up_ebc6b7ff0" w:id="9"/>
       <w:r w:rsidR="00DD23DD">
         <w:t>F</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00DD23DD">
         <w:t>or purposes of this article:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD23DD" w:rsidP="00227BEC" w:rsidRDefault="00DD23DD" w14:paraId="328EE29D" w14:textId="4D1B9850">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1410S1_lv1_55341c0b6" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T43C5N1410S1_lv1_55341c0b6" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>1) “Candy” means</w:t>
       </w:r>
       <w:r w:rsidRPr="00225591" w:rsidR="00225591">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D3352" w:rsidR="00225591">
         <w:t xml:space="preserve">a preparation of sugar, honey, or other natural or artificial sweeteners in combination with chocolate, fruit, nuts, or other ingredients or flavorings in the form of bars, drops, or pieces, </w:t>
       </w:r>
       <w:r w:rsidR="00225591">
         <w:t>that does</w:t>
       </w:r>
       <w:r w:rsidRPr="007D3352" w:rsidR="00225591">
         <w:t xml:space="preserve"> not require refrigeration.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B063A3" w:rsidP="00DD23DD" w:rsidRDefault="00DD23DD" w14:paraId="72FC391C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1410S2_lv1_f732e0759" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T43C5N1410S2_lv1_f732e0759" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t>“Department” means the South Carolina Department of Social Services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD23DD" w:rsidP="00DD23DD" w:rsidRDefault="00B063A3" w14:paraId="195626D5" w14:textId="284067E3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1410S3_lv1_646b33273" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T43C5N1410S3_lv1_646b33273" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00DD23DD">
         <w:t>“Soft drink” means a nonalcoholic beverage made with carbonated water and flavored and sweetened with sugar or artificial sweeteners but does not include a beverage that contains milk; milk products; soy, rice, or other milk substitutes; or more than fifty percent vegetable or fruit juice by volume.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD23DD" w:rsidP="00227BEC" w:rsidRDefault="00DD23DD" w14:paraId="4CF103CD" w14:textId="4DF876B1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1410S4_lv1_f9044744e" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T43C5N1410S4_lv1_f9044744e" w:id="13"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="00B063A3">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) “SNAP” means </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD23DD">
+        <w:t>the federal Supplemental Nutrition Assistance Program</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD23DD">
+        <w:t>7 U.S.C. Chapter 51.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD23DD" w:rsidP="00227BEC" w:rsidRDefault="00DD23DD" w14:paraId="0CA18D11" w14:textId="4FDB9947">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C5N1410S5_lv1_0cde4f8c1" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00B063A3">
-        <w:t>4</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidR="00B063A3">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>) “SNAP benefit” means</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD23DD">
         <w:t xml:space="preserve"> any financial benefit, coupon, or privilege available under SNAP.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B063A3" w:rsidP="00227BEC" w:rsidRDefault="00B063A3" w14:paraId="03A773D2" w14:textId="4674C7CD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1410S6_lv1_e2e53dd6b" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T43C5N1410S6_lv1_e2e53dd6b" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>6) “USDA FNS” means the United States Department of Agriculture, Food and Nutrition Service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00227BEC" w:rsidP="00227BEC" w:rsidRDefault="00227BEC" w14:paraId="17546FCA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00227BEC" w14:paraId="0BA96159" w14:textId="6E1561DE">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T43C5N1420_e94652c6b" w:id="16"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>6) “USDA FNS” means the United States Department of Agriculture, Food and Nutrition Service.</w:t>
-[...20 lines deleted...]
-      <w:r>
         <w:t>ection 43‑5‑1420.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1420SA_lv1_7763be333" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T43C5N1420SA_lv1_7763be333" w:id="17"/>
       <w:r w:rsidR="00225591">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00225591">
         <w:t>A) The South Carolina Department of Social Services shall submit a request for a federal waiver to the U.S. Department of Agriculture, Food and Nutrition Service</w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00225591">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00225591">
         <w:t>o authorize the department to prohibit the use of SNAP benefits for the purchase of candy and soft drinks.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="7C084FF2" w14:textId="1C70ECF5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1420SB_lv1_f9b24cabf" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T43C5N1420SB_lv1_f9b24cabf" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>B) The waiver request pursuant to subsection (A) must include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="2E3E758A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C5N1420S1_lv2_62dc5cebc" w:id="19"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
-        <w:t>B) The waiver request pursuant to subsection (A) must include:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="2E3E758A" w14:textId="77777777">
+        <w:t>1) justification for the waiver, including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="419A6F10" w14:textId="62BCEEAC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1420S1_lv2_62dc5cebc" w:id="20"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C5N1420Sa_lv3_bca770866" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
-        <w:t>1) justification for the waiver, including:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="419A6F10" w14:textId="62BCEEAC">
+        <w:t>a) public health concerns related to excessive sugar consumption and diet‑related diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="5CA38E61" w14:textId="4C00CC0C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1420Sa_lv3_bca770866" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T43C5N1420Sb_lv3_a52a735a0" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
-        <w:t>a) public health concerns related to excessive sugar consumption and diet‑related diseases;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="5CA38E61" w14:textId="4C00CC0C">
+        <w:t>b) SNAP’s statutory intent to promote food security and nutrition; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="0485051D" w14:textId="0DCB269F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1420Sb_lv3_a52a735a0" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T43C5N1420Sc_lv3_b4f05e97c" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
-        <w:t>b) SNAP’s statutory intent to promote food security and nutrition; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="0485051D" w14:textId="0DCB269F">
+        <w:t>c) cost savings to taxpayers by reducing Medicaid expenditures related to diet‑induced conditions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="5ED55370" w14:textId="1C6BA2BE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T43C5N1420Sc_lv3_b4f05e97c" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T43C5N1420S2_lv2_754a8b6fb" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
-        <w:t>c) cost savings to taxpayers by reducing Medicaid expenditures related to diet‑induced conditions;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="5ED55370" w14:textId="1C6BA2BE">
+        <w:t>2) an implementation plan ensuring that existing point‑of‑sale systems used by South Carolina retailers can enforce the restrictions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225591" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="10C6A3AC" w14:textId="7DEB6459">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1420S2_lv2_754a8b6fb" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T43C5N1420S3_lv2_6ca603078" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t xml:space="preserve">3) a strategy for education and outreach utilizing existing programs such as </w:t>
       </w:r>
       <w:r w:rsidR="008610E8">
         <w:t xml:space="preserve">the USDA FNS’s </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">SNAP‑Ed </w:t>
       </w:r>
       <w:r w:rsidR="008610E8">
         <w:t xml:space="preserve">Connection program </w:t>
       </w:r>
       <w:r>
         <w:t>to inform SNAP recipients of alternative healthy food options; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00227BEC" w:rsidP="00225591" w:rsidRDefault="00225591" w14:paraId="591CC1B7" w14:textId="38772019">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1420S4_lv2_3f66f3385" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T43C5N1420S4_lv2_3f66f3385" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>4) a mechanism to track the impact of the waiver restrictions on SNAP recipients, including spending patterns postimplementation and h</w:t>
       </w:r>
       <w:r w:rsidRPr="00225591">
         <w:t xml:space="preserve">ealth outcomes, </w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t>particularly</w:t>
       </w:r>
       <w:r w:rsidRPr="00225591">
         <w:t xml:space="preserve"> Medicaid trends for diet‑related illness</w:t>
       </w:r>
       <w:r>
         <w:t>es.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00227BEC" w:rsidP="00227BEC" w:rsidRDefault="00227BEC" w14:paraId="2368BB63" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B063A3" w:rsidP="00B063A3" w:rsidRDefault="00227BEC" w14:paraId="4BB7CFF7" w14:textId="55DF935C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T43C5N1430_80124ead0" w:id="27"/>
+      <w:bookmarkStart w:name="ns_T43C5N1430_80124ead0" w:id="26"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>ection 43‑5‑1430.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1430SA_lv1_3bcdeacba" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T43C5N1430SA_lv1_3bcdeacba" w:id="27"/>
       <w:r w:rsidR="00B063A3">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="00B063A3">
         <w:t>A) If the waiver pursuant to Section 43‑5‑1420(A) is approved by the USDA</w:t>
       </w:r>
       <w:r w:rsidR="00DA271B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t>FNS, the department shall implement the SNAP benefits restriction within six months from the date of approval.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B063A3" w:rsidP="00B063A3" w:rsidRDefault="00B063A3" w14:paraId="65B22180" w14:textId="1C96FFA5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1430SB_lv1_a4c4b080c" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T43C5N1430SB_lv1_a4c4b080c" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t>B) If the waiver under Section 43‑5‑1420(A) is denied, the department shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B063A3" w:rsidP="00B063A3" w:rsidRDefault="00B063A3" w14:paraId="7DBC257B" w14:textId="0F1580D1">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C5N1430S1_lv2_f95e49175" w:id="29"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
-        <w:t>B) If the waiver under Section 43‑5‑1420(A) is denied, the department shall:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B063A3" w:rsidP="00B063A3" w:rsidRDefault="00B063A3" w14:paraId="7DBC257B" w14:textId="0F1580D1">
+        <w:t>1) resubmit the waiver request no later than three months from the date of denial; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B063A3" w:rsidP="00B063A3" w:rsidRDefault="00B063A3" w14:paraId="35F6D4CC" w14:textId="3DD5BF2E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1430S1_lv2_f95e49175" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T43C5N1430S2_lv2_de7fbe87b" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
-        <w:t>1) resubmit the waiver request no later than three months from the date of denial; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B063A3" w:rsidP="00B063A3" w:rsidRDefault="00B063A3" w14:paraId="35F6D4CC" w14:textId="3DD5BF2E">
+        <w:t>2) continue resubmitting the request annually until approval is granted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00227BEC" w:rsidP="00B063A3" w:rsidRDefault="00B063A3" w14:paraId="27DA1F84" w14:textId="5C51E2CC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T43C5N1430S2_lv2_de7fbe87b" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T43C5N1430SC_lv1_3a9fa117b" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t>C) The department shall work with SNAP‑authorized retailers to ensure compliance by updating point‑of‑sale systems</w:t>
       </w:r>
       <w:r w:rsidRPr="00B063A3">
         <w:t xml:space="preserve"> to prevent the purchase of restricted items using SNAP benefits.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00227BEC" w:rsidP="00227BEC" w:rsidRDefault="00227BEC" w14:paraId="4061E4D1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B063A3" w:rsidP="00B063A3" w:rsidRDefault="00227BEC" w14:paraId="34738B97" w14:textId="754F439F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T43C5N1440_483a07d2a" w:id="33"/>
+      <w:bookmarkStart w:name="ns_T43C5N1440_483a07d2a" w:id="32"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t>ection 43‑5‑1440.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1440SA_lv1_30a07796e" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T43C5N1440SA_lv1_30a07796e" w:id="33"/>
       <w:r w:rsidR="00B063A3">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidR="00B063A3">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidR="008610E8">
         <w:t>On or before November first each year, t</w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t>he department shall submit a written report to the General Assembly, which includes the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B063A3" w:rsidP="00B063A3" w:rsidRDefault="00B063A3" w14:paraId="4FBEF520" w14:textId="5D52B0DD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1440S1_lv2_d8f6e0da0" w:id="35"/>
+      <w:bookmarkStart w:name="ss_T43C5N1440S1_lv2_d8f6e0da0" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t>1) the status of the waiver request, including whether it is pending, approved, or denied;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC5435" w:rsidP="00B063A3" w:rsidRDefault="00AC5435" w14:paraId="4008350E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C5N1440S2_lv2_7d197f616" w:id="35"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="35"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>2) d</w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t>ata on SNAP spending trends in South Carolina, including any reductions in soda and candy purchases</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC5435" w:rsidP="00B063A3" w:rsidRDefault="00AC5435" w14:paraId="5AE6A2E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1440S3_lv2_73cb39daa" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T43C5N1440S3_lv2_73cb39daa" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>3) i</w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t>dentified challenges in implementing the restriction, including feedback from retailers and program participants</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B063A3" w:rsidP="00B063A3" w:rsidRDefault="00AC5435" w14:paraId="74820FB4" w14:textId="0A481CB1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1440S4_lv2_8ff8ee5cb" w:id="38"/>
+      <w:bookmarkStart w:name="ss_T43C5N1440S4_lv2_8ff8ee5cb" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t>4) r</w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t>ecommendations for further policy action related to SNAP nutrition standards.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006914BD" w:rsidP="00B063A3" w:rsidRDefault="00AC5435" w14:paraId="24969C6C" w14:textId="56513F0C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C5N1440SB_lv1_0de9091eb" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T43C5N1440SB_lv1_0de9091eb" w:id="38"/>
       <w:r w:rsidR="00B063A3">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="00B063A3">
         <w:t xml:space="preserve">B) The annual report </w:t>
       </w:r>
       <w:r>
         <w:t>pursuant to s</w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t xml:space="preserve">ubsection (A) </w:t>
       </w:r>
       <w:r w:rsidR="008610E8">
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t xml:space="preserve"> be included in </w:t>
       </w:r>
       <w:r>
         <w:t>the department’s annual</w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t xml:space="preserve"> report to the Governor and the </w:t>
       </w:r>
       <w:r>
         <w:t>General Assembly</w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t xml:space="preserve">, as required </w:t>
       </w:r>
       <w:r w:rsidR="008610E8">
         <w:t>pursuant to Section 43‑1‑210</w:t>
       </w:r>
       <w:r w:rsidR="00B063A3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="67BEFA56">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="40"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="41"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="39"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="40"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -1538,175 +1652,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="7F6B73AC" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00124D41" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="5BC12E9D" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00464E3D" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="001F61F6">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00A819C0">
+              <w:t>[4643]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00A14D6A">
+            <w:r w:rsidR="00A819C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0318VR26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79EF15B5" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1968,88 +2080,90 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="180"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="0001124A"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
+    <w:rsid w:val="00041B9C"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="00044E3F"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00062291"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B570A"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C219C"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D369A"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000E5DC6"/>
     <w:rsid w:val="000F1533"/>
@@ -2063,50 +2177,51 @@
     <w:rsid w:val="00145CD3"/>
     <w:rsid w:val="00155039"/>
     <w:rsid w:val="001658C2"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00174129"/>
     <w:rsid w:val="0017458D"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00185C17"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00192DB0"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A7D8E"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001D43B5"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F61F6"/>
     <w:rsid w:val="001F65C2"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00222C5B"/>
     <w:rsid w:val="00225591"/>
     <w:rsid w:val="00227BEC"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="002362F9"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00247CAC"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002833ED"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00296A07"/>
     <w:rsid w:val="002A540B"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
@@ -2132,50 +2247,51 @@
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00393B11"/>
     <w:rsid w:val="003A0BC8"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B485B"/>
     <w:rsid w:val="003B4967"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003D655D"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00404727"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="004518DE"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00487C7E"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A4723"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B2270"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3A49"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D6FEC"/>
     <w:rsid w:val="004E0C07"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
@@ -2201,50 +2317,51 @@
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="0059044A"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B3230"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005B7D1D"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00615290"/>
     <w:rsid w:val="00617CF5"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00621A34"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="006808CC"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690AEF"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006914BD"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A4E53"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
@@ -2341,50 +2458,51 @@
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="009F71ED"/>
     <w:rsid w:val="00A00412"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1360C"/>
     <w:rsid w:val="00A14D6A"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21284"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A36FCF"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A42451"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A57361"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A7384A"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
+    <w:rsid w:val="00A819C0"/>
     <w:rsid w:val="00A911B8"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0395"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC5435"/>
     <w:rsid w:val="00AD3929"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7361"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00AF62BA"/>
     <w:rsid w:val="00B04F12"/>
     <w:rsid w:val="00B063A3"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B0746C"/>
@@ -2506,50 +2624,51 @@
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E60F0B"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB36D6"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F009BE"/>
     <w:rsid w:val="00F05FE8"/>
+    <w:rsid w:val="00F06990"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F14B84"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F31E0C"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F3720D"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F5157D"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F60167"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
@@ -2979,1405 +3098,1407 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00464E3D"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00464E3D"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B04F12"/>
+    <w:rsid w:val="00464E3D"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0086610B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4643&amp;session=126&amp;summary=B" TargetMode="External" Id="R06322607089c4481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4643_20251217.docx" TargetMode="External" Id="R1b7c7729905f4c21" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4643&amp;session=126&amp;summary=B" TargetMode="External" Id="Re6ad5621144d4b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4643_20251217.docx" TargetMode="External" Id="Rce40eb2e98ec40e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R89bd70afdc9f4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R4661aa764633497f" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4404,118 +4525,118 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="00357E81"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="004F5567"/>
     <w:rsid w:val="005459CD"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="006D7711"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="009E4A49"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00AE7361"/>
     <w:rsid w:val="00B0746C"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CA40CA"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D57FA7"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00DC5308"/>
     <w:rsid w:val="00E00741"/>
     <w:rsid w:val="00E76813"/>
@@ -5267,71 +5388,67 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5548,200 +5665,206 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>5935a81d-650e-4039-beef-621bc4b49759</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-09-02T10:07:01.940190-04:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>78ebc4f9-543c-4c41-b310-637817d44357</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>81dbe12c-ebec-4767-b5d9-3679d4c7b6eb</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>69c30c19-e536-4176-82b4-b7fe75e47f85</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4643]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4643</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “SOUTH CAROLINA SNAP NUTRITION INTEGRITY ACT” BY ADDING ARTICLE 11 TO CHAPTER 5, TITLE 43 SO AS TO REQUIRE THE DEPARTMENT OF SOCIAL SERVICES TO APPLY FOR A FEDERAL WAIVER TO ALLOW THE STATE TO PROHIBIT THE PURCHASE OF CANDY AND SOFT DRINKS WITH SUPPLEMENTAL NUTRITION ASSISTANCE PROGRAM BENEFITS; TO REQUIRE CERTAIN ACTIONS AND REPORTING BY THE DEPARTMENT OF SOCIAL SERVICES RELATED TO APPLICATION FOR AND IMPLEMENTATION OF THE WAIVER; AND FOR OTHER PURPOSES.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"a0cccd07-9f71-47fe-a5b2-7f8f025d083c","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"by affing article 11 to chpater 5, title 43 so as to enact the “South Carolina SNAP Nutrition Integrity Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_a415c5ea3"},{"SectionUUID":"3763c2f0-fd6a-470b-aa0a-f8ec8fd994a4","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T43C5N1410_244a663a5","IsConstitutionSection":false,"Identity":"43-5-1410","IsNew":true,"SubSections":[{"Level":1,"Identity":"T43C5N1410S1","SubSectionBookmarkName":"ss_T43C5N1410S1_lv1_55341c0b6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C5N1410S2","SubSectionBookmarkName":"ss_T43C5N1410S2_lv1_f732e0759","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C5N1410S3","SubSectionBookmarkName":"ss_T43C5N1410S3_lv1_646b33273","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C5N1410S4","SubSectionBookmarkName":"ss_T43C5N1410S4_lv1_f9044744e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C5N1410S5","SubSectionBookmarkName":"ss_T43C5N1410S5_lv1_0cde4f8c1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C5N1410S6","SubSectionBookmarkName":"ss_T43C5N1410S6_lv1_e2e53dd6b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T43C5N1420_e94652c6b","IsConstitutionSection":false,"Identity":"43-5-1420","IsNew":true,"SubSections":[{"Level":1,"Identity":"T43C5N1420SA","SubSectionBookmarkName":"ss_T43C5N1420SA_lv1_7763be333","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C5N1420SB","SubSectionBookmarkName":"ss_T43C5N1420SB_lv1_f9b24cabf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C5N1420S1","SubSectionBookmarkName":"ss_T43C5N1420S1_lv2_62dc5cebc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T43C5N1420Sa","SubSectionBookmarkName":"ss_T43C5N1420Sa_lv3_bca770866","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T43C5N1420Sb","SubSectionBookmarkName":"ss_T43C5N1420Sb_lv3_a52a735a0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T43C5N1420Sc","SubSectionBookmarkName":"ss_T43C5N1420Sc_lv3_b4f05e97c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C5N1420S2","SubSectionBookmarkName":"ss_T43C5N1420S2_lv2_754a8b6fb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C5N1420S3","SubSectionBookmarkName":"ss_T43C5N1420S3_lv2_6ca603078","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C5N1420S4","SubSectionBookmarkName":"ss_T43C5N1420S4_lv2_3f66f3385","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T43C5N1430_80124ead0","IsConstitutionSection":false,"Identity":"43-5-1430","IsNew":true,"SubSections":[{"Level":1,"Identity":"T43C5N1430SA","SubSectionBookmarkName":"ss_T43C5N1430SA_lv1_3bcdeacba","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C5N1430SB","SubSectionBookmarkName":"ss_T43C5N1430SB_lv1_a4c4b080c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C5N1430S1","SubSectionBookmarkName":"ss_T43C5N1430S1_lv2_f95e49175","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C5N1430S2","SubSectionBookmarkName":"ss_T43C5N1430S2_lv2_de7fbe87b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C5N1430SC","SubSectionBookmarkName":"ss_T43C5N1430SC_lv1_3a9fa117b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T43C5N1440_483a07d2a","IsConstitutionSection":false,"Identity":"43-5-1440","IsNew":true,"SubSections":[{"Level":1,"Identity":"T43C5N1440SA","SubSectionBookmarkName":"ss_T43C5N1440SA_lv1_30a07796e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C5N1440S1","SubSectionBookmarkName":"ss_T43C5N1440S1_lv2_d8f6e0da0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C5N1440S2","SubSectionBookmarkName":"ss_T43C5N1440S2_lv2_7d197f616","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C5N1440S3","SubSectionBookmarkName":"ss_T43C5N1440S3_lv2_73cb39daa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C5N1440S4","SubSectionBookmarkName":"ss_T43C5N1440S4_lv2_8ff8ee5cb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C5N1440SB","SubSectionBookmarkName":"ss_T43C5N1440SB_lv1_0de9091eb","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_0f07a48da"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>SNAP</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A4C30CE-1653-462B-B27F-854BF03256FE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>682</Words>
-  <Characters>3786</Characters>
+  <Words>706</Words>
+  <Characters>3762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4426</CharactersWithSpaces>
+  <CharactersWithSpaces>4451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>