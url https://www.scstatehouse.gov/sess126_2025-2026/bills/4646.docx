--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -123,108 +123,108 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Calhoon</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Calhoon, C. Mitchell, Pope and Spann-Wilder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0330VR26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Nursing Homes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -338,74 +338,172 @@
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R61a852884e7548bd">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 45</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R0061a84ba7dc412f">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 45</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Re4ecaf8bb4b74329">
+      <w:hyperlink r:id="Rd261f0feb3814d23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -423,51 +521,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R5ab32efda5694b03">
+      <w:hyperlink r:id="R8fb8ad9349564e8c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -960,51 +1058,59 @@
       </w:r>
       <w:bookmarkStart w:name="ss_T44C83N20SA_lv1_a4283fca6" w:id="19"/>
       <w:r w:rsidR="00A616DE">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidR="00A616DE">
         <w:t xml:space="preserve">A) A resident who has the capacity to consent, as determined by regulations promulgated by the department pursuant to this chapter, or </w:t>
       </w:r>
       <w:r w:rsidR="000415E5">
         <w:t>the resident’s</w:t>
       </w:r>
       <w:r w:rsidR="00A616DE">
         <w:t xml:space="preserve"> legal representative</w:t>
       </w:r>
       <w:r w:rsidR="000415E5">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A616DE">
         <w:t xml:space="preserve"> may authorize the installation and use of a monitoring device in </w:t>
       </w:r>
       <w:r w:rsidR="000415E5">
         <w:t>the resident’s room</w:t>
       </w:r>
       <w:r w:rsidR="00A616DE">
-        <w:t xml:space="preserve"> if all of the following conditions are met:</w:t>
+        <w:t xml:space="preserve"> if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A616DE">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A616DE">
+        <w:t xml:space="preserve"> the following conditions are met:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="3DABB7C4" w14:textId="61C51645">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T44C83N20S1_lv2_11340b118" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t xml:space="preserve">1) The resident or </w:t>
       </w:r>
       <w:r w:rsidR="000415E5">
         <w:t>the resident’s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> legal representative gives notice of the installation to the nursing home.</w:t>
@@ -1115,971 +1221,997 @@
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00D8040A" w14:paraId="391A9DDE" w14:textId="4C566C97">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T44C83N30_56c956102" w:id="26"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>ection 44‑83‑30.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T44C83N30SA_lv1_bcff9121f" w:id="27"/>
       <w:r w:rsidR="00A616DE">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="00A616DE">
-        <w:t>A)(1) At the time of a person’s admission to a nursing home, the nursing home shall notify the person of the right to have a monitoring device installed in the person’s room, and shall offer the person the option to have a monitoring device. The resident or the resident’s roommate may exercise the right to install or remove a monitoring device at any time during which that person resides in the nursing home. The nursing home shall keep a record of the person’s authorization or choice not to have a monitoring device.</w:t>
+        <w:t>A)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C83N30S1_lv2_c56065d28" w:id="28"/>
+      <w:r w:rsidR="00A616DE">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidR="00A616DE">
+        <w:t>1) At the time of a person’s admission to a nursing home, the nursing home shall notify the person of the right to have a monitoring device installed in the person’s room, and shall offer the person the option to have a monitoring device. The resident or the resident’s roommate may exercise the right to install or remove a monitoring device at any time during which that person resides in the nursing home. The nursing home shall keep a record of the person’s authorization or choice not to have a monitoring device.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="7239B70B" w14:textId="098D0AB3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N30S2_lv2_425c2ccd6" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T44C83N30S2_lv2_425c2ccd6" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>2) The nursing home shall make the record provided for in item</w:t>
       </w:r>
       <w:r w:rsidR="00400957">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(1) accessible to the ombudsman</w:t>
       </w:r>
       <w:r w:rsidR="00953132">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="44A0A08D" w14:textId="698E249F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N30SB_lv1_0ca5b0302" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T44C83N30SB_lv1_0ca5b0302" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>B)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N30S1_lv2_652e26952" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T44C83N30S1_lv2_652e26952" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t xml:space="preserve">1) If a resident who is residing in a shared room wishes to have a monitoring device installed in the room and another resident living in or moving into the same shared room refuses to consent to the use of the monitoring device, the nursing home shall make a reasonable attempt to accommodate the resident who wishes to have the monitoring device installed. A nursing home shall be deemed to have met this accommodation requirement when, upon notification that a roommate has not consented to the use of a monitoring device in his room, the </w:t>
       </w:r>
       <w:r w:rsidR="00201CC0">
         <w:t>nursing home</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> offers to move either resident to another shared room that is available at the time of the request.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="6D2EF4EF" w14:textId="0F4F1B99">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N30S2_lv2_0d51ad138" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T44C83N30S2_lv2_0d51ad138" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-[...1 lines deleted...]
-        <w:t>2) If a resident chooses to reside in a private room in order to accommodate the use of a monitoring device, the resident shall pay the private room rate. If a nursing home is unable to accommodate a resident due to lack of space, the nursing home shall reevaluate the request at least once every two weeks until the request is fulfilled.</w:t>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:t xml:space="preserve">2) If a resident chooses to reside in a private room in order to accommodate the use of a monitoring device, the resident shall pay the private room rate. If a nursing home is unable to </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>accommodate a resident due to lack of space, the nursing home shall reevaluate the request at least once every two weeks until the request is fulfilled.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="18A2189A" w14:textId="7E3B938C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N30SC_lv1_77b85cf7c" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T44C83N30SC_lv1_77b85cf7c" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t>C) After authorization, consent, and notice in accordance with this chapter, a resident or the resident’s legal representative may install, operate, and maintain, at the expense of the resident, a monitoring device in the room of the resident.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="3438462A" w14:textId="23A6A042">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N30SD_lv1_e0d05da77" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T44C83N30SD_lv1_e0d05da77" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>D) The nursing home shall cooperate to accommodate the installation of the monitoring device unless doing so would place undue burden on the nursing home.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D8040A" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="0B9A6858" w14:textId="3607988F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N30SE_lv1_fea43767b" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T44C83N30SE_lv1_fea43767b" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>E) The monitoring device must be in a fixed, stationary position and only may monitor the resident who consents to be monitored, either personally or through the resident’s legal representative.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D8040A" w:rsidP="00D8040A" w:rsidRDefault="00D8040A" w14:paraId="7EAE00E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00D8040A" w14:paraId="23F58C58" w14:textId="2DBF350C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C83N40_1e430b387" w:id="35"/>
+      <w:bookmarkStart w:name="ns_T44C83N40_1e430b387" w:id="36"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>ection 44‑83‑40.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N40SA_lv1_9c4f19b77" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T44C83N40SA_lv1_9c4f19b77" w:id="37"/>
       <w:r w:rsidR="00A616DE">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="00A616DE">
         <w:t>A) Consent to the authorization for installation and use of a monitoring device may be given only by the resident or the resident’s legal representative.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="442F8D28" w14:textId="6572DCFD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N40SB_lv1_439d45324" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T44C83N40SB_lv1_439d45324" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>B) Consent to the authorization for installation and use of a monitoring device must include a release of liability for the nursing home for a violation of the resident’s right to privacy insofar as the use of the monitoring device is concerned.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D8040A" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="4EF7E153" w14:textId="76CA5924">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N40SC_lv1_ce48a4f22" w:id="38"/>
+      <w:bookmarkStart w:name="ss_T44C83N40SC_lv1_ce48a4f22" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t xml:space="preserve">C) A resident or the resident’s legal representative may reverse a choice to have or not have a monitoring device installed and used at any time after notice of </w:t>
       </w:r>
       <w:r w:rsidR="000415E5">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> reversal has been made to the nursing home, and to the ombudsman, upon a form prescribed by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D8040A" w:rsidP="00D8040A" w:rsidRDefault="00D8040A" w14:paraId="16621F86" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00D8040A" w14:paraId="40871712" w14:textId="0410CE27">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C83N50_38324197d" w:id="39"/>
+      <w:bookmarkStart w:name="ns_T44C83N50_38324197d" w:id="40"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>ection 44‑83‑50.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_a60765bf6" w:id="40"/>
+      <w:bookmarkStart w:name="up_a60765bf6" w:id="41"/>
       <w:r w:rsidR="00A616DE">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidR="00A616DE">
         <w:t>he form for the authorization of installation and use of a monitoring device must provide for all of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="4E364A22" w14:textId="0FDF0F5A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N50S1_lv1_1b37c4255" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T44C83N50S1_lv1_1b37c4255" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>1) consent of the resident or the resident’s legal representative authorizing the installation and use of the monitoring device;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="4C6B5D1F" w14:textId="49F5FDA9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N50S2_lv1_3f3c7d09f" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T44C83N50S2_lv1_3f3c7d09f" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t>2) notice to the nursing home of the resident’s installation of a monitoring device and specifics as to the type, function, and use of the device;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D8040A" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="1CC6F011" w14:textId="2A0677CE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N50S3_lv1_faa3c86b8" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T44C83N50S3_lv1_faa3c86b8" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>3) consent of any other resident sharing the same room, or that resident’s legal representative, to the installation and use of a monitoring device;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="03119F0D" w14:textId="57D7E7BE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N50S4_lv1_f6fa1368a" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T44C83N50S4_lv1_f6fa1368a" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t>4) notice of release from liability for violation of privacy through the use of the monitoring device; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="08EB8092" w14:textId="04EF7700">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N50S5_lv1_49d3ad7b3" w:id="45"/>
+      <w:bookmarkStart w:name="ss_T44C83N50S5_lv1_49d3ad7b3" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t>5) waiver of the resident’s right to privacy in connection with the use of the monitoring device.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D8040A" w:rsidP="00D8040A" w:rsidRDefault="00D8040A" w14:paraId="3ABF8797" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00D8040A" w14:paraId="4F1730DB" w14:textId="52336973">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C83N60_e26e98dc3" w:id="46"/>
+      <w:bookmarkStart w:name="ns_T44C83N60_e26e98dc3" w:id="47"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t>ection 44‑83‑60.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N60SA_lv1_d680cf167" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T44C83N60SA_lv1_d680cf167" w:id="48"/>
       <w:r w:rsidR="00A616DE">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidR="00A616DE">
         <w:t xml:space="preserve">A) In any civil action against a nursing home, material obtained through the use of a monitoring device </w:t>
       </w:r>
       <w:r w:rsidR="000415E5">
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidR="00A616DE">
         <w:t xml:space="preserve"> not be used if the device was installed or used without the knowledge of the nursing home or installed or used without the prescribed form.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D8040A" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="2D70877F" w14:textId="16030FCC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N60SB_lv1_72b1eb999" w:id="48"/>
+      <w:bookmarkStart w:name="ss_T44C83N60SB_lv1_72b1eb999" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-[...1 lines deleted...]
-        <w:t>B) Compliance with the provisions of this chapter is a complete defense to any civil or criminal action brought against the resident, legal representative, or nursing home for the use or presence of a monitoring device.</w:t>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:t xml:space="preserve">B) Compliance with the provisions of this chapter is a complete defense to any civil or criminal action brought against the resident, legal representative, or nursing home for the use or presence of a </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>monitoring device.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D8040A" w:rsidP="00A616DE" w:rsidRDefault="00D8040A" w14:paraId="2B90E03A" w14:textId="72A09F1D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="216"/>
           <w:tab w:val="clear" w:pos="432"/>
           <w:tab w:val="clear" w:pos="648"/>
           <w:tab w:val="clear" w:pos="864"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1296"/>
           <w:tab w:val="clear" w:pos="1512"/>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="clear" w:pos="1944"/>
           <w:tab w:val="clear" w:pos="2376"/>
           <w:tab w:val="clear" w:pos="2592"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00D8040A" w14:paraId="5597BCFD" w14:textId="471A070E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C83N70_8dc37684f" w:id="49"/>
+      <w:bookmarkStart w:name="ns_T44C83N70_8dc37684f" w:id="50"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t>ection 44‑83‑70.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N70SA_lv1_d417d5d69" w:id="50"/>
+      <w:bookmarkStart w:name="ss_T44C83N70SA_lv1_d417d5d69" w:id="51"/>
       <w:r w:rsidR="00A616DE">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidR="00A616DE">
-        <w:t>A)(1) A nursing home may not deny a person admission to a nursing home, discharge a resident from a nursing home, or otherwise discriminate or retaliate against a person or resident because the person or resident chooses to authorize installation and use of a monitoring device.</w:t>
+        <w:t>A)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C83N70S1_lv2_c344d7be3" w:id="52"/>
+      <w:r w:rsidR="00A616DE">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidR="00A616DE">
+        <w:t>1) A nursing home may not deny a person admission to a nursing home, discharge a resident from a nursing home, or otherwise discriminate or retaliate against a person or resident because the person or resident chooses to authorize installation and use of a monitoring device.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="3DA6D229" w14:textId="4217C458">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N70S2_lv2_01596496f" w:id="51"/>
+      <w:bookmarkStart w:name="ss_T44C83N70S2_lv2_01596496f" w:id="53"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t xml:space="preserve">2) Any person who knowingly or </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>wilfully</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> violates the provisions of item (1) is subject to appropriate action by the department as set forth in regulations promulgated pursuant to this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A616DE" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="6D48239A" w14:textId="4127123E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N70SB_lv1_52a8ebf87" w:id="52"/>
+      <w:bookmarkStart w:name="ss_T44C83N70SB_lv1_52a8ebf87" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:t>B)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N70S1_lv2_0a486870e" w:id="53"/>
+      <w:bookmarkStart w:name="ss_T44C83N70S1_lv2_0a486870e" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:t xml:space="preserve">1) Except as provided in item (2), it is a violation of law for any person to intentionally hamper, obstruct, tamper with, or destroy a monitoring device or a recording made by a monitoring device installed in a nursing home pursuant to this chapter. A person who violates a provision of this item is </w:t>
       </w:r>
       <w:r w:rsidRPr="00A616DE">
         <w:t>subject to appropriate action by the department as set forth in regulations promulgated pursuant to this chapter</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00830A7C" w:rsidP="00A616DE" w:rsidRDefault="00A616DE" w14:paraId="375BC36C" w14:textId="0BF4C3CF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N70S2_lv2_e239d84cb" w:id="54"/>
+      <w:bookmarkStart w:name="ss_T44C83N70S2_lv2_e239d84cb" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:t>2) The prohibition and penalties provided in this section do not apply to the resident who owns the monitoring device or recording, or to the resident’s legal representative.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC57B9" w:rsidP="00A616DE" w:rsidRDefault="00EC57B9" w14:paraId="3AFF673B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EC57B9" w:rsidP="00EC57B9" w:rsidRDefault="00CC49E2" w14:paraId="044B5C58" w14:textId="31B530EB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C83N80_4eec3c705" w:id="55"/>
+      <w:bookmarkStart w:name="ns_T44C83N80_4eec3c705" w:id="57"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:t>ection 44‑83‑80.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N80SA_lv1_86e245060" w:id="56"/>
+      <w:bookmarkStart w:name="ss_T44C83N80SA_lv1_86e245060" w:id="58"/>
       <w:r w:rsidR="00EC57B9">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidR="00EC57B9">
         <w:t xml:space="preserve">A) If any resident of a nursing </w:t>
       </w:r>
       <w:r w:rsidR="000415E5">
         <w:t xml:space="preserve">home uses a monitoring device as allowed pursuant to this chapter, </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t xml:space="preserve">the nursing home shall maintain a </w:t>
       </w:r>
       <w:r w:rsidR="00EC57B9">
         <w:t>sign at the main entrance to alert and inform visitors. The sign must be</w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t xml:space="preserve"> maintained in a clear and conspicuous location at the main entrance and </w:t>
       </w:r>
       <w:r w:rsidR="00EC57B9">
         <w:t xml:space="preserve">in large, clearly legible type and font and bear the following words: </w:t>
       </w:r>
       <w:r w:rsidRPr="008E5E24" w:rsidR="00EC57B9">
         <w:t>“Electronic</w:t>
       </w:r>
       <w:r w:rsidR="00EC57B9">
         <w:t xml:space="preserve"> Monitoring: The rooms of some residents may be equipped with monitoring devices installed by or on behalf of the resident.”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC57B9" w:rsidP="00EC57B9" w:rsidRDefault="00EC57B9" w14:paraId="3DE6D9B9" w14:textId="71E93450">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N80SB_lv1_c7b0d1159" w:id="57"/>
+      <w:bookmarkStart w:name="ss_T44C83N80SB_lv1_c7b0d1159" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t>For any resident who uses a monitoring device as allowed pursuant to this chapter, a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> sign must be </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t xml:space="preserve">posted </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">clearly and conspicuously at the entrance of </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> resident’s room where authorized electronic monitoring is being conducted. The sign must be in large, clearly legible type and font and bear the following words</w:t>
       </w:r>
       <w:r w:rsidRPr="008E5E24">
         <w:t>: “This room</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is electronically monitored.”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E06BB" w:rsidP="00EC57B9" w:rsidRDefault="00EC57B9" w14:paraId="3D8F1FED" w14:textId="5C5E0C9A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C83N80SC_lv1_37abb0ed3" w:id="58"/>
+      <w:bookmarkStart w:name="ss_T44C83N80SC_lv1_37abb0ed3" w:id="60"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:t xml:space="preserve">C) The nursing </w:t>
       </w:r>
       <w:r w:rsidR="000415E5">
         <w:t>home</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is responsible for reasonable costs of installation and maintenance of the sign required by subsection (A). The resident or the resident’s legal representative is responsible for installing and maintaining the sign required pursuant to subsection (B), which also must be in accordance with the written policy of the nursing </w:t>
       </w:r>
       <w:r w:rsidR="00201CC0">
         <w:t>home</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC57B9" w:rsidP="00EC57B9" w:rsidRDefault="00EC57B9" w14:paraId="72208850" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EC57B9" w:rsidP="00EC57B9" w:rsidRDefault="00EC57B9" w14:paraId="2824D64C" w14:textId="5171B252">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C83N90_22de24ab2" w:id="59"/>
+      <w:bookmarkStart w:name="ns_T44C83N90_22de24ab2" w:id="61"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:t>ection 44‑83‑90.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B63B8E">
         <w:t xml:space="preserve">Any person who views an incident which a reasonable person would consider abuse or neglect after viewing a recording made in a nursing </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t>home</w:t>
       </w:r>
       <w:r w:rsidR="00B63B8E">
         <w:t xml:space="preserve"> shall report the incident to the </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t>nursing home</w:t>
       </w:r>
       <w:r w:rsidR="00B63B8E">
         <w:t xml:space="preserve"> as soon as is practicable after the viewing. The </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t xml:space="preserve">nursing home </w:t>
       </w:r>
       <w:r w:rsidR="00B63B8E">
         <w:t xml:space="preserve">must be provided with a copy of the recording in which the suspected incident of abuse or neglect occurred. If the recording must be transferred to a different format to be viewed, the </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t>nursing home</w:t>
       </w:r>
       <w:r w:rsidR="00B63B8E">
         <w:t xml:space="preserve"> shall pay all expenses associated with the transfer of the recording by a qualified professional who can certify that the contents of the recording were not altered.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A00B97" w:rsidP="00EC57B9" w:rsidRDefault="00A00B97" w14:paraId="655653BB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EC57B9" w:rsidP="00B63B8E" w:rsidRDefault="00EC57B9" w14:paraId="60B4B1B6" w14:textId="67F53365">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C83N100_900f8e793" w:id="60"/>
+      <w:bookmarkStart w:name="ns_T44C83N100_900f8e793" w:id="62"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:t>ection 44‑83‑100.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B63B8E">
         <w:t>The department shall promulgate regulations as are necessary for implementation of the provisions of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B63B8E" w:rsidP="00B63B8E" w:rsidRDefault="00B63B8E" w14:paraId="572250C6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EE6D89" w:rsidP="00EE6D89" w:rsidRDefault="00B63B8E" w14:paraId="341A5DDF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_d50b533d0" w:id="61"/>
+      <w:bookmarkStart w:name="bs_num_3_d50b533d0" w:id="63"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_671f85810" w:id="62"/>
+      <w:bookmarkStart w:name="dl_671f85810" w:id="64"/>
       <w:r w:rsidR="00EE6D89">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidR="00EE6D89">
         <w:t>ection 44‑81‑40 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EE6D89" w:rsidP="00EE6D89" w:rsidRDefault="00EE6D89" w14:paraId="1A174564" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B63B8E" w:rsidP="00EE6D89" w:rsidRDefault="00EE6D89" w14:paraId="3739254D" w14:textId="32936101">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ns_T44C81N40_431036048" w:id="63"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkStart w:name="ns_T44C81N40_431036048" w:id="65"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C81N40SQ_lv1_9defaea77" w:id="66"/>
+      <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r>
         <w:t xml:space="preserve">Q) </w:t>
       </w:r>
       <w:r w:rsidR="00262C8D">
         <w:t xml:space="preserve">Each </w:t>
       </w:r>
       <w:r w:rsidR="007D3853">
         <w:t xml:space="preserve">nursing home </w:t>
       </w:r>
       <w:r w:rsidR="00262C8D">
         <w:t xml:space="preserve">resident has the right to have a monitoring device installed in the resident’s room in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="004266DC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="004266DC" w:rsidR="004266DC">
         <w:t>Nursing Home Virtual Visitation Act, Section 44‑83‑10</w:t>
       </w:r>
       <w:r w:rsidR="00400957">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004266DC" w:rsidR="004266DC">
         <w:t xml:space="preserve"> et seq</w:t>
       </w:r>
       <w:r w:rsidR="00262C8D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00262C8D" w:rsidP="00262C8D" w:rsidRDefault="00262C8D" w14:paraId="0F8E9442" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
+      <w:bookmarkStart w:name="open_doc_here" w:id="67"/>
+      <w:bookmarkEnd w:id="67"/>
     </w:p>
     <w:p w:rsidR="00262C8D" w:rsidP="00737588" w:rsidRDefault="00262C8D" w14:paraId="329D06B2" w14:textId="265DFBE5">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_735853311" w:id="65"/>
+      <w:bookmarkStart w:name="bs_num_4_735853311" w:id="68"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_49df3b6e5" w:id="66"/>
+      <w:bookmarkStart w:name="up_49df3b6e5" w:id="69"/>
       <w:r w:rsidR="004266DC">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="69"/>
       <w:r w:rsidR="004266DC">
         <w:t>A) Within six months of the effective date of this act, e</w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t>very</w:t>
       </w:r>
       <w:r w:rsidR="004266DC">
         <w:t xml:space="preserve"> nursing home licensed by the </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t xml:space="preserve">South Carolina </w:t>
       </w:r>
       <w:r w:rsidR="004266DC">
         <w:t xml:space="preserve">Department of Public Health shall provide to each resident of the nursing home or, if applicable, </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="004266DC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t>resident’s legal representative</w:t>
       </w:r>
       <w:r w:rsidR="004266DC">
         <w:t>, a form prescribed by the department explaining the provisions of the Nursing Home Virtual Visitation Act, as enacted by SECTION 2 of this act, and giving each resident or the resident’s legal representative a choice to have a monitoring device installed in the room of the resident.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004266DC" w:rsidP="00737588" w:rsidRDefault="004266DC" w14:paraId="31AAEFA3" w14:textId="21F374BB">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_2805585d8" w:id="67"/>
+      <w:bookmarkStart w:name="up_2805585d8" w:id="70"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:t>B) E</w:t>
       </w:r>
       <w:r w:rsidR="00953132">
         <w:t>very</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> nursing home shall retain a copy of each form completed in accordance with this </w:t>
       </w:r>
       <w:r w:rsidR="00953132">
         <w:t>section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and shall make all completed forms accessible to the </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">dministrator of the </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t>South Carolina Long‑Term Care Omb</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">udsman </w:t>
       </w:r>
       <w:r w:rsidR="00575105">
         <w:t xml:space="preserve">Program </w:t>
       </w:r>
       <w:r>
         <w:t>within the Department on Aging.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00EC57B9" w:rsidP="00EC57B9" w:rsidRDefault="00EC57B9" w14:paraId="38A9A70E" w14:textId="6BDA5934">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_lastsection" w:id="68"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="69"/>
+      <w:bookmarkStart w:name="bs_num_5_lastsection" w:id="71"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="72"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -2164,160 +2296,159 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="27928A90" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="000A7F68" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="796EC3A6" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00DB709B" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00413E05">
+              <w:t>[4646]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="008354A7">
+            <w:r w:rsidR="0024347C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0330VR26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2579,52 +2710,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="180"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2678,197 +2810,203 @@
     <w:rsid w:val="00130A40"/>
     <w:rsid w:val="00131B3E"/>
     <w:rsid w:val="00136598"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="0014799D"/>
     <w:rsid w:val="00164669"/>
     <w:rsid w:val="001660D3"/>
     <w:rsid w:val="00171248"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="0019246F"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E3376"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F5D65"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00201CC0"/>
     <w:rsid w:val="0020321F"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00230613"/>
     <w:rsid w:val="00232ACF"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00241DA0"/>
+    <w:rsid w:val="0024347C"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00262C8D"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00267B1B"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B634C"/>
     <w:rsid w:val="002C3463"/>
+    <w:rsid w:val="002C4254"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D2BDC"/>
     <w:rsid w:val="002D457C"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E09B2"/>
     <w:rsid w:val="002E2F97"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="002F6331"/>
     <w:rsid w:val="00302262"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003178D4"/>
     <w:rsid w:val="00323F95"/>
     <w:rsid w:val="00337525"/>
     <w:rsid w:val="00337AFD"/>
     <w:rsid w:val="00337B51"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="0034288B"/>
     <w:rsid w:val="00347FEB"/>
     <w:rsid w:val="00352D46"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="0036046A"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00370E74"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C0FDD"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F0555"/>
     <w:rsid w:val="00400957"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="004060A5"/>
     <w:rsid w:val="00406F27"/>
+    <w:rsid w:val="00413E05"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="004266DC"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00436D38"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="0049148B"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D04FD"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
+    <w:rsid w:val="004F3FB2"/>
     <w:rsid w:val="004F6C10"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00522659"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="005446DB"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="0057419F"/>
     <w:rsid w:val="00575105"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A7BEF"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C25EB"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D03F8"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1429"/>
     <w:rsid w:val="005E1D5E"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E4C4F"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006165B0"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00622F4D"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663941"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A2963"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A5784"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B1B61"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006B4463"/>
@@ -2885,51 +3023,53 @@
     <w:rsid w:val="006E388E"/>
     <w:rsid w:val="006E4E7D"/>
     <w:rsid w:val="00705ADE"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00711B79"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00725FC0"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737588"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="007823EC"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D3853"/>
     <w:rsid w:val="007E06BB"/>
+    <w:rsid w:val="007E638B"/>
     <w:rsid w:val="007F50D1"/>
+    <w:rsid w:val="00812204"/>
     <w:rsid w:val="00813C6D"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00826587"/>
     <w:rsid w:val="00830A7C"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00834B3D"/>
     <w:rsid w:val="008354A7"/>
     <w:rsid w:val="00852516"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="00875D2B"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008944F4"/>
     <w:rsid w:val="008A2A5E"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C3E9C"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E5E24"/>
     <w:rsid w:val="008E61A1"/>
@@ -2974,87 +3114,91 @@
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F646D"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A00B97"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A178CF"/>
     <w:rsid w:val="00A17CFC"/>
     <w:rsid w:val="00A20A0C"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A616DE"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
+    <w:rsid w:val="00AA06DD"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
+    <w:rsid w:val="00AB3250"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD258C"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE22A3"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF418C"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B112DE"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B12D61"/>
     <w:rsid w:val="00B13256"/>
+    <w:rsid w:val="00B32469"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B36F31"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B5517D"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63B8E"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
+    <w:rsid w:val="00B87D6A"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA4DEF"/>
     <w:rsid w:val="00BA7F4D"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB5B40"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE13A7"/>
     <w:rsid w:val="00BE2BEC"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C00ABA"/>
     <w:rsid w:val="00C13D0C"/>
     <w:rsid w:val="00C142A4"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C20907"/>
@@ -3086,60 +3230,64 @@
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CD7FDE"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D02844"/>
     <w:rsid w:val="00D02ED3"/>
     <w:rsid w:val="00D02FAB"/>
     <w:rsid w:val="00D055FE"/>
     <w:rsid w:val="00D076EF"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14084"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D56D20"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D7713B"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D8040A"/>
+    <w:rsid w:val="00D92681"/>
     <w:rsid w:val="00D95C70"/>
     <w:rsid w:val="00DA0BDA"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
+    <w:rsid w:val="00DB709B"/>
     <w:rsid w:val="00DC44A8"/>
+    <w:rsid w:val="00DC58A7"/>
     <w:rsid w:val="00DC68E9"/>
     <w:rsid w:val="00DD5DB7"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
+    <w:rsid w:val="00DE794E"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E11DE2"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E37393"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E42B82"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E64175"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
@@ -3171,50 +3319,51 @@
     <w:rsid w:val="00F166E9"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F17E8C"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F3429D"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F6723B"/>
     <w:rsid w:val="00F73535"/>
     <w:rsid w:val="00F83244"/>
     <w:rsid w:val="00F83979"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0F2E"/>
+    <w:rsid w:val="00FA44F6"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC2ACD"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
@@ -3610,1362 +3759,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000A7F68"/>
+    <w:rsid w:val="00B32469"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4992,51 +5141,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4646&amp;session=126&amp;summary=B" TargetMode="External" Id="Re4ecaf8bb4b74329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4646_20251217.docx" TargetMode="External" Id="R5ab32efda5694b03" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4646&amp;session=126&amp;summary=B" TargetMode="External" Id="Rd261f0feb3814d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4646_20251217.docx" TargetMode="External" Id="R8fb8ad9349564e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R61a852884e7548bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R0061a84ba7dc412f" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5077,105 +5226,106 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025256"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000D0890"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00232ACF"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002B634C"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004D04FD"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00AE22A3"/>
     <w:rsid w:val="00AF418C"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D076EF"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E42B82"/>
     <w:rsid w:val="00E64175"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
@@ -5925,121 +6075,63 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...56 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6256,123 +6348,184 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>ab609ef7-98c1-46de-bca5-762332e351ff</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>14225044-e1c2-474e-807c-9c340861db96</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>b2ec6082-193a-4bce-9126-8f957638bb36</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>abf2f42d-5c87-4b5a-b59a-452c04fc07e1</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4646]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4646</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “NURSING HOME VIRTUAL VISITATION ACT” BY ADDING CHAPTER 83 TO TITLE 44 SO AS TO ALLOW RESIDENTS OF NURSING HOMES TO AUTHORIZE THE INSTALLATION AND USE OF A MONITORING DEVICE IN THEIR ROOM, WITH EXCEPTIONS; TO PROVIDE CERTAIN PROTECTIONS FROM CIVIL LIABILITY FOR CONDUCT AUTHORIZED BY THIS CHAPTER; TO REQUIRE NOTICE TO VISITORS AND OTHER RESIDENTS OF THE USE OF MONITORING DEVICES; AND FOR OTHER PURPOSES; AND BY AMENDING SECTION 44‑81‑40, RELATING TO RIGHTS OF NURSING HOME RESIDENTS, SO AS TO ADD THE RIGHT TO USE A MONITORING DEVICE AS A RIGHT FOR RESIDENTS OF NURSING HOMES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"f93a377f-96e8-4a76-bca9-cf589921e05e","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “Nursing Home Virtual Visitation Act” by adding Chapter 83 to Title 44 so as to allow residents of nursing homes to authorize the installation and use a monitoring device in their room, with exceptions; to provide certain protections from civil liability for conduct authorized by this chapter; to require notice to visitors and other residents of the use of monitoring devices; and for other purposes; ","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_eb642bbf7"},{"SectionUUID":"adb61c86-dadd-4352-8c53-39f1a308983c","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T44C83N10_7c3a537da","IsConstitutionSection":false,"Identity":"44-83-10","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C83N10S1","SubSectionBookmarkName":"ss_T44C83N10S1_lv1_81527a00b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N10S2","SubSectionBookmarkName":"ss_T44C83N10S2_lv1_cce5b9cf7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N10S3","SubSectionBookmarkName":"ss_T44C83N10S3_lv1_d3105490f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N10Sa","SubSectionBookmarkName":"ss_T44C83N10Sa_lv2_c6900e6af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N10Sb","SubSectionBookmarkName":"ss_T44C83N10Sb_lv2_16159e6f7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N10S4","SubSectionBookmarkName":"ss_T44C83N10S4_lv1_d2e2d2952","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N10S5","SubSectionBookmarkName":"ss_T44C83N10S5_lv1_469fd39ce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N10S6","SubSectionBookmarkName":"ss_T44C83N10S6_lv1_320b89ba2","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C83N20_791b651a6","IsConstitutionSection":false,"Identity":"44-83-20","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C83N20SA","SubSectionBookmarkName":"ss_T44C83N20SA_lv1_a4283fca6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N20S1","SubSectionBookmarkName":"ss_T44C83N20S1_lv2_11340b118","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N20S2","SubSectionBookmarkName":"ss_T44C83N20S2_lv2_360c729c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N20S3","SubSectionBookmarkName":"ss_T44C83N20S3_lv2_4f1cdd22a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N20S4","SubSectionBookmarkName":"ss_T44C83N20S4_lv2_873bb2572","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N20SB","SubSectionBookmarkName":"ss_T44C83N20SB_lv1_27d2c18ec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N20SC","SubSectionBookmarkName":"ss_T44C83N20SC_lv1_721cbfac1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C83N30_56c956102","IsConstitutionSection":false,"Identity":"44-83-30","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C83N30SA","SubSectionBookmarkName":"ss_T44C83N30SA_lv1_bcff9121f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N30S2","SubSectionBookmarkName":"ss_T44C83N30S2_lv2_425c2ccd6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N30SB","SubSectionBookmarkName":"ss_T44C83N30SB_lv1_0ca5b0302","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N30S1","SubSectionBookmarkName":"ss_T44C83N30S1_lv2_652e26952","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N30S2","SubSectionBookmarkName":"ss_T44C83N30S2_lv2_0d51ad138","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N30SC","SubSectionBookmarkName":"ss_T44C83N30SC_lv1_77b85cf7c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N30SD","SubSectionBookmarkName":"ss_T44C83N30SD_lv1_e0d05da77","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N30SE","SubSectionBookmarkName":"ss_T44C83N30SE_lv1_fea43767b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N30S1","SubSectionBookmarkName":"ss_T44C83N30S1_lv2_c56065d28","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C83N40_1e430b387","IsConstitutionSection":false,"Identity":"44-83-40","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C83N40SA","SubSectionBookmarkName":"ss_T44C83N40SA_lv1_9c4f19b77","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N40SB","SubSectionBookmarkName":"ss_T44C83N40SB_lv1_439d45324","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N40SC","SubSectionBookmarkName":"ss_T44C83N40SC_lv1_ce48a4f22","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C83N50_38324197d","IsConstitutionSection":false,"Identity":"44-83-50","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C83N50S1","SubSectionBookmarkName":"ss_T44C83N50S1_lv1_1b37c4255","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N50S2","SubSectionBookmarkName":"ss_T44C83N50S2_lv1_3f3c7d09f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N50S3","SubSectionBookmarkName":"ss_T44C83N50S3_lv1_faa3c86b8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N50S4","SubSectionBookmarkName":"ss_T44C83N50S4_lv1_f6fa1368a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N50S5","SubSectionBookmarkName":"ss_T44C83N50S5_lv1_49d3ad7b3","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C83N60_e26e98dc3","IsConstitutionSection":false,"Identity":"44-83-60","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C83N60SA","SubSectionBookmarkName":"ss_T44C83N60SA_lv1_d680cf167","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N60SB","SubSectionBookmarkName":"ss_T44C83N60SB_lv1_72b1eb999","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C83N70_8dc37684f","IsConstitutionSection":false,"Identity":"44-83-70","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C83N70SA","SubSectionBookmarkName":"ss_T44C83N70SA_lv1_d417d5d69","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N70S2","SubSectionBookmarkName":"ss_T44C83N70S2_lv2_01596496f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N70SB","SubSectionBookmarkName":"ss_T44C83N70SB_lv1_52a8ebf87","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N70S1","SubSectionBookmarkName":"ss_T44C83N70S1_lv2_0a486870e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N70S2","SubSectionBookmarkName":"ss_T44C83N70S2_lv2_e239d84cb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C83N70S1","SubSectionBookmarkName":"ss_T44C83N70S1_lv2_c344d7be3","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C83N80_4eec3c705","IsConstitutionSection":false,"Identity":"44-83-80","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C83N80SA","SubSectionBookmarkName":"ss_T44C83N80SA_lv1_86e245060","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N80SB","SubSectionBookmarkName":"ss_T44C83N80SB_lv1_c7b0d1159","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C83N80SC","SubSectionBookmarkName":"ss_T44C83N80SC_lv1_37abb0ed3","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C83N90_22de24ab2","IsConstitutionSection":false,"Identity":"44-83-90","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C83N100_900f8e793","IsConstitutionSection":false,"Identity":"44-83-100","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_f88025322"},{"SectionUUID":"a5a60537-cf4f-4c38-a528-1a04620ce740","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T44C81N40_431036048","IsConstitutionSection":false,"Identity":"44-81-40","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C81N40SQ","SubSectionBookmarkName":"ss_T44C81N40SQ_lv1_9defaea77","IsNewSubSection":true,"SubSectionReplacement":""}],"TitleRelatedTo":"Rights of nursing home residents","TitleSoAsTo":"add the right to use a monitoring device as a right for residents of nursing homes","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_d50b533d0"},{"SectionUUID":"76784f1a-5d09-4e6f-8358-bed42c8108a3","SectionName":"New Blank SECTION","SectionNumber":4,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_735853311"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":5,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Nursing Homes</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>9692</Characters>
+  <Pages>5</Pages>
+  <Words>1909</Words>
+  <Characters>9661</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>230</Lines>
-  <Paragraphs>82</Paragraphs>
+  <Lines>172</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11488</CharactersWithSpaces>
+  <CharactersWithSpaces>11504</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>