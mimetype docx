--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -138,72 +137,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sponsors: Rep. Cobb-Hunter</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document Path: LC-0364VR26.docx</w:t>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 3633, 3752</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Document Path: LC-0364VR26.docx</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +358,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R3e78d4f97ebd4837">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 46</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R234773eba691403d">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 46</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R07675c68d6c94d54">
+      <w:hyperlink r:id="R712af4d4e6db473d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +535,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R628f5bd3278c45a8">
+      <w:hyperlink r:id="R0c40f6c3d2124d62">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -20254,56 +20365,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00A47AB0">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6D49DC04" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="458A6908" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -20336,175 +20447,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="262D1DB1" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3B2FDEDB" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00A11565" w:rsidP="00D14995">
+      <w:p w14:paraId="3B2FDEDB" w14:textId="78D40308" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00813CC3" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="000D5856">
+              <w:t>[4649]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00130C2A">
+            <w:r w:rsidR="000D5856">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0364VR26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1143F595" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="283F597C" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20766,143 +20875,147 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="180"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="000053C0"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00013207"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000473F0"/>
     <w:rsid w:val="000475D1"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="000625A9"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00085A90"/>
+    <w:rsid w:val="00087C81"/>
     <w:rsid w:val="00097374"/>
     <w:rsid w:val="00097701"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B0064"/>
     <w:rsid w:val="000B0437"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B6879"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
+    <w:rsid w:val="000D5856"/>
     <w:rsid w:val="000D612F"/>
     <w:rsid w:val="000E0DB6"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="00115C43"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00130C2A"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="001830F5"/>
     <w:rsid w:val="001836ED"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B2AE3"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E192D"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F166D"/>
     <w:rsid w:val="002F560C"/>
@@ -20983,50 +21096,51 @@
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00555E2F"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="005876CB"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E7191"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="0065515B"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C5D9A"/>
     <w:rsid w:val="006C7E01"/>
@@ -21036,53 +21150,55 @@
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E5436"/>
     <w:rsid w:val="006F2005"/>
     <w:rsid w:val="00701D72"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00724106"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00791ADD"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D5BE7"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F50D1"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
+    <w:rsid w:val="008511BA"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="008827DD"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00890F98"/>
     <w:rsid w:val="008A54EB"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D45DC"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008E6F54"/>
     <w:rsid w:val="008F086A"/>
     <w:rsid w:val="00901BA7"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00913929"/>
     <w:rsid w:val="00915AA4"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
@@ -21715,1362 +21831,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11565"/>
+    <w:rsid w:val="00813CC3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -23097,51 +23213,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4649&amp;session=126&amp;summary=B" TargetMode="External" Id="R07675c68d6c94d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4649_20251217.docx" TargetMode="External" Id="R628f5bd3278c45a8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4649&amp;session=126&amp;summary=B" TargetMode="External" Id="R712af4d4e6db473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4649_20251217.docx" TargetMode="External" Id="R0c40f6c3d2124d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R3e78d4f97ebd4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R234773eba691403d" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -23168,118 +23284,118 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000475D1"/>
     <w:rsid w:val="000625A9"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005E7191"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F36F8E"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -24028,79 +24144,63 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -24317,188 +24417,179 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>630bd14f-7e9b-4c9f-8896-6faab98d0dc2</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-08T13:50:07.684603-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>beaf9043-6183-4a13-a9f9-1ad2de482a8b</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>26ecf3c6-4121-4e6c-98f3-ae139b6cbf3d</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>b80d5c5c-c8b8-4cf1-b3b6-7f3f7d34966e</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4649]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4649</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING ARTICLE 3 OF CHAPTER 63, TITLE 40 TO CONFORM THE “SOCIAL WORK INTERSTATE COMPACT ACT” TO THE SOCIAL WORK LICENSURE COMPACT MODEL LEGISLATION.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"dcc1e309-83da-456e-9fe0-8b2c3a6e0dbe","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C63N510_759454147","IsConstitutionSection":false,"Identity":"40-63-510","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N510SB","SubSectionBookmarkName":"ss_T40C63N510SB_lv1_966c4b049R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N510SB_lv1_966c4b049"},{"Level":2,"Identity":"T40C63N510S1","SubSectionBookmarkName":"ss_T40C63N510S1_lv2_45917f6bR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S2","SubSectionBookmarkName":"ss_T40C63N510S2_lv2_12214616R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S3","SubSectionBookmarkName":"ss_T40C63N510S3_lv2_e04a8db7R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S4","SubSectionBookmarkName":"ss_T40C63N510S4_lv2_3b611fa0R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S5","SubSectionBookmarkName":"ss_T40C63N510S5_lv2_df61bf8cR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S6","SubSectionBookmarkName":"ss_T40C63N510S6_lv2_8f3174c7R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S7","SubSectionBookmarkName":"ss_T40C63N510S7_lv2_f7fcd631R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S8","SubSectionBookmarkName":"ss_T40C63N510S8_lv2_2d1f0d10R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N510SA","SubSectionBookmarkName":"ss_T40C63N510SA_lv1_71fd61502","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N510SB","SubSectionBookmarkName":"ss_T40C63N510SB_lv1_26f298707","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S1","SubSectionBookmarkName":"ss_T40C63N510S1_lv2_9f83e4ea4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S2","SubSectionBookmarkName":"ss_T40C63N510S2_lv2_4d5b3c2ba","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S3","SubSectionBookmarkName":"ss_T40C63N510S3_lv2_b74edcfd0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S4","SubSectionBookmarkName":"ss_T40C63N510S4_lv2_7d052e94b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S5","SubSectionBookmarkName":"ss_T40C63N510S5_lv2_08be36571","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S6","SubSectionBookmarkName":"ss_T40C63N510S6_lv2_6a13b0319","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S7","SubSectionBookmarkName":"ss_T40C63N510S7_lv2_91f1e4bb9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S8","SubSectionBookmarkName":"ss_T40C63N510S8_lv2_2117a5c95","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N510S9","SubSectionBookmarkName":"ss_T40C63N510S9_lv2_57458fdc3","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Purpose","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N520_13f61d686","IsConstitutionSection":false,"Identity":"40-63-520","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N520S1","SubSectionBookmarkName":"ss_T40C63N520S1_lv1_a3dcaa14R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S2","SubSectionBookmarkName":"ss_T40C63N520S2_lv1_2462f934R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S3","SubSectionBookmarkName":"ss_T40C63N520S3_lv1_9183a98fR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S4","SubSectionBookmarkName":"ss_T40C63N520S4_lv1_2c897dd8R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S5","SubSectionBookmarkName":"ss_T40C63N520S5_lv1_36266a19R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N520Sa","SubSectionBookmarkName":"ss_T40C63N520Sa_lv2_843a6619R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N520Sb","SubSectionBookmarkName":"ss_T40C63N520Sb_lv2_0f9b3a52R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S6","SubSectionBookmarkName":"ss_T40C63N520S6_lv1_7eace138R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S7","SubSectionBookmarkName":"ss_T40C63N520S7_lv1_0a0f8956R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S8","SubSectionBookmarkName":"ss_T40C63N520S8_lv1_fc6f44aaR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S9","SubSectionBookmarkName":"ss_T40C63N520S9_lv1_097f9e4fR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S10","SubSectionBookmarkName":"ss_T40C63N520S10_lv1_dc260118R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S11","SubSectionBookmarkName":"ss_T40C63N520S11_lv1_889b550eR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S12","SubSectionBookmarkName":"ss_T40C63N520S12_lv1_4cb48225R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S13","SubSectionBookmarkName":"ss_T40C63N520S13_lv1_7267db41R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S14","SubSectionBookmarkName":"ss_T40C63N520S14_lv1_170a80f4R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S15","SubSectionBookmarkName":"ss_T40C63N520S15_lv1_9a42275bR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S16","SubSectionBookmarkName":"ss_T40C63N520S16_lv1_6b96d99dR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S17","SubSectionBookmarkName":"ss_T40C63N520S17_lv1_5015d8f6R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S18","SubSectionBookmarkName":"ss_T40C63N520S18_lv1_d5edb591R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S19","SubSectionBookmarkName":"ss_T40C63N520S19_lv1_66ad46ddR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S20","SubSectionBookmarkName":"ss_T40C63N520S20_lv1_ce37c81aR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S21","SubSectionBookmarkName":"ss_T40C63N520S21_lv1_11c1cccdR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S22","SubSectionBookmarkName":"ss_T40C63N520S22_lv1_425a12d4R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S23","SubSectionBookmarkName":"ss_T40C63N520S23_lv1_609b1b4eR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S24","SubSectionBookmarkName":"ss_T40C63N520S24_lv1_2d60a011R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S25","SubSectionBookmarkName":"ss_T40C63N520S25_lv1_72406166R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S26","SubSectionBookmarkName":"ss_T40C63N520S26_lv1_fec9e047R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S1","SubSectionBookmarkName":"ss_T40C63N520S1_lv1_e26f724c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S2","SubSectionBookmarkName":"ss_T40C63N520S2_lv1_b7405d264","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S3","SubSectionBookmarkName":"ss_T40C63N520S3_lv1_f9cb69a4b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S4","SubSectionBookmarkName":"ss_T40C63N520S4_lv1_1f3ff4a1a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S5","SubSectionBookmarkName":"ss_T40C63N520S5_lv1_7d288f7dd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S6","SubSectionBookmarkName":"ss_T40C63N520S6_lv1_df9514d72","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N520Sa","SubSectionBookmarkName":"ss_T40C63N520Sa_lv2_e5de4f9ec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N520Sb","SubSectionBookmarkName":"ss_T40C63N520Sb_lv2_b9e70895b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S7","SubSectionBookmarkName":"ss_T40C63N520S7_lv1_7d92440fe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S8","SubSectionBookmarkName":"ss_T40C63N520S8_lv1_9865d8fdc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S9","SubSectionBookmarkName":"ss_T40C63N520S9_lv1_e767e4ebc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S10","SubSectionBookmarkName":"ss_T40C63N520S10_lv1_50a4c42ae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S11","SubSectionBookmarkName":"ss_T40C63N520S11_lv1_d4920e272","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S12","SubSectionBookmarkName":"ss_T40C63N520S12_lv1_6672107c5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S13","SubSectionBookmarkName":"ss_T40C63N520S13_lv1_60d16267a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S14","SubSectionBookmarkName":"ss_T40C63N520S14_lv1_e635e7753","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S15","SubSectionBookmarkName":"ss_T40C63N520S15_lv1_7f95f2977","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S16","SubSectionBookmarkName":"ss_T40C63N520S16_lv1_e20d272f9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S17","SubSectionBookmarkName":"ss_T40C63N520S17_lv1_7a2b7d8bb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S18","SubSectionBookmarkName":"ss_T40C63N520S18_lv1_4ef71f90a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S19","SubSectionBookmarkName":"ss_T40C63N520S19_lv1_3a7b50ba5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S20","SubSectionBookmarkName":"ss_T40C63N520S20_lv1_af59388c3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S21","SubSectionBookmarkName":"ss_T40C63N520S21_lv1_5343dc8f1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S22","SubSectionBookmarkName":"ss_T40C63N520S22_lv1_68e1cd255","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S23","SubSectionBookmarkName":"ss_T40C63N520S23_lv1_4bfda7933","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S24","SubSectionBookmarkName":"ss_T40C63N520S24_lv1_9ddc5556f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S25","SubSectionBookmarkName":"ss_T40C63N520S25_lv1_3a7d9b911","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N520S26","SubSectionBookmarkName":"ss_T40C63N520S26_lv1_dc560dc8f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Definitions","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N530_cd1371d34","IsConstitutionSection":false,"Identity":"40-63-530","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N530SB","SubSectionBookmarkName":"ss_T40C63N530SB_lv1_82dcca7aeR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N530SB_lv1_82dcca7ae"},{"Level":1,"Identity":"T40C63N530SC","SubSectionBookmarkName":"ss_T40C63N530SC_lv1_ae6227cb0R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N530SC_lv1_ae6227cb0"},{"Level":2,"Identity":"T40C63N530SA","SubSectionBookmarkName":"ss_T40C63N530SA_lv2_3279f38f6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S1","SubSectionBookmarkName":"ss_T40C63N530S1_lv1_5629dec4R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S2","SubSectionBookmarkName":"ss_T40C63N530S2_lv1_ffe8996dR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S3","SubSectionBookmarkName":"ss_T40C63N530S3_lv1_cd30b962R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S4","SubSectionBookmarkName":"ss_T40C63N530S4_lv1_97e4bfbeR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S5","SubSectionBookmarkName":"ss_T40C63N530S5_lv1_ddb0237cR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S1","SubSectionBookmarkName":"ss_T40C63N530S1_lv1_345873faR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S2","SubSectionBookmarkName":"ss_T40C63N530S2_lv1_fb63743cR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S3","SubSectionBookmarkName":"ss_T40C63N530S3_lv1_362f4091R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N530Sa","SubSectionBookmarkName":"ss_T40C63N530Sa_lv2_9f62b535R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N530Sb","SubSectionBookmarkName":"ss_T40C63N530Sb_lv2_2cf46d23R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S4","SubSectionBookmarkName":"ss_T40C63N530S4_lv1_9484227eR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S5","SubSectionBookmarkName":"ss_T40C63N530S5_lv1_44fc8bd8R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S6","SubSectionBookmarkName":"ss_T40C63N530S6_lv1_8b60a762R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S7","SubSectionBookmarkName":"ss_T40C63N530S7_lv1_5459c5b8R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S1","SubSectionBookmarkName":"ss_T40C63N530S1_lv1_f2f1196d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S2","SubSectionBookmarkName":"ss_T40C63N530S2_lv1_84b0f2e52","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N530Sa","SubSectionBookmarkName":"ss_T40C63N530Sa_lv2_961f6d1a0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N530Sb","SubSectionBookmarkName":"ss_T40C63N530Sb_lv2_86678f52e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N530Si","SubSectionBookmarkName":"ss_T40C63N530Si_lv3_3ba7bd4c7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N530Sii","SubSectionBookmarkName":"ss_T40C63N530Sii_lv3_fc64812b4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N530Sc","SubSectionBookmarkName":"ss_T40C63N530Sc_lv2_38ebd01b5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S3","SubSectionBookmarkName":"ss_T40C63N530S3_lv1_4db4fb7d6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S4","SubSectionBookmarkName":"ss_T40C63N530S4_lv1_c44856e04","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N530SB","SubSectionBookmarkName":"ss_T40C63N530SB_lv2_8efda2748","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S1","SubSectionBookmarkName":"ss_T40C63N530S1_lv1_ee1ef3d6c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S2","SubSectionBookmarkName":"ss_T40C63N530S2_lv1_b289b9a21","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S3","SubSectionBookmarkName":"ss_T40C63N530S3_lv1_f07a8123c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S4","SubSectionBookmarkName":"ss_T40C63N530S4_lv1_831eabc54","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S5","SubSectionBookmarkName":"ss_T40C63N530S5_lv1_b2c916890","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S6","SubSectionBookmarkName":"ss_T40C63N530S6_lv1_cc3269c7c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S7","SubSectionBookmarkName":"ss_T40C63N530S7_lv1_60306df22","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N530S8","SubSectionBookmarkName":"ss_T40C63N530S8_lv1_052d91b80","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N530SC","SubSectionBookmarkName":"ss_T40C63N530SC_lv2_3d9f2b360","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N530SD","SubSectionBookmarkName":"ss_T40C63N530SD_lv2_b617f07e6","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Participation eligibility and membership","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N540_60f88a631","IsConstitutionSection":false,"Identity":"40-63-540","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N540SB","SubSectionBookmarkName":"ss_T40C63N540SB_lv1_e92d9f908R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N540SB_lv1_e92d9f908"},{"Level":1,"Identity":"T40C63N540SC","SubSectionBookmarkName":"ss_T40C63N540SC_lv1_3244023d0R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N540SC_lv1_3244023d0"},{"Level":1,"Identity":"T40C63N540SD","SubSectionBookmarkName":"ss_T40C63N540SD_lv1_318b69853R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N540SD_lv1_318b69853"},{"Level":1,"Identity":"T40C63N540SE","SubSectionBookmarkName":"ss_T40C63N540SE_lv1_ca8e905bdR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N540SE_lv1_ca8e905bd"},{"Level":1,"Identity":"T40C63N540SF","SubSectionBookmarkName":"ss_T40C63N540SF_lv1_ea6c6e933R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N540SF_lv1_ea6c6e933"},{"Level":1,"Identity":"T40C63N540SG","SubSectionBookmarkName":"ss_T40C63N540SG_lv1_faaac5f27R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N540SG_lv1_faaac5f27"},{"Level":1,"Identity":"T40C63N540SH","SubSectionBookmarkName":"ss_T40C63N540SH_lv1_7bcd49f1dR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N540SH_lv1_7bcd49f1d"},{"Level":2,"Identity":"T40C63N540SA","SubSectionBookmarkName":"ss_T40C63N540SA_lv2_427d9c779","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S1","SubSectionBookmarkName":"ss_T40C63N540S1_lv1_07b789c0R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S2","SubSectionBookmarkName":"ss_T40C63N540S2_lv1_f9e430bfR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S3","SubSectionBookmarkName":"ss_T40C63N540S3_lv1_108b2779R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S4","SubSectionBookmarkName":"ss_T40C63N540S4_lv1_ff326e95R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S5","SubSectionBookmarkName":"ss_T40C63N540S5_lv1_82cfc350R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S6","SubSectionBookmarkName":"ss_T40C63N540S6_lv1_ff4c27a0R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S1","SubSectionBookmarkName":"ss_T40C63N540S1_lv1_b5454edaR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S2","SubSectionBookmarkName":"ss_T40C63N540S2_lv1_4b839929R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S3","SubSectionBookmarkName":"ss_T40C63N540S3_lv1_da122b55R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S1","SubSectionBookmarkName":"ss_T40C63N540S1_lv1_247cb37dR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S2","SubSectionBookmarkName":"ss_T40C63N540S2_lv1_cc7a2361R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S1","SubSectionBookmarkName":"ss_T40C63N540S1_lv1_8cb7e2e4R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S2","SubSectionBookmarkName":"ss_T40C63N540S2_lv1_29351fffR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S1","SubSectionBookmarkName":"ss_T40C63N540S1_lv1_828c7bed7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S2","SubSectionBookmarkName":"ss_T40C63N540S2_lv1_b77d9756f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S3","SubSectionBookmarkName":"ss_T40C63N540S3_lv1_4713c4b8b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S4","SubSectionBookmarkName":"ss_T40C63N540S4_lv1_18dc2a6c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S5","SubSectionBookmarkName":"ss_T40C63N540S5_lv1_d66c390f8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S6","SubSectionBookmarkName":"ss_T40C63N540S6_lv1_8e96e5602","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N540SB","SubSectionBookmarkName":"ss_T40C63N540SB_lv2_4acf61c6f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S1","SubSectionBookmarkName":"ss_T40C63N540S1_lv1_98e33808e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N540Sa","SubSectionBookmarkName":"ss_T40C63N540Sa_lv2_ecce1d041","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N540Sb","SubSectionBookmarkName":"ss_T40C63N540Sb_lv2_b5322c98d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N540Sc","SubSectionBookmarkName":"ss_T40C63N540Sc_lv2_fd290c399","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N540S2","SubSectionBookmarkName":"ss_T40C63N540S2_lv1_3d01d9d69","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N540Sa","SubSectionBookmarkName":"ss_T40C63N540Sa_lv2_90500dc25","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N540Sb","SubSectionBookmarkName":"ss_T40C63N540Sb_lv2_ad852aaa2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N540Si","SubSectionBookmarkName":"ss_T40C63N540Si_lv3_4a3abb9c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N540Sii","SubSectionBookmarkName":"ss_T40C63N540Sii_lv3_6d1501a28","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T40C63N540S3","SubSectionBookmarkName":"ss_T40C63N540S3_lv4_7b4305226","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T40C63N540Sa","SubSectionBookmarkName":"ss_T40C63N540Sa_lv5_41e14d293","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T40C63N540Sb","SubSectionBookmarkName":"ss_T40C63N540Sb_lv5_ed397fa04","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T40C63N540Sc","SubSectionBookmarkName":"ss_T40C63N540Sc_lv5_58d325f60","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":6,"Identity":"T40C63N540SC","SubSectionBookmarkName":"ss_T40C63N540SC_lv6_54155cd63","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T40C63N540S1","SubSectionBookmarkName":"ss_T40C63N540S1_lv4_558c2d1e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T40C63N540Sa","SubSectionBookmarkName":"ss_T40C63N540Sa_lv5_f573bf42e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T40C63N540Sb","SubSectionBookmarkName":"ss_T40C63N540Sb_lv5_d7e51fd56","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T40C63N540Sc","SubSectionBookmarkName":"ss_T40C63N540Sc_lv5_209906158","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T40C63N540S2","SubSectionBookmarkName":"ss_T40C63N540S2_lv4_fd1533d7d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T40C63N540Sa","SubSectionBookmarkName":"ss_T40C63N540Sa_lv5_3e3087fc6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T40C63N540Sb","SubSectionBookmarkName":"ss_T40C63N540Sb_lv5_74e99f224","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":6,"Identity":"T40C63N540Si","SubSectionBookmarkName":"ss_T40C63N540Si_lv6_d779f3476","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T40C63N540Sii","SubSectionBookmarkName":"ss_T40C63N540Sii_lv5_d1e27a55b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":6,"Identity":"T40C63N540SD","SubSectionBookmarkName":"ss_T40C63N540SD_lv6_88e53004c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":7,"Identity":"T40C63N540S1","SubSectionBookmarkName":"ss_T40C63N540S1_lv7_38c1ec960","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":8,"Identity":"T40C63N540Sa","SubSectionBookmarkName":"ss_T40C63N540Sa_lv8_9a030dd4f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":8,"Identity":"T40C63N540Sb","SubSectionBookmarkName":"ss_T40C63N540Sb_lv8_cb4eeab7b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":8,"Identity":"T40C63N540Sc","SubSectionBookmarkName":"ss_T40C63N540Sc_lv8_3ad6863f5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":7,"Identity":"T40C63N540S2","SubSectionBookmarkName":"ss_T40C63N540S2_lv7_f9bcb9260","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":8,"Identity":"T40C63N540Sa","SubSectionBookmarkName":"ss_T40C63N540Sa_lv8_3b197cfd1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":8,"Identity":"T40C63N540Sb","SubSectionBookmarkName":"ss_T40C63N540Sb_lv8_38ecc769e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":9,"Identity":"T40C63N540Si","SubSectionBookmarkName":"ss_T40C63N540Si_lv9_9c1e30d08","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":8,"Identity":"T40C63N540Sii","SubSectionBookmarkName":"ss_T40C63N540Sii_lv8_423074a96","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":6,"Identity":"T40C63N540SE","SubSectionBookmarkName":"ss_T40C63N540SE_lv6_a1124e6ea","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":6,"Identity":"T40C63N540SF","SubSectionBookmarkName":"ss_T40C63N540SF_lv6_84c8954e4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":6,"Identity":"T40C63N540SG","SubSectionBookmarkName":"ss_T40C63N540SG_lv6_d00dc473f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":6,"Identity":"T40C63N540SH","SubSectionBookmarkName":"ss_T40C63N540SH_lv6_33f3dc55e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Eligibility for licensure","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N550_e6cee9d8a","IsConstitutionSection":false,"Identity":"40-63-550","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N550SB","SubSectionBookmarkName":"ss_T40C63N550SB_lv1_2bfbd11dbR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N550SB_lv1_2bfbd11db"},{"Level":1,"Identity":"T40C63N550SC","SubSectionBookmarkName":"ss_T40C63N550SC_lv1_82b826d44R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N550SC_lv1_82b826d44"},{"Level":1,"Identity":"T40C63N550SD","SubSectionBookmarkName":"ss_T40C63N550SD_lv1_080f7071fR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N550SD_lv1_080f7071f"},{"Level":1,"Identity":"T40C63N550SA","SubSectionBookmarkName":"ss_T40C63N550SA_lv1_9bc1f9e41","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N550S1","SubSectionBookmarkName":"ss_T40C63N550S1_lv2_c3198945R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N550S2","SubSectionBookmarkName":"ss_T40C63N550S2_lv2_283ea25eR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N550Si","SubSectionBookmarkName":"ss_T40C63N550Si_lv3_87ddde7dR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N550Sii","SubSectionBookmarkName":"ss_T40C63N550Sii_lv3_b68d80b9R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N550Siii","SubSectionBookmarkName":"ss_T40C63N550Siii_lv3_f5e53a67R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N550S3","SubSectionBookmarkName":"ss_T40C63N550S3_lv2_2997c406R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N550S4","SubSectionBookmarkName":"ss_T40C63N550S4_lv2_dc956339R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N550S5","SubSectionBookmarkName":"ss_T40C63N550S5_lv2_03e18153R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N550SB","SubSectionBookmarkName":"ss_T40C63N550SB_lv1_987199ca5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N550SC","SubSectionBookmarkName":"ss_T40C63N550SC_lv1_10e577a61","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N550SD","SubSectionBookmarkName":"ss_T40C63N550SD_lv1_5a14e08c3","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Multistate authorization to practice","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N560_bcf34795b","IsConstitutionSection":false,"Identity":"40-63-560","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N560SA","SubSectionBookmarkName":"ss_T40C63N560SA_lv1_f0c58c5d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N560SB","SubSectionBookmarkName":"ss_T40C63N560SB_lv1_5f0ec289c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N560SC","SubSectionBookmarkName":"ss_T40C63N560SC_lv1_717585b70","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N560SD","SubSectionBookmarkName":"ss_T40C63N560SD_lv1_dce857c28","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N560SE","SubSectionBookmarkName":"ss_T40C63N560SE_lv1_8f61ed7ed","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Active duty military personnel and spouses;  home state","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N570_a1409c2fb","IsConstitutionSection":false,"Identity":"40-63-570","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N570SB","SubSectionBookmarkName":"ss_T40C63N570SB_lv1_0a13dc76eR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N570SB_lv1_0a13dc76e"},{"Level":1,"Identity":"T40C63N570SC","SubSectionBookmarkName":"ss_T40C63N570SC_lv1_1eba07103R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N570SC_lv1_1eba07103"},{"Level":1,"Identity":"T40C63N570SD","SubSectionBookmarkName":"ss_T40C63N570SD_lv1_b0711dea0R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N570SD_lv1_b0711dea0"},{"Level":1,"Identity":"T40C63N570SE","SubSectionBookmarkName":"ss_T40C63N570SE_lv1_3b55617f3R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N570SE_lv1_3b55617f3"},{"Level":1,"Identity":"T40C63N570SF","SubSectionBookmarkName":"ss_T40C63N570SF_lv1_78a1fd367R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N570SF_lv1_78a1fd367"},{"Level":1,"Identity":"T40C63N570SG","SubSectionBookmarkName":"ss_T40C63N570SG_lv1_24e51a458R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N570SG_lv1_24e51a458"},{"Level":1,"Identity":"T40C63N570SH","SubSectionBookmarkName":"ss_T40C63N570SH_lv1_46ed6a874R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N570SH_lv1_46ed6a874"},{"Level":2,"Identity":"T40C63N570SA","SubSectionBookmarkName":"ss_T40C63N570SA_lv2_fd73719fd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N570S1","SubSectionBookmarkName":"ss_T40C63N570S1_lv1_258dd028R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N570S2","SubSectionBookmarkName":"ss_T40C63N570S2_lv1_48537ca7R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N570S1","SubSectionBookmarkName":"ss_T40C63N570S1_lv1_4279248bR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N570S2","SubSectionBookmarkName":"ss_T40C63N570S2_lv1_e3c2d99bR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N570SB","SubSectionBookmarkName":"ss_T40C63N570SB_lv2_5630182c9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N570S1","SubSectionBookmarkName":"ss_T40C63N570S1_lv1_4ec971f6b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N570S2","SubSectionBookmarkName":"ss_T40C63N570S2_lv1_b5feeef37","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N570S3","SubSectionBookmarkName":"ss_T40C63N570S3_lv1_85819331f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N570S4","SubSectionBookmarkName":"ss_T40C63N570S4_lv1_e77ed2222","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N570S5","SubSectionBookmarkName":"ss_T40C63N570S5_lv1_c21e71a92","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N570SC","SubSectionBookmarkName":"ss_T40C63N570SC_lv2_d23b1ac44","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N570SD","SubSectionBookmarkName":"ss_T40C63N570SD_lv2_64b2dce8d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N570SE","SubSectionBookmarkName":"ss_T40C63N570SE_lv2_248d6c6bd","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Authority of remote states","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N580_4805d530a","IsConstitutionSection":false,"Identity":"40-63-580","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N580SB","SubSectionBookmarkName":"ss_T40C63N580SB_lv1_b5b9befceR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N580SB_lv1_b5b9befce"},{"Level":1,"Identity":"T40C63N580SC","SubSectionBookmarkName":"ss_T40C63N580SC_lv1_7306cef54R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N580SC_lv1_7306cef54"},{"Level":1,"Identity":"T40C63N580SD","SubSectionBookmarkName":"ss_T40C63N580SD_lv1_5e44f0bfbR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N580SD_lv1_5e44f0bfb"},{"Level":1,"Identity":"T40C63N580SE","SubSectionBookmarkName":"ss_T40C63N580SE_lv1_9d5baf50eR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N580SE_lv1_9d5baf50e"},{"Level":1,"Identity":"T40C63N580SF","SubSectionBookmarkName":"ss_T40C63N580SF_lv1_7537abc8aR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N580SF_lv1_7537abc8a"},{"Level":1,"Identity":"T40C63N580SG","SubSectionBookmarkName":"ss_T40C63N580SG_lv1_243145fc5R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N580SG_lv1_243145fc5"},{"Level":1,"Identity":"T40C63N580SH","SubSectionBookmarkName":"ss_T40C63N580SH_lv1_776828cefR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N580SH_lv1_776828cef"},{"Level":2,"Identity":"T40C63N580S1","SubSectionBookmarkName":"ss_T40C63N580S1_lv2_63add1b4R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S2","SubSectionBookmarkName":"ss_T40C63N580S2_lv2_61a17c7eR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sa","SubSectionBookmarkName":"ss_T40C63N580Sa_lv3_cab68fc6R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sb","SubSectionBookmarkName":"ss_T40C63N580Sb_lv3_a75e4853R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S3","SubSectionBookmarkName":"ss_T40C63N580S3_lv2_7cbf3c89R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S4","SubSectionBookmarkName":"ss_T40C63N580S4_lv2_96f6a6d7R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S5","SubSectionBookmarkName":"ss_T40C63N580S5_lv2_6f916f23R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S6","SubSectionBookmarkName":"ss_T40C63N580S6_lv2_4f64a55fR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S7","SubSectionBookmarkName":"ss_T40C63N580S7_lv2_9dc7b59dR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S8","SubSectionBookmarkName":"ss_T40C63N580S8_lv2_819b1b06R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S1","SubSectionBookmarkName":"ss_T40C63N580S1_lv2_6d3f9b8eR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S2","SubSectionBookmarkName":"ss_T40C63N580S2_lv2_019f7cd2R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S3","SubSectionBookmarkName":"ss_T40C63N580S3_lv2_cdd72404R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S4","SubSectionBookmarkName":"ss_T40C63N580S4_lv2_741ad458R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S5","SubSectionBookmarkName":"ss_T40C63N580S5_lv2_6a7e9fdbR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S6","SubSectionBookmarkName":"ss_T40C63N580S6_lv2_1abcdd3aR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S7","SubSectionBookmarkName":"ss_T40C63N580S7_lv2_6c1ef0c5R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S8","SubSectionBookmarkName":"ss_T40C63N580S8_lv2_ebb3ebb9R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S9","SubSectionBookmarkName":"ss_T40C63N580S9_lv2_7f5c6a0aR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S10","SubSectionBookmarkName":"ss_T40C63N580S10_lv2_03b5cc1cR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S11","SubSectionBookmarkName":"ss_T40C63N580S11_lv2_2654d7e9R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S12","SubSectionBookmarkName":"ss_T40C63N580S12_lv2_58318166R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S13","SubSectionBookmarkName":"ss_T40C63N580S13_lv2_a8e76b89R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S14","SubSectionBookmarkName":"ss_T40C63N580S14_lv2_46cd7d97R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S15","SubSectionBookmarkName":"ss_T40C63N580S15_lv2_3f17f619R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S16","SubSectionBookmarkName":"ss_T40C63N580S16_lv2_d2d60d90R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S17","SubSectionBookmarkName":"ss_T40C63N580S17_lv2_cfe3a95bR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S18","SubSectionBookmarkName":"ss_T40C63N580S18_lv2_0945dd4dR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S19","SubSectionBookmarkName":"ss_T40C63N580S19_lv2_41a734bdR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S20","SubSectionBookmarkName":"ss_T40C63N580S20_lv2_258dbab6R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S21","SubSectionBookmarkName":"ss_T40C63N580S21_lv2_8d1a8c2dR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S22","SubSectionBookmarkName":"ss_T40C63N580S22_lv2_51202ffbR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S1","SubSectionBookmarkName":"ss_T40C63N580S1_lv2_9fd46762R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sa","SubSectionBookmarkName":"ss_T40C63N580Sa_lv3_aeedeb7cR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sb","SubSectionBookmarkName":"ss_T40C63N580Sb_lv3_4eb5c4d0R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sc","SubSectionBookmarkName":"ss_T40C63N580Sc_lv3_c74c9e1dR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sd","SubSectionBookmarkName":"ss_T40C63N580Sd_lv3_6752beb6R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Se","SubSectionBookmarkName":"ss_T40C63N580Se_lv3_e84fca58R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sf","SubSectionBookmarkName":"ss_T40C63N580Sf_lv3_e60453b6R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sg","SubSectionBookmarkName":"ss_T40C63N580Sg_lv3_b94ab7e3R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sh","SubSectionBookmarkName":"ss_T40C63N580Sh_lv3_2a7dd8a6R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Si","SubSectionBookmarkName":"ss_T40C63N580Si_lv3_cf00db4cR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S2","SubSectionBookmarkName":"ss_T40C63N580S2_lv2_b2333796R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sa","SubSectionBookmarkName":"ss_T40C63N580Sa_lv3_0e8bfd08R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sb","SubSectionBookmarkName":"ss_T40C63N580Sb_lv3_cbe7cd3cR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sc","SubSectionBookmarkName":"ss_T40C63N580Sc_lv3_e889ed0fR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sd","SubSectionBookmarkName":"ss_T40C63N580Sd_lv3_173cd374R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S3","SubSectionBookmarkName":"ss_T40C63N580S3_lv2_cd015a45R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S4","SubSectionBookmarkName":"ss_T40C63N580S4_lv2_cf608d44R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sa","SubSectionBookmarkName":"ss_T40C63N580Sa_lv3_5b659fb1R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sb","SubSectionBookmarkName":"ss_T40C63N580Sb_lv3_a2d693e5R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sc","SubSectionBookmarkName":"ss_T40C63N580Sc_lv3_7c86cde2R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S1","SubSectionBookmarkName":"ss_T40C63N580S1_lv2_5ea3cbddR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sa","SubSectionBookmarkName":"ss_T40C63N580Sa_lv3_2aa4710bR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sb","SubSectionBookmarkName":"ss_T40C63N580Sb_lv3_86fb4b58R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S2","SubSectionBookmarkName":"ss_T40C63N580S2_lv2_e90983daR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sa","SubSectionBookmarkName":"ss_T40C63N580Sa_lv3_8e1bd858R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sb","SubSectionBookmarkName":"ss_T40C63N580Sb_lv3_92e19bd7R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sc","SubSectionBookmarkName":"ss_T40C63N580Sc_lv3_73bfe945R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sd","SubSectionBookmarkName":"ss_T40C63N580Sd_lv3_563e310bR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Se","SubSectionBookmarkName":"ss_T40C63N580Se_lv3_83075744R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sf","SubSectionBookmarkName":"ss_T40C63N580Sf_lv3_5d5df972R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sg","SubSectionBookmarkName":"ss_T40C63N580Sg_lv3_a26cdc7eR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sh","SubSectionBookmarkName":"ss_T40C63N580Sh_lv3_f637df86R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Si","SubSectionBookmarkName":"ss_T40C63N580Si_lv3_96bb5710R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sj","SubSectionBookmarkName":"ss_T40C63N580Sj_lv3_f262cd3cR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sk","SubSectionBookmarkName":"ss_T40C63N580Sk_lv3_27b111b0R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N580Sl","SubSectionBookmarkName":"ss_T40C63N580Sl_lv3_954feb43R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S3","SubSectionBookmarkName":"ss_T40C63N580S3_lv2_f04724bfR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S4","SubSectionBookmarkName":"ss_T40C63N580S4_lv2_1294a18bR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S1","SubSectionBookmarkName":"ss_T40C63N580S1_lv2_b89e2f40R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S2","SubSectionBookmarkName":"ss_T40C63N580S2_lv2_879306d6R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S3","SubSectionBookmarkName":"ss_T40C63N580S3_lv2_930f8021R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S4","SubSectionBookmarkName":"ss_T40C63N580S4_lv2_80176d68R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S5","SubSectionBookmarkName":"ss_T40C63N580S5_lv2_c3ff4674R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S1","SubSectionBookmarkName":"ss_T40C63N580S1_lv2_4e7bf4efR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S2","SubSectionBookmarkName":"ss_T40C63N580S2_lv2_717ed98bR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S3","SubSectionBookmarkName":"ss_T40C63N580S3_lv2_f5ffc7daR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S4","SubSectionBookmarkName":"ss_T40C63N580S4_lv2_495e6646R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N580S5","SubSectionBookmarkName":"ss_T40C63N580S5_lv2_bdc42cbcR","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Social Work Compact Commission","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N590_e4bba1015","IsConstitutionSection":false,"Identity":"40-63-590","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N590SB","SubSectionBookmarkName":"ss_T40C63N590SB_lv1_e318cd948R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N590SB_lv1_e318cd948"},{"Level":1,"Identity":"T40C63N590SC","SubSectionBookmarkName":"ss_T40C63N590SC_lv1_6d0b7a477R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N590SC_lv1_6d0b7a477"},{"Level":1,"Identity":"T40C63N590SD","SubSectionBookmarkName":"ss_T40C63N590SD_lv1_ba6926effR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N590SD_lv1_ba6926eff"},{"Level":1,"Identity":"T40C63N590SE","SubSectionBookmarkName":"ss_T40C63N590SE_lv1_3c56c6cf9R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N590SE_lv1_3c56c6cf9"},{"Level":1,"Identity":"T40C63N590SF","SubSectionBookmarkName":"ss_T40C63N590SF_lv1_3e4c1dc4bR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N590SF_lv1_3e4c1dc4b"},{"Level":1,"Identity":"T40C63N590SA","SubSectionBookmarkName":"ss_T40C63N590SA_lv1_5e57f4659","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S1","SubSectionBookmarkName":"ss_T40C63N590S1_lv2_9bfe7a29R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S2","SubSectionBookmarkName":"ss_T40C63N590S2_lv2_f310c55eR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S3","SubSectionBookmarkName":"ss_T40C63N590S3_lv2_02bdb86dR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S4","SubSectionBookmarkName":"ss_T40C63N590S4_lv2_028645ccR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S5","SubSectionBookmarkName":"ss_T40C63N590S5_lv2_c83b64a3R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S6","SubSectionBookmarkName":"ss_T40C63N590S6_lv2_ac05dfafR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S7","SubSectionBookmarkName":"ss_T40C63N590S7_lv2_45fcc8c6R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S1","SubSectionBookmarkName":"ss_T40C63N590S1_lv2_8d3f8c039","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S2","SubSectionBookmarkName":"ss_T40C63N590S2_lv2_655fddab2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N590SB","SubSectionBookmarkName":"ss_T40C63N590SB_lv1_f80284197","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N590SC","SubSectionBookmarkName":"ss_T40C63N590SC_lv1_d1e238bc6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N590SD","SubSectionBookmarkName":"ss_T40C63N590SD_lv1_e8ca56b65","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N590SE","SubSectionBookmarkName":"ss_T40C63N590SE_lv1_8dfce875a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N590SF","SubSectionBookmarkName":"ss_T40C63N590SF_lv1_50d6cb8e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S1","SubSectionBookmarkName":"ss_T40C63N590S1_lv2_aa0f4f551","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N590S2","SubSectionBookmarkName":"ss_T40C63N590S2_lv2_71d764810","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N590SG","SubSectionBookmarkName":"ss_T40C63N590SG_lv1_b8780705e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N590SH","SubSectionBookmarkName":"ss_T40C63N590SH_lv1_a6cf4aeef","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N590SI","SubSectionBookmarkName":"ss_T40C63N590SI_lv1_7833037c5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N590SJ","SubSectionBookmarkName":"ss_T40C63N590SJ_lv1_5f90dec45","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Coordinated database and reporting system","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N600_01c3688d0","IsConstitutionSection":false,"Identity":"40-63-600","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N600SB","SubSectionBookmarkName":"ss_T40C63N600SB_lv1_5d1dc92e2R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SB_lv1_5d1dc92e2"},{"Level":1,"Identity":"T40C63N600SC","SubSectionBookmarkName":"ss_T40C63N600SC_lv1_a84a5f66eR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SC_lv1_a84a5f66e"},{"Level":1,"Identity":"T40C63N600SD","SubSectionBookmarkName":"ss_T40C63N600SD_lv1_1aab673ffR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SD_lv1_1aab673ff"},{"Level":1,"Identity":"T40C63N600SE","SubSectionBookmarkName":"ss_T40C63N600SE_lv1_0db887888R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SE_lv1_0db887888"},{"Level":1,"Identity":"T40C63N600SF","SubSectionBookmarkName":"ss_T40C63N600SF_lv1_85f76a0c7R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SF_lv1_85f76a0c7"},{"Level":1,"Identity":"T40C63N600SG","SubSectionBookmarkName":"ss_T40C63N600SG_lv1_a4e1df30aR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SG_lv1_a4e1df30a"},{"Level":1,"Identity":"T40C63N600SH","SubSectionBookmarkName":"ss_T40C63N600SH_lv1_86827bff4R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SH_lv1_86827bff4"},{"Level":1,"Identity":"T40C63N600SI","SubSectionBookmarkName":"ss_T40C63N600SI_lv1_2973bf70dR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SI_lv1_2973bf70d"},{"Level":1,"Identity":"T40C63N600SJ","SubSectionBookmarkName":"ss_T40C63N600SJ_lv1_e5b896945R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SJ_lv1_e5b896945"},{"Level":1,"Identity":"T40C63N600SK","SubSectionBookmarkName":"ss_T40C63N600SK_lv1_aa6f9445fR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SK_lv1_aa6f9445f"},{"Level":1,"Identity":"T40C63N600SL","SubSectionBookmarkName":"ss_T40C63N600SL_lv1_0dc5624d5R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SL_lv1_0dc5624d5"},{"Level":1,"Identity":"T40C63N600SM","SubSectionBookmarkName":"ss_T40C63N600SM_lv1_d862aef5eR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N600SM_lv1_d862aef5e"},{"Level":1,"Identity":"T40C63N600SA","SubSectionBookmarkName":"ss_T40C63N600SA_lv1_e9eb8c3a0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S1","SubSectionBookmarkName":"ss_T40C63N600S1_lv2_f05608e6R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S2","SubSectionBookmarkName":"ss_T40C63N600S2_lv2_3305d49aR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S3","SubSectionBookmarkName":"ss_T40C63N600S3_lv2_86ff6416R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S1","SubSectionBookmarkName":"ss_T40C63N600S1_lv2_2c934b34R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S2","SubSectionBookmarkName":"ss_T40C63N600S2_lv2_c935ed7cR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S3","SubSectionBookmarkName":"ss_T40C63N600S3_lv2_e5382461R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S4","SubSectionBookmarkName":"ss_T40C63N600S4_lv2_c89cfe28R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S5","SubSectionBookmarkName":"ss_T40C63N600S5_lv2_41507f86R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S1","SubSectionBookmarkName":"ss_T40C63N600S1_lv2_b1a42fcfR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S2","SubSectionBookmarkName":"ss_T40C63N600S2_lv2_b40ef107R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S3","SubSectionBookmarkName":"ss_T40C63N600S3_lv2_02af9d6bR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S1","SubSectionBookmarkName":"ss_T40C63N600S1_lv2_e5331c97R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S2","SubSectionBookmarkName":"ss_T40C63N600S2_lv2_7a9447fdR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S3","SubSectionBookmarkName":"ss_T40C63N600S3_lv2_1a76107aR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S4","SubSectionBookmarkName":"ss_T40C63N600S4_lv2_b39d3ec7R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N600SB","SubSectionBookmarkName":"ss_T40C63N600SB_lv1_489906271","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S1","SubSectionBookmarkName":"ss_T40C63N600S1_lv2_b5d933a43","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S2","SubSectionBookmarkName":"ss_T40C63N600S2_lv2_9c3553e3a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sa","SubSectionBookmarkName":"ss_T40C63N600Sa_lv3_23ee00161","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sb","SubSectionBookmarkName":"ss_T40C63N600Sb_lv3_2da378272","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S3","SubSectionBookmarkName":"ss_T40C63N600S3_lv2_c7369a2d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S4","SubSectionBookmarkName":"ss_T40C63N600S4_lv2_2c3217ae6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S5","SubSectionBookmarkName":"ss_T40C63N600S5_lv2_22b3d6796","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S6","SubSectionBookmarkName":"ss_T40C63N600S6_lv2_3f062c918","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S7","SubSectionBookmarkName":"ss_T40C63N600S7_lv2_7827e87ed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S8","SubSectionBookmarkName":"ss_T40C63N600S8_lv2_e82489588","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N600SC","SubSectionBookmarkName":"ss_T40C63N600SC_lv1_4796b9343","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S1","SubSectionBookmarkName":"ss_T40C63N600S1_lv2_4acd833f0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S2","SubSectionBookmarkName":"ss_T40C63N600S2_lv2_6583b3819","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S3","SubSectionBookmarkName":"ss_T40C63N600S3_lv2_6842c09c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S4","SubSectionBookmarkName":"ss_T40C63N600S4_lv2_547cf4068","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S5","SubSectionBookmarkName":"ss_T40C63N600S5_lv2_89c22ece6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S6","SubSectionBookmarkName":"ss_T40C63N600S6_lv2_5b800d2fa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S7","SubSectionBookmarkName":"ss_T40C63N600S7_lv2_6e9354ad8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S8","SubSectionBookmarkName":"ss_T40C63N600S8_lv2_5af4bd17d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S9","SubSectionBookmarkName":"ss_T40C63N600S9_lv2_f2585b679","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S10","SubSectionBookmarkName":"ss_T40C63N600S10_lv2_d97108229","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S11","SubSectionBookmarkName":"ss_T40C63N600S11_lv2_dd0cecc9c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S12","SubSectionBookmarkName":"ss_T40C63N600S12_lv2_939534b37","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S13","SubSectionBookmarkName":"ss_T40C63N600S13_lv2_50e3dbcb4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S14","SubSectionBookmarkName":"ss_T40C63N600S14_lv2_e3f0c680d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S15","SubSectionBookmarkName":"ss_T40C63N600S15_lv2_8dee98c5d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S16","SubSectionBookmarkName":"ss_T40C63N600S16_lv2_9ff59ac1e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S17","SubSectionBookmarkName":"ss_T40C63N600S17_lv2_bca95ad95","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S18","SubSectionBookmarkName":"ss_T40C63N600S18_lv2_705c9cc20","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S19","SubSectionBookmarkName":"ss_T40C63N600S19_lv2_56cd09fa5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S20","SubSectionBookmarkName":"ss_T40C63N600S20_lv2_dada27037","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S21","SubSectionBookmarkName":"ss_T40C63N600S21_lv2_a00eaf41b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S22","SubSectionBookmarkName":"ss_T40C63N600S22_lv2_df0d34129","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N600SD","SubSectionBookmarkName":"ss_T40C63N600SD_lv1_77c204585","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S1","SubSectionBookmarkName":"ss_T40C63N600S1_lv2_a3ae95bdb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sa","SubSectionBookmarkName":"ss_T40C63N600Sa_lv3_e9a8839cd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sb","SubSectionBookmarkName":"ss_T40C63N600Sb_lv3_3850dd3af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sc","SubSectionBookmarkName":"ss_T40C63N600Sc_lv3_7603ffa07","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sd","SubSectionBookmarkName":"ss_T40C63N600Sd_lv3_b0853d0bc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Se","SubSectionBookmarkName":"ss_T40C63N600Se_lv3_879e4105d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sf","SubSectionBookmarkName":"ss_T40C63N600Sf_lv3_b57ec5076","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sg","SubSectionBookmarkName":"ss_T40C63N600Sg_lv3_e1b5f6036","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sh","SubSectionBookmarkName":"ss_T40C63N600Sh_lv3_477d67dbf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Si","SubSectionBookmarkName":"ss_T40C63N600Si_lv3_977a677b2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S2","SubSectionBookmarkName":"ss_T40C63N600S2_lv2_8330ba440","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sa","SubSectionBookmarkName":"ss_T40C63N600Sa_lv3_b1829613e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sb","SubSectionBookmarkName":"ss_T40C63N600Sb_lv3_e832687a2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sc","SubSectionBookmarkName":"ss_T40C63N600Sc_lv3_4bf6bdec5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sd","SubSectionBookmarkName":"ss_T40C63N600Sd_lv3_b71615c9e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S3","SubSectionBookmarkName":"ss_T40C63N600S3_lv2_858e7ccf7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S4","SubSectionBookmarkName":"ss_T40C63N600S4_lv2_6ef6f02f3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sa","SubSectionBookmarkName":"ss_T40C63N600Sa_lv3_c2ed728fd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sb","SubSectionBookmarkName":"ss_T40C63N600Sb_lv3_23e0fdaa4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sc","SubSectionBookmarkName":"ss_T40C63N600Sc_lv3_dcc9ed0d4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N600SE","SubSectionBookmarkName":"ss_T40C63N600SE_lv1_3c2a4ac66","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N600SF","SubSectionBookmarkName":"ss_T40C63N600SF_lv1_1d747d4e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S1","SubSectionBookmarkName":"ss_T40C63N600S1_lv2_ddce58dc4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sa","SubSectionBookmarkName":"ss_T40C63N600Sa_lv3_21f6fbe54","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sb","SubSectionBookmarkName":"ss_T40C63N600Sb_lv3_c2ed07147","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S2","SubSectionBookmarkName":"ss_T40C63N600S2_lv2_572e2ce94","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sa","SubSectionBookmarkName":"ss_T40C63N600Sa_lv3_d36e25f1e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sb","SubSectionBookmarkName":"ss_T40C63N600Sb_lv3_eb75b096b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sc","SubSectionBookmarkName":"ss_T40C63N600Sc_lv3_ee119ac46","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sd","SubSectionBookmarkName":"ss_T40C63N600Sd_lv3_6e0f7824a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Se","SubSectionBookmarkName":"ss_T40C63N600Se_lv3_c7e7a8c41","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sf","SubSectionBookmarkName":"ss_T40C63N600Sf_lv3_a46b343fb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sg","SubSectionBookmarkName":"ss_T40C63N600Sg_lv3_87f0984db","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sh","SubSectionBookmarkName":"ss_T40C63N600Sh_lv3_3cc2054da","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Si","SubSectionBookmarkName":"ss_T40C63N600Si_lv3_1e76839aa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sj","SubSectionBookmarkName":"ss_T40C63N600Sj_lv3_db6784b14","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sk","SubSectionBookmarkName":"ss_T40C63N600Sk_lv3_985df3141","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N600Sl","SubSectionBookmarkName":"ss_T40C63N600Sl_lv3_a1ec87bdd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S3","SubSectionBookmarkName":"ss_T40C63N600S3_lv2_ff605192e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S4","SubSectionBookmarkName":"ss_T40C63N600S4_lv2_1d5855e37","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N600SG","SubSectionBookmarkName":"ss_T40C63N600SG_lv1_465477d18","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S1","SubSectionBookmarkName":"ss_T40C63N600S1_lv2_6f92364a1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S2","SubSectionBookmarkName":"ss_T40C63N600S2_lv2_2f9a89dbf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S3","SubSectionBookmarkName":"ss_T40C63N600S3_lv2_5d4c5b5e3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S4","SubSectionBookmarkName":"ss_T40C63N600S4_lv2_28c00335f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S5","SubSectionBookmarkName":"ss_T40C63N600S5_lv2_fa6008d79","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N600SH","SubSectionBookmarkName":"ss_T40C63N600SH_lv1_0e141ce8e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S1","SubSectionBookmarkName":"ss_T40C63N600S1_lv2_ec90c194d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S2","SubSectionBookmarkName":"ss_T40C63N600S2_lv2_e92e649f2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S3","SubSectionBookmarkName":"ss_T40C63N600S3_lv2_f3d26fab2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S4","SubSectionBookmarkName":"ss_T40C63N600S4_lv2_c5f9b2b9f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S5","SubSectionBookmarkName":"ss_T40C63N600S5_lv2_a2eb82b31","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N600S6","SubSectionBookmarkName":"ss_T40C63N600S6_lv2_e1583c77c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Rulemaking","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N610_c4a748727","IsConstitutionSection":false,"Identity":"40-63-610","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N610SB","SubSectionBookmarkName":"ss_T40C63N610SB_lv1_fa61ea260R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N610SB_lv1_fa61ea260"},{"Level":1,"Identity":"T40C63N610SC","SubSectionBookmarkName":"ss_T40C63N610SC_lv1_7c245af68R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N610SC_lv1_7c245af68"},{"Level":1,"Identity":"T40C63N610SD","SubSectionBookmarkName":"ss_T40C63N610SD_lv1_91fb82f17R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N610SD_lv1_91fb82f17"},{"Level":1,"Identity":"T40C63N610SE","SubSectionBookmarkName":"ss_T40C63N610SE_lv1_530aed91aR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N610SE_lv1_530aed91a"},{"Level":1,"Identity":"T40C63N610SF","SubSectionBookmarkName":"ss_T40C63N610SF_lv1_4de5cf008R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N610SF_lv1_4de5cf008"},{"Level":1,"Identity":"T40C63N610SG","SubSectionBookmarkName":"ss_T40C63N610SG_lv1_d02dab1f5R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N610SG_lv1_d02dab1f5"},{"Level":1,"Identity":"T40C63N610SH","SubSectionBookmarkName":"ss_T40C63N610SH_lv1_162b596d4R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N610SH_lv1_162b596d4"},{"Level":1,"Identity":"T40C63N610SI","SubSectionBookmarkName":"ss_T40C63N610SI_lv1_beb88c853R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N610SI_lv1_beb88c853"},{"Level":1,"Identity":"T40C63N610SJ","SubSectionBookmarkName":"ss_T40C63N610SJ_lv1_72f723a2aR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N610SJ_lv1_72f723a2a"},{"Level":1,"Identity":"T40C63N610S1","SubSectionBookmarkName":"ss_T40C63N610S1_lv1_e107b3aaR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S2","SubSectionBookmarkName":"ss_T40C63N610S2_lv1_5c3920dbR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S3","SubSectionBookmarkName":"ss_T40C63N610S3_lv1_dfa24e5aR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S1","SubSectionBookmarkName":"ss_T40C63N610S1_lv1_caed842eR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S2","SubSectionBookmarkName":"ss_T40C63N610S2_lv1_fce6df52R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S1","SubSectionBookmarkName":"ss_T40C63N610S1_lv1_a681c664R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S2","SubSectionBookmarkName":"ss_T40C63N610S2_lv1_e4485d35R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S1","SubSectionBookmarkName":"ss_T40C63N610S1_lv1_2bb2bc2cR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S2","SubSectionBookmarkName":"ss_T40C63N610S2_lv1_9318e795R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S3","SubSectionBookmarkName":"ss_T40C63N610S3_lv1_b65378fcR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N610SA","SubSectionBookmarkName":"ss_T40C63N610SA_lv2_09aaa34e3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N610SB","SubSectionBookmarkName":"ss_T40C63N610SB_lv2_f8ee1a301","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N610SC","SubSectionBookmarkName":"ss_T40C63N610SC_lv2_ec0b039eb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S1","SubSectionBookmarkName":"ss_T40C63N610S1_lv1_3f6bc050d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S2","SubSectionBookmarkName":"ss_T40C63N610S2_lv1_d0b641f0e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S3","SubSectionBookmarkName":"ss_T40C63N610S3_lv1_6933582d3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S4","SubSectionBookmarkName":"ss_T40C63N610S4_lv1_a0a768e76","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S5","SubSectionBookmarkName":"ss_T40C63N610S5_lv1_bb1bad81e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S6","SubSectionBookmarkName":"ss_T40C63N610S6_lv1_5a5111533","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S7","SubSectionBookmarkName":"ss_T40C63N610S7_lv1_4fbd5d4a6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N610SD","SubSectionBookmarkName":"ss_T40C63N610SD_lv2_f223b29d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N610SE","SubSectionBookmarkName":"ss_T40C63N610SE_lv2_c2d4eb862","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S1","SubSectionBookmarkName":"ss_T40C63N610S1_lv1_55c4f925a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N610S2","SubSectionBookmarkName":"ss_T40C63N610S2_lv1_f911c8273","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N610SF","SubSectionBookmarkName":"ss_T40C63N610SF_lv2_eb5f20904","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N610SG","SubSectionBookmarkName":"ss_T40C63N610SG_lv2_d8c3b2fdb","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Oversight;  default;  termination;  dispute resolution;  enforcement","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N620_936a47d5a","IsConstitutionSection":false,"Identity":"40-63-620","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N620SB","SubSectionBookmarkName":"ss_T40C63N620SB_lv1_a2608eb96R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N620SB_lv1_a2608eb96"},{"Level":1,"Identity":"T40C63N620SC","SubSectionBookmarkName":"ss_T40C63N620SC_lv1_90b89c7dbR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N620SC_lv1_90b89c7db"},{"Level":1,"Identity":"T40C63N620SD","SubSectionBookmarkName":"ss_T40C63N620SD_lv1_74466fce6R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N620SD_lv1_74466fce6"},{"Level":1,"Identity":"T40C63N620SE","SubSectionBookmarkName":"ss_T40C63N620SE_lv1_a8884198fR","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N620SE_lv1_a8884198f"},{"Level":1,"Identity":"T40C63N620SA","SubSectionBookmarkName":"ss_T40C63N620SA_lv1_965e6c7f6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S1","SubSectionBookmarkName":"ss_T40C63N620S1_lv2_15022aa2R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S2","SubSectionBookmarkName":"ss_T40C63N620S2_lv2_5d3cc524R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SB","SubSectionBookmarkName":"ss_T40C63N620SB_lv1_d97d8ff40","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SC","SubSectionBookmarkName":"ss_T40C63N620SC_lv1_05d3caea6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SD","SubSectionBookmarkName":"ss_T40C63N620SD_lv1_9a32e322f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SE","SubSectionBookmarkName":"ss_T40C63N620SE_lv1_6691494da","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SF","SubSectionBookmarkName":"ss_T40C63N620SF_lv1_f81582176","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SG","SubSectionBookmarkName":"ss_T40C63N620SG_lv1_00e05b552","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S1","SubSectionBookmarkName":"ss_T40C63N620S1_lv2_197ad51d4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S2","SubSectionBookmarkName":"ss_T40C63N620S2_lv2_204129a40","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S3","SubSectionBookmarkName":"ss_T40C63N620S3_lv2_2777eb81c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SH","SubSectionBookmarkName":"ss_T40C63N620SH_lv1_bdb88a8ed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S1","SubSectionBookmarkName":"ss_T40C63N620S1_lv2_615d36baf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S2","SubSectionBookmarkName":"ss_T40C63N620S2_lv2_ca619794c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S3","SubSectionBookmarkName":"ss_T40C63N620S3_lv2_b89fdbe8e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S4","SubSectionBookmarkName":"ss_T40C63N620S4_lv2_3a069eab3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S5","SubSectionBookmarkName":"ss_T40C63N620S5_lv2_65fe3882e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SI","SubSectionBookmarkName":"ss_T40C63N620SI_lv1_afaab19ac","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SJ","SubSectionBookmarkName":"ss_T40C63N620SJ_lv1_e7904b2a2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SK","SubSectionBookmarkName":"ss_T40C63N620SK_lv1_cbb63a63d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S1","SubSectionBookmarkName":"ss_T40C63N620S1_lv2_58f113215","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S2","SubSectionBookmarkName":"ss_T40C63N620S2_lv2_c53ab1f3b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S3","SubSectionBookmarkName":"ss_T40C63N620S3_lv2_0369f2474","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SL","SubSectionBookmarkName":"ss_T40C63N620SL_lv1_fed018a9a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S1","SubSectionBookmarkName":"ss_T40C63N620S1_lv2_184cf772e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S2","SubSectionBookmarkName":"ss_T40C63N620S2_lv2_e341ade6a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S3","SubSectionBookmarkName":"ss_T40C63N620S3_lv2_18892c584","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N620S4","SubSectionBookmarkName":"ss_T40C63N620S4_lv2_3654d5e02","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SM","SubSectionBookmarkName":"ss_T40C63N620SM_lv1_14c4b911f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N620SN","SubSectionBookmarkName":"ss_T40C63N620SN_lv1_84e340e3f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Effectiveness of compact;  withdrawal;  amendment","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N630_df9c4dabf","IsConstitutionSection":false,"Identity":"40-63-630","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N630SB","SubSectionBookmarkName":"ss_T40C63N630SB_lv1_e507e01c4R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N630SB_lv1_e507e01c4"},{"Level":1,"Identity":"T40C63N630SA","SubSectionBookmarkName":"ss_T40C63N630SA_lv1_154f59d5d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N630S1","SubSectionBookmarkName":"ss_T40C63N630S1_lv2_219fd92f1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N630S2","SubSectionBookmarkName":"ss_T40C63N630S2_lv2_48e3a17e2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N630S3","SubSectionBookmarkName":"ss_T40C63N630S3_lv2_63aad7448","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N630SB","SubSectionBookmarkName":"ss_T40C63N630SB_lv1_f7d9fa950","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N630S1","SubSectionBookmarkName":"ss_T40C63N630S1_lv2_285dfc7d0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N630S2","SubSectionBookmarkName":"ss_T40C63N630S2_lv2_045896788","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N630SC","SubSectionBookmarkName":"ss_T40C63N630SC_lv1_936005e83","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N630SD","SubSectionBookmarkName":"ss_T40C63N630SD_lv1_89d7ea4d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N630SE","SubSectionBookmarkName":"ss_T40C63N630SE_lv1_a8ae43ec9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N630SF","SubSectionBookmarkName":"ss_T40C63N630SF_lv1_22e007df8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N630SG","SubSectionBookmarkName":"ss_T40C63N630SG_lv1_7a665e42b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N630SH","SubSectionBookmarkName":"ss_T40C63N630SH_lv1_7cd907938","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N630SI","SubSectionBookmarkName":"ss_T40C63N630SI_lv1_f02f615b0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N630S1","SubSectionBookmarkName":"ss_T40C63N630S1_lv2_6dfe67bb8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N630S2","SubSectionBookmarkName":"ss_T40C63N630S2_lv2_6e87603a7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N630SJ","SubSectionBookmarkName":"ss_T40C63N630SJ_lv1_e7dd592e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N630S1","SubSectionBookmarkName":"ss_T40C63N630S1_lv2_33bfc9f72","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N630S2","SubSectionBookmarkName":"ss_T40C63N630S2_lv2_14f875f17","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N630S3","SubSectionBookmarkName":"ss_T40C63N630S3_lv2_4ff9d5809","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Construction and severability","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T40C63N640_62c181112","IsConstitutionSection":false,"Identity":"40-63-640","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C63N640SB","SubSectionBookmarkName":"ss_T40C63N640SB_lv1_3042db8a7R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N640SB_lv1_3042db8a7"},{"Level":1,"Identity":"T40C63N640SC","SubSectionBookmarkName":"ss_T40C63N640SC_lv1_039dc0943R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N640SC_lv1_039dc0943"},{"Level":1,"Identity":"T40C63N640SD","SubSectionBookmarkName":"ss_T40C63N640SD_lv1_7cace05f0R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N640SD_lv1_7cace05f0"},{"Level":1,"Identity":"T40C63N640SE","SubSectionBookmarkName":"ss_T40C63N640SE_lv1_c61122fc5R","IsNewSubSection":false,"SubSectionReplacement":"ss_T40C63N640SE_lv1_c61122fc5"},{"Level":1,"Identity":"T40C63N640SA","SubSectionBookmarkName":"ss_T40C63N640SA_lv1_520dcb346","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N640S1","SubSectionBookmarkName":"ss_T40C63N640S1_lv2_094b4ff9b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N640Sa","SubSectionBookmarkName":"ss_T40C63N640Sa_lv3_8411d549a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C63N640Sb","SubSectionBookmarkName":"ss_T40C63N640Sb_lv3_c25d5a752","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N640S2","SubSectionBookmarkName":"ss_T40C63N640S2_lv2_7cda75dbd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N640S3","SubSectionBookmarkName":"ss_T40C63N640S3_lv2_83971769b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N640S4","SubSectionBookmarkName":"ss_T40C63N640S4_lv2_33d4612a2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N640SB","SubSectionBookmarkName":"ss_T40C63N640SB_lv1_e0a4d0d72","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N640S1","SubSectionBookmarkName":"ss_T40C63N640S1_lv2_77c93330e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N640S2","SubSectionBookmarkName":"ss_T40C63N640S2_lv2_ef3a94b0b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C63N640S3","SubSectionBookmarkName":"ss_T40C63N640S3_lv2_a67254807","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N640SC","SubSectionBookmarkName":"ss_T40C63N640SC_lv1_76fec5147","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N640SD","SubSectionBookmarkName":"ss_T40C63N640SD_lv1_615e92603","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Binding effect of compact and other laws","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":true,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_868c99f78"},{"SectionUUID":"e8536918-9439-4e52-8d73-453de04e09af","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T40C63N650_5fdf6a948","IsConstitutionSection":false,"Identity":"40-63-650","IsNew":true,"SubSections":[{"Level":1,"Identity":"T40C63N650SA","SubSectionBookmarkName":"ss_T40C63N650SA_lv1_b070611a3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N650SB","SubSectionBookmarkName":"ss_T40C63N650SB_lv1_32544c5b6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N650SC","SubSectionBookmarkName":"ss_T40C63N650SC_lv1_94bb02cf6","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T40C63N660_84a681dc9","IsConstitutionSection":false,"Identity":"40-63-660","IsNew":true,"SubSections":[{"Level":1,"Identity":"T40C63N660SA","SubSectionBookmarkName":"ss_T40C63N660SA_lv1_ec7eaea13","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N660SB","SubSectionBookmarkName":"ss_T40C63N660SB_lv1_5f913ec87","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N660SC","SubSectionBookmarkName":"ss_T40C63N660SC_lv1_07d2cd9c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C63N660SD","SubSectionBookmarkName":"ss_T40C63N660SD_lv1_0df17fef7","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_f5bd8bc26"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Social Work Interstate Compact</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80CA8CF4-0987-4816-93E3-613B44FAE3A5}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>19609</Words>
-  <Characters>97653</Characters>
+  <Words>17957</Words>
+  <Characters>99305</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1953</Lines>
-  <Paragraphs>613</Paragraphs>
+  <Lines>2758</Lines>
+  <Paragraphs>1260</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>116649</CharactersWithSpaces>
+  <CharactersWithSpaces>116002</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>