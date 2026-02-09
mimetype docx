--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,86 +123,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Pope</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Pope and Chumley</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0195HA26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Re9b404c2d66840ed">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 48</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R7bc7f974c71a4fc1">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 48</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R73f857934588465a">
+      <w:hyperlink r:id="R3154d899e4b54f75">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +521,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R8a865c4c2402444e">
+      <w:hyperlink r:id="Ra6ac0c605a4740af">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="0054594C" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="5770AF77">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="0054594C" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="19084AB0">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="0054594C" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="6E260F56">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0054594C" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="4527486F">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0054594C" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="0F129D46">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0054594C" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="58283CD4">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -550,464 +645,505 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="000E0452" w14:paraId="40FEFADA" w14:textId="1A33F43F">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 10 TO CHAPTER 11, TITLE 16, SO AS TO PROVIDE DEFINITIONS, TO PROHIBIT PERSONS FROM ENTERING CRITICAL INFRASTRUCTURE FACILITIES WITHOUT AUTHORIZATION, AND TO PROVIDE PENALTIES FOR VIOLATIONS; AND BY ADDING SECTION 16‑11‑745 SO AS TO PROHIBIT PERSONS FROM THREATENING INDIVIDUALS WITH THE INTENT TO OBSTRUCT THE OPERATION OF AN ELECTRIC UTILITY SYSTEM.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_e25c45614" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_e25c45614" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_f9aae88d0" w:id="2"/>
+      <w:bookmarkStart w:name="ew_f9aae88d0" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006F7F5F" w:rsidP="006F7F5F" w:rsidRDefault="006F7F5F" w14:paraId="25743755" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0035079A" w:rsidP="0035079A" w:rsidRDefault="006F7F5F" w14:paraId="483D2D99" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_75a53672b" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_75a53672b" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_d9c4b7884" w:id="4"/>
+      <w:bookmarkStart w:name="dl_d9c4b7884" w:id="3"/>
       <w:r w:rsidR="0035079A">
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="0035079A">
         <w:t>hapter 11, Title 16 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0035079A" w:rsidP="0035079A" w:rsidRDefault="0035079A" w14:paraId="3C7D1A2F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0035079A" w:rsidP="0035079A" w:rsidRDefault="0035079A" w14:paraId="141A9B38" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_9cb6d5277" w:id="5"/>
+      <w:bookmarkStart w:name="up_9cb6d5277" w:id="4"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>rticle 10</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0035079A" w:rsidP="0035079A" w:rsidRDefault="0035079A" w14:paraId="2510FDC8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0035079A" w:rsidP="0035079A" w:rsidRDefault="0035079A" w14:paraId="7BDD47E4" w14:textId="5A089A7E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_6380ff3fd" w:id="6"/>
+      <w:bookmarkStart w:name="up_6380ff3fd" w:id="5"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>ritical Infrastructure Pr</w:t>
       </w:r>
       <w:r w:rsidR="00CD221F">
         <w:t>otection</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0035079A" w:rsidP="0035079A" w:rsidRDefault="0035079A" w14:paraId="13B19789" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006F7F5F" w:rsidP="0035079A" w:rsidRDefault="0035079A" w14:paraId="7A701598" w14:textId="0267BF22">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T16C11N1010_058b8b7d5" w:id="7"/>
+      <w:bookmarkStart w:name="ns_T16C11N1010_058b8b7d5" w:id="6"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>ection 16‑11‑1010.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_95fafdd9c" w:id="8"/>
+      <w:bookmarkStart w:name="up_95fafdd9c" w:id="7"/>
       <w:r w:rsidR="00DA4F8F">
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00DA4F8F">
         <w:t>s used in this article</w:t>
       </w:r>
       <w:r w:rsidR="00CD221F">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD221F" w:rsidP="00CD221F" w:rsidRDefault="00CD221F" w14:paraId="0BF0FABE" w14:textId="67B0C1F0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C11N1010S1_lv1_8121a4fce" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T16C11N1010S1_lv1_8121a4fce" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>1) “Critical infrastructure” means a system or asset, whether physical or virtual, so vital to the United States that the incapacity or destruction of the system or asset would have a debilitating impact on security, national economic security, national public health, or national public safety.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00496CDB" w:rsidP="00CD221F" w:rsidRDefault="00496CDB" w14:paraId="0F970128" w14:textId="77544812">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00496CDB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C11N1010S2_lv1_1cdc12172" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T16C11N1010S2_lv1_1cdc12172" w:id="9"/>
       <w:r w:rsidRPr="00496CDB">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="00496CDB">
         <w:t xml:space="preserve">2) “Critical infrastructure facility” means a facility that </w:t>
       </w:r>
       <w:r>
         <w:t>contains</w:t>
       </w:r>
       <w:r w:rsidRPr="00496CDB">
         <w:t xml:space="preserve"> critical infrastructure.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> This includes, but is not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="52A287EA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C11N1010Sa_lv2_f1dbe89d8" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T16C11N1010Sa_lv2_f1dbe89d8" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t xml:space="preserve">a) a chemical, polymer, or rubber manufacturing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>facility;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="064A0CB0" w14:textId="579EDEB4">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C11N1010Sb_lv2_721c2ec57" w:id="11"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>b) any plant, facility, assets, or equipment utilized for the generation, transmission, distribution</w:t>
       </w:r>
       <w:r w:rsidR="003E45C8">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> or storage of electricity;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> or storage of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>electricity;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="480A3AFD" w14:textId="6B894188">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C11N1010Sc_lv2_611267ecb" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T16C11N1010Sc_lv2_611267ecb" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>c) any plant, facility, assets, or equipment utilized for natural gas terminals, compressor, treatment, distribution</w:t>
       </w:r>
       <w:r w:rsidR="003E45C8">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> or storage;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>storage;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="4BEAC290" w14:textId="4120ED9A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C11N1010Sd_lv2_dfdf77b80" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T16C11N1010Sd_lv2_dfdf77b80" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t xml:space="preserve">d) any plant, facility, assets, or equipment utilized for fuel or oil storage, distribution, or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>refinery;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="463925F4" w14:textId="295A5948">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C11N1010Se_lv2_6909f9e10" w:id="14"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t>d) any plant, facility, assets, or equipment utilized for fuel or oil storage, distribution, or refinery;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="463925F4" w14:textId="295A5948">
+        <w:t xml:space="preserve">e) a mining operation or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>infrastructure;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="40191E2A" w14:textId="304081B9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C11N1010Se_lv2_6909f9e10" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T16C11N1010Sf_lv2_d4083507c" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
-        <w:t>e) a mining operation or infrastructure;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="40191E2A" w14:textId="304081B9">
+        <w:t xml:space="preserve">f) a transportation facility such as a port, airport, railroad operating facility, or trucking </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>terminal;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="1EA70D59" w14:textId="122C2B7E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C11N1010Sf_lv2_d4083507c" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T16C11N1010Sg_lv2_c5ad60176" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve">g) </w:t>
       </w:r>
       <w:r w:rsidR="00C6314F">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
-        <w:t>wireline or wireless communications infrastructure;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">wireline or wireless communications </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>infrastructure;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="6B152138" w14:textId="0D8CEE5D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C11N1010Sh_lv2_4f7fd82e6" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T16C11N1010Sh_lv2_4f7fd82e6" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t xml:space="preserve">h) a steelmaking facility that uses an electric arc </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>furnace;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00496CDB" w:rsidP="00496CDB" w:rsidRDefault="00496CDB" w14:paraId="24A8612C" w14:textId="73C29BEB">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C11N1010Si_lv2_c82a753da" w:id="18"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="18"/>
-      <w:r>
-[...20 lines deleted...]
-        <w:t>i) a dam that is regulated by state or federal government</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) a dam that is regulated by state or federal government</w:t>
       </w:r>
       <w:r w:rsidR="00177F43">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="00496CDB" w14:paraId="3D8F1FED" w14:textId="1E984B8B">
+    <w:p w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="006F50F4" w14:paraId="3D8F1FED" w14:textId="6AC87890">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="006F50F4">
+      <w:bookmarkStart w:name="open_doc_here" w:id="19"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C11N1010S3_lv1_3deb39532" w:id="20"/>
-      <w:r w:rsidR="006F50F4">
+      <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
-      <w:r>
+      <w:r w:rsidR="00496CDB">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="006F50F4">
+      <w:r>
         <w:t>) “Critical infrastructure property” means a</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F50F4" w:rsidR="006F50F4">
+      <w:r w:rsidRPr="006F50F4">
         <w:t>ny real or personal property necessary to the operation of a critical infrastructure facility</w:t>
       </w:r>
-      <w:r w:rsidR="006F50F4">
+      <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00D04CBE">
         <w:t>This</w:t>
       </w:r>
-      <w:r w:rsidR="006F50F4">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F50F4" w:rsidR="006F50F4">
+      <w:r w:rsidRPr="006F50F4">
         <w:t>includ</w:t>
       </w:r>
-      <w:r w:rsidR="006F50F4">
+      <w:r>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F50F4" w:rsidR="006F50F4">
+      <w:r w:rsidRPr="006F50F4">
         <w:t>, but</w:t>
       </w:r>
-      <w:r w:rsidR="006F50F4">
+      <w:r>
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F50F4" w:rsidR="006F50F4">
+      <w:r w:rsidRPr="006F50F4">
         <w:t xml:space="preserve"> not limited to, any equipment, commodity, hardware, software, or other digital or electronic property.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006F50F4" w:rsidP="00787433" w:rsidRDefault="006F50F4" w14:paraId="3113287C" w14:textId="730A3B62">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C11N1010S4_lv1_0671b4c32" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00496CDB">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) “Fraudulent document for identification purposes” means a </w:t>
       </w:r>
       <w:r w:rsidRPr="006F50F4">
         <w:t>document that is presented as being a bona fide document that provides personal identification information but which, in fact, is false, forged, altered, or counterfeit</w:t>
       </w:r>
       <w:r w:rsidR="006B01A1">
@@ -1092,123 +1228,141 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C11N1020SA_lv1_25e5e06a8" w:id="25"/>
       <w:r w:rsidR="00BF7D58">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="00BF7D58">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidR="005F42E7">
         <w:t xml:space="preserve">It is unlawful for a </w:t>
       </w:r>
       <w:r w:rsidR="00BF7D58">
         <w:t>person</w:t>
       </w:r>
       <w:r w:rsidR="005F42E7">
         <w:t xml:space="preserve"> to enter a critical infrastructure </w:t>
       </w:r>
       <w:r w:rsidR="00496CDB">
         <w:t>facility</w:t>
       </w:r>
       <w:r w:rsidR="005F42E7">
-        <w:t xml:space="preserve"> without authorization </w:t>
+        <w:t xml:space="preserve"> without </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005F42E7">
+        <w:t xml:space="preserve">authorization </w:t>
       </w:r>
       <w:r w:rsidR="00BF7D58">
-        <w:t>if the person:</w:t>
+        <w:t>if the person</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BF7D58">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BF7D58" w:rsidP="00BF7D58" w:rsidRDefault="00BF7D58" w14:paraId="13E8CA90" w14:textId="508FC43B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C11N1020S1_lv2_40088c4de" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="00EA1492">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ntentionally enters without authority into any structure or onto any premises belonging to another that constitutes in whole or in part </w:t>
       </w:r>
       <w:r w:rsidR="00C6314F">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">critical infrastructure facility that is completely enclosed by any type of physical barrier or </w:t>
       </w:r>
       <w:r w:rsidR="00C6314F">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r>
-        <w:t>clearly marked with a sign or signs that are posted in a conspicuous manner and indicate that unauthorized entry is forbidden</w:t>
+        <w:t xml:space="preserve">clearly marked with a sign or signs that are posted in a conspicuous manner and indicate that unauthorized entry is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>forbidden</w:t>
       </w:r>
       <w:r w:rsidR="00EA1492">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00BF7D58" w:rsidP="00BF7D58" w:rsidRDefault="00BF7D58" w14:paraId="41034836" w14:textId="1DC34C88">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C11N1020S2_lv2_f1b880a84" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="00EA1492">
         <w:t>u</w:t>
       </w:r>
       <w:r>
-        <w:t>ses or attempts to use a fraudulent document for identification for the purpose of entering a critical infrastructure facility</w:t>
+        <w:t xml:space="preserve">ses or attempts to use a fraudulent document for identification for the purpose of entering a critical infrastructure </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>facility</w:t>
       </w:r>
       <w:r w:rsidR="00EA1492">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00BF7D58" w:rsidP="00BF7D58" w:rsidRDefault="00BF7D58" w14:paraId="3DB9E97C" w14:textId="3C361B58">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C11N1020S3_lv2_02086c2ac" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00EA1492">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t>emains on the premises of a critical infrastructure facility after having been forbidden to do so, either orally or in writing, by any owner, lessee, or custodian of the property or by any other authorized person</w:t>
       </w:r>
@@ -1279,51 +1433,55 @@
     </w:p>
     <w:p w:rsidR="007F1F86" w:rsidP="007F1F86" w:rsidRDefault="00EA1492" w14:paraId="688F3960" w14:textId="25812C60">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T16C11N1030_15c8fbac2" w:id="31"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t>ection 16‑11‑1030.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C11N1030SA_lv1_4e6252336" w:id="32"/>
       <w:r w:rsidR="007F1F86">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="007F1F86">
-        <w:t>A) If, during the commission of the crime of unauthorized entry of a critical infrastructure facility, the person injures, removes, destroys, or breaks critical infrastructure property, or otherwise interrupts or interferes with the operations of a critical infrastructure asset, the person is guilty of a Class B felony</w:t>
+        <w:t xml:space="preserve">A) If, during the commission of the crime of unauthorized entry of a critical infrastructure facility, the person injures, removes, destroys, or breaks critical infrastructure property, </w:t>
+      </w:r>
+      <w:r w:rsidR="007F1F86">
+        <w:lastRenderedPageBreak/>
+        <w:t>or otherwise interrupts or interferes with the operations of a critical infrastructure asset, the person is guilty of a Class B felony</w:t>
       </w:r>
       <w:r w:rsidR="00496CDB">
         <w:t>, and</w:t>
       </w:r>
       <w:r w:rsidR="00C6314F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00496CDB">
         <w:t xml:space="preserve"> upon conviction, must be imprisoned for not more than twenty‑five </w:t>
       </w:r>
       <w:r w:rsidR="00673D8B">
         <w:t>years</w:t>
       </w:r>
       <w:r w:rsidR="007F1F86">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EA1492" w:rsidP="007F1F86" w:rsidRDefault="007F1F86" w14:paraId="72EA905E" w14:textId="79DD0DCD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C11N1030SB_lv1_7e16893a8" w:id="33"/>
@@ -1394,56 +1552,61 @@
     </w:p>
     <w:p w:rsidR="007F1F86" w:rsidP="00787433" w:rsidRDefault="007F1F86" w14:paraId="68C42A74" w14:textId="641A7F1C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007E3625" w:rsidP="007E3625" w:rsidRDefault="00355FE0" w14:paraId="2ED4943E" w14:textId="5655D3B1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T16C11N1050_fe2ebcab5" w:id="35"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>ection 16‑11‑1050.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C11N1050SA_lv1_30ca7fd14" w:id="36"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007E3625">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidR="007E3625">
-        <w:t>A) Nothing in this article shall be construed to prevent lawful assembly and peaceful and orderly petition for the redress of grievances including, but not limited to, any labor dispute between any employer and its employee.</w:t>
+        <w:t>A) Nothing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007E3625">
+        <w:t xml:space="preserve"> in this article shall be construed to prevent lawful assembly and peaceful and orderly petition for the redress of grievances including, but not limited to, any labor dispute between any employer and its employee.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00181850" w:rsidP="007E3625" w:rsidRDefault="007E3625" w14:paraId="56C57879" w14:textId="38E6230E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C11N1050SB_lv1_1578eb62f" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t xml:space="preserve">B) Nothing in this article shall be construed to prohibit the </w:t>
       </w:r>
       <w:r w:rsidR="00C6314F">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>tate, a county, or a municipality from taking any lawful action on their respective rights‑of‑way.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00181850" w:rsidP="007E3625" w:rsidRDefault="00181850" w14:paraId="7E0DC505" w14:textId="77777777">
@@ -1588,56 +1751,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="0010329A">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39CD4BFB" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E8AF5B" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1670,175 +1833,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="4571F127" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00DD1A7F" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="08A206D9" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="009C4E88" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="0036760B">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="004F270A">
+              <w:t>[4661]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00711255">
+            <w:r w:rsidR="004F270A">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0195HA26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2100,51 +2261,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="180"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2196,50 +2359,51 @@
     <w:rsid w:val="00151155"/>
     <w:rsid w:val="00155DFD"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00173C1D"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00177F43"/>
     <w:rsid w:val="00180A3B"/>
     <w:rsid w:val="00181850"/>
     <w:rsid w:val="00186246"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B371C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C1553"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E61A7"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F4A92"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="002379A9"/>
     <w:rsid w:val="00244DE5"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002601A0"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002932CC"/>
     <w:rsid w:val="0029427F"/>
     <w:rsid w:val="002A14A9"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B7E18"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C4710"/>
@@ -2265,50 +2429,51 @@
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="003424DE"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="0035079A"/>
     <w:rsid w:val="0035116C"/>
     <w:rsid w:val="003543E9"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00355A3D"/>
     <w:rsid w:val="00355FE0"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="003634AA"/>
     <w:rsid w:val="003651CD"/>
     <w:rsid w:val="0036760B"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00372BD8"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003752C2"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="003817F7"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00384CC2"/>
     <w:rsid w:val="003A2F3B"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B481C"/>
+    <w:rsid w:val="003C3318"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4324"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D520E"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E45C8"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E57A6"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F3E81"/>
     <w:rsid w:val="004020DC"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="00407B33"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004165CE"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="004419C2"/>
     <w:rsid w:val="00445301"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
@@ -2317,50 +2482,51 @@
     <w:rsid w:val="00466BB7"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00496CDB"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B187B"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C7012"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
+    <w:rsid w:val="004F270A"/>
     <w:rsid w:val="004F5567"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="00506CA7"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00510BC7"/>
     <w:rsid w:val="00512044"/>
     <w:rsid w:val="00521427"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00525594"/>
     <w:rsid w:val="005322C7"/>
     <w:rsid w:val="005363AD"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="0054594C"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="00547049"/>
     <w:rsid w:val="00547472"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00562916"/>
     <w:rsid w:val="0056371B"/>
     <w:rsid w:val="00564B58"/>
@@ -2375,92 +2541,95 @@
     <w:rsid w:val="00594481"/>
     <w:rsid w:val="005A1AAC"/>
     <w:rsid w:val="005A1BF4"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D75C8"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E553C"/>
     <w:rsid w:val="005F18DA"/>
     <w:rsid w:val="005F42E7"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00610206"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00627FE6"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="0064373F"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00645B63"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
+    <w:rsid w:val="006618F4"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0066623A"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00673D8B"/>
     <w:rsid w:val="00675659"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="006859A6"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="00692BAC"/>
     <w:rsid w:val="0069516D"/>
     <w:rsid w:val="00695F8D"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A2FE8"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B01A1"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C13D6"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C4BEE"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D0C7F"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
+    <w:rsid w:val="006F2782"/>
     <w:rsid w:val="006F50F4"/>
     <w:rsid w:val="006F7F5F"/>
     <w:rsid w:val="00704089"/>
     <w:rsid w:val="00706A63"/>
     <w:rsid w:val="00711255"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="0072071A"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00722B6B"/>
     <w:rsid w:val="00726B2B"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="007329CC"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00744E6C"/>
     <w:rsid w:val="0075281C"/>
     <w:rsid w:val="00757C8C"/>
     <w:rsid w:val="00764917"/>
     <w:rsid w:val="007657AC"/>
     <w:rsid w:val="00781AD9"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00790C11"/>
     <w:rsid w:val="007A10F1"/>
@@ -2517,110 +2686,114 @@
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="0092730B"/>
     <w:rsid w:val="00931588"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00966CB9"/>
     <w:rsid w:val="009724AE"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009A4562"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
+    <w:rsid w:val="009C4E88"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E1C70"/>
     <w:rsid w:val="009E208A"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009E529A"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="009F69BB"/>
     <w:rsid w:val="009F74A6"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A216E6"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A254D0"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A51D5A"/>
+    <w:rsid w:val="00A5256A"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A81D34"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA2B01"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB3DEF"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AB78C7"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE5CE0"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1048"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B00661"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B3738E"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B42E0B"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
+    <w:rsid w:val="00B569C5"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B577D3"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B640C8"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA1959"/>
     <w:rsid w:val="00BA4DFB"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB7FFA"/>
     <w:rsid w:val="00BC034D"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
@@ -3211,1360 +3384,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00A624E4"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00A624E4"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF2D51"/>
+    <w:rsid w:val="00A624E4"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4591,51 +4766,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4661&amp;session=126&amp;summary=B" TargetMode="External" Id="R73f857934588465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4661_20251217.docx" TargetMode="External" Id="R8a865c4c2402444e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4661&amp;session=126&amp;summary=B" TargetMode="External" Id="R3154d899e4b54f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4661_20251217.docx" TargetMode="External" Id="Ra6ac0c605a4740af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Re9b404c2d66840ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R7bc7f974c71a4fc1" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4662,119 +4837,119 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="00026AF5"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="00180A3B"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="002F6BAF"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="004F5567"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00675659"/>
     <w:rsid w:val="00695F8D"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00744E6C"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007B40CF"/>
     <w:rsid w:val="00851246"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B00661"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00B577D3"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D60B7A"/>
     <w:rsid w:val="00D6665C"/>
@@ -5530,129 +5705,59 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...64 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5869,138 +5974,183 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>9fa258a3-bf65-454b-9404-1811d1a4508d</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>cd6e3cb9-e695-492f-beb4-a7d938f032b9</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>2ef70666-a228-429d-b134-e1543c4aa47d</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>69c30c19-e536-4176-82b4-b7fe75e47f85</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4661]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4661</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 10 TO CHAPTER 11, TITLE 16, SO AS TO PROVIDE DEFINITIONS, TO PROHIBIT PERSONS FROM ENTERING CRITICAL INFRASTRUCTURE FACILITIES WITHOUT AUTHORIZATION, AND TO PROVIDE PENALTIES FOR VIOLATIONS; AND BY ADDING SECTION 16‑11‑745 SO AS TO PROHIBIT PERSONS FROM THREATENING INDIVIDUALS WITH THE INTENT TO OBSTRUCT THE OPERATION OF AN ELECTRIC UTILITY SYSTEM.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"612f2261-5976-4341-a1ca-54e8e2a5a9dd","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T16C11N1010_058b8b7d5","IsConstitutionSection":false,"Identity":"16-11-1010","IsNew":true,"SubSections":[{"Level":1,"Identity":"T16C11N1010S1","SubSectionBookmarkName":"ss_T16C11N1010S1_lv1_8121a4fce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C11N1010S2","SubSectionBookmarkName":"ss_T16C11N1010S2_lv1_1cdc12172","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1010Sa","SubSectionBookmarkName":"ss_T16C11N1010Sa_lv2_f1dbe89d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1010Sb","SubSectionBookmarkName":"ss_T16C11N1010Sb_lv2_721c2ec57","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1010Sc","SubSectionBookmarkName":"ss_T16C11N1010Sc_lv2_611267ecb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1010Sd","SubSectionBookmarkName":"ss_T16C11N1010Sd_lv2_dfdf77b80","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1010Se","SubSectionBookmarkName":"ss_T16C11N1010Se_lv2_6909f9e10","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1010Sf","SubSectionBookmarkName":"ss_T16C11N1010Sf_lv2_d4083507c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1010Sg","SubSectionBookmarkName":"ss_T16C11N1010Sg_lv2_c5ad60176","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1010Sh","SubSectionBookmarkName":"ss_T16C11N1010Sh_lv2_4f7fd82e6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1010Si","SubSectionBookmarkName":"ss_T16C11N1010Si_lv2_c82a753da","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C11N1010S3","SubSectionBookmarkName":"ss_T16C11N1010S3_lv1_3deb39532","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C11N1010S4","SubSectionBookmarkName":"ss_T16C11N1010S4_lv1_0671b4c32","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C11N1010S5","SubSectionBookmarkName":"ss_T16C11N1010S5_lv1_8025d1717","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C11N1010S6","SubSectionBookmarkName":"ss_T16C11N1010S6_lv1_9dc2badb1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T16C11N1020_d666787da","IsConstitutionSection":false,"Identity":"16-11-1020","IsNew":true,"SubSections":[{"Level":1,"Identity":"T16C11N1020SA","SubSectionBookmarkName":"ss_T16C11N1020SA_lv1_25e5e06a8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1020S1","SubSectionBookmarkName":"ss_T16C11N1020S1_lv2_40088c4de","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1020S2","SubSectionBookmarkName":"ss_T16C11N1020S2_lv2_f1b880a84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1020S3","SubSectionBookmarkName":"ss_T16C11N1020S3_lv2_02086c2ac","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C11N1020S4","SubSectionBookmarkName":"ss_T16C11N1020S4_lv2_994391165","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C11N1020SB","SubSectionBookmarkName":"ss_T16C11N1020SB_lv1_ebfe9d8a1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T16C11N1030_15c8fbac2","IsConstitutionSection":false,"Identity":"16-11-1030","IsNew":true,"SubSections":[{"Level":1,"Identity":"T16C11N1030SA","SubSectionBookmarkName":"ss_T16C11N1030SA_lv1_4e6252336","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C11N1030SB","SubSectionBookmarkName":"ss_T16C11N1030SB_lv1_7e16893a8","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T16C11N1040_c63c75c24","IsConstitutionSection":false,"Identity":"16-11-1040","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T16C11N1050_fe2ebcab5","IsConstitutionSection":false,"Identity":"16-11-1050","IsNew":true,"SubSections":[{"Level":1,"Identity":"T16C11N1050SA","SubSectionBookmarkName":"ss_T16C11N1050SA_lv1_30ca7fd14","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C11N1050SB","SubSectionBookmarkName":"ss_T16C11N1050SB_lv1_1578eb62f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T16C11N1060_a1dae2830","IsConstitutionSection":false,"Identity":"16-11-1060","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_75a53672b"},{"SectionUUID":"ae7b65c6-eff6-4e14-b519-57375266140d","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T16C11N745_20ef0841a","IsConstitutionSection":false,"Identity":"16-11-745","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_5c9ee5a03"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Critical Infrastructure Protection Act</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>heatheranderson@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5785</Characters>
+  <Pages>3</Pages>
+  <Words>1045</Words>
+  <Characters>5784</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>111</Lines>
   <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6786</CharactersWithSpaces>
+  <CharactersWithSpaces>6784</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>