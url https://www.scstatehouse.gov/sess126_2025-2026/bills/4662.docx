--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,86 +123,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. Wooten and Wetmore</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Wooten, Wetmore, Pope and Oremus</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document Path: LC-0207HA26.docx</w:t>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 4396</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Document Path: LC-0207HA26.docx</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +358,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Re7a02b61d4f341d3">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 49</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R9ffc97e3911848ad">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 49</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R54462ecd80bd4be5">
+      <w:hyperlink r:id="R795a4a21d7e849cb">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +535,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R226eec143a004edb">
+      <w:hyperlink r:id="Rd38640d248614538">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -668,71 +779,97 @@
       <w:bookmarkStart w:name="ss_T33C56N50SA_lv1_9daaa5620" w:id="6"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>A) The following are not required to file registration statements with the Secretary of State if their fundraising activities are not conducted by professional solicitors, professional fundraising counsel, or commercial coventurers:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB1566" w:rsidP="00EB1566" w:rsidRDefault="00EB1566" w14:paraId="2D2EED57" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50S1_lv2_c8e49e9bd" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:t>1) an educational institution which solicits contributions from only its students and their families, alumni, faculty, friends, and other constituencies, trustees, corporations, foundations, and individuals who are interested in and supportive of the programs of the institution;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) an educational institution which solicits contributions from only its students and their families, alumni, faculty, friends, and other constituencies, trustees, corporations, foundations, and individuals who are interested in and supportive of the programs of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>institution;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00EB1566" w:rsidP="00EB1566" w:rsidRDefault="00EB1566" w14:paraId="7C53F001" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50S2_lv2_0132b73b2" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>2) a person requesting contributions for the relief of an individual specified by name at the time of the solicitation when all of the contributions collected, without deductions of any kind, are turned over to the named beneficiary for his use, as long as the person soliciting the contributions is not a named beneficiary;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) a person requesting contributions for the relief of an individual specified by name at the time of the solicitation when </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the contributions collected, without deductions of any kind, are turned over to the named beneficiary for his use, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>as long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the person soliciting the contributions is not a named </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>beneficiary;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00EB1566" w:rsidP="00EB1566" w:rsidRDefault="00EB1566" w14:paraId="3B2B488E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50S3_lv2_0d5791a75" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t xml:space="preserve">3) a charitable organization which </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) </w:t>
       </w:r>
@@ -891,52 +1028,57 @@
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> within thirty days after the date the gross revenue exceeds this amount</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB1566" w:rsidP="00EB1566" w:rsidRDefault="00EB1566" w14:paraId="068B4289" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50S4_lv2_2fb2d0084" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>4) an organization which solicits exclusively from its membership, including a utility cooperative;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">4) an organization which solicits exclusively from its membership, including a utility </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>cooperative;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00EB1566" w:rsidP="00EB1566" w:rsidRDefault="00EB1566" w14:paraId="2784382B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50S5_lv2_7f0dffc50" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>5) a veterans</w:t>
       </w:r>
       <w:r w:rsidR="004B6F6D">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> organization which has a congressional charter; and</w:t>
       </w:r>
@@ -951,70 +1093,94 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50S6_lv2_9f17e1238" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>6) the State, its political subdivisions, and an agency or a department of the State which are subject to the disclosure provisions of the Freedom of Information Act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB1566" w:rsidP="00EB1566" w:rsidRDefault="00EB1566" w14:paraId="39AD0013" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50SB_lv1_7d4c7d80e" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
-        <w:t>B) The following are not required to file registration statements with the Secretary of State regardless of whether or not their fundraising activities are conducted by professional solicitors, professional fundraising counsel, or commercial coventurers:</w:t>
+        <w:t xml:space="preserve">B) The following are not required to file registration statements with the Secretary of State regardless of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> their fundraising activities are conducted by professional solicitors, professional fundraising counsel, or commercial coventurers:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB1566" w:rsidP="00EB1566" w:rsidRDefault="00EB1566" w14:paraId="3CE8B5BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50S1_lv2_c0de369dd" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t>1) a public school district located in the State and any public school teaching pre‑K through grade twelve located within the public school district. For purposes of this chapter, the term “public school” includes any student organization within the school that does not maintain separate financial accounts or a separate federal Employer</w:t>
+        <w:t xml:space="preserve">1) a public school district located in the State and any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>public school</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> teaching </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>pre‑K</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> through grade twelve located within the public school district. For purposes of this chapter, the term “public school” includes any student organization within the school that does not maintain separate financial accounts or a separate federal Employer</w:t>
       </w:r>
       <w:r w:rsidR="004B6F6D">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s Identification Number (EIN) from the school and whose fundraising revenues are deposited in the school</w:t>
       </w:r>
       <w:r w:rsidR="004B6F6D">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s student activity fund; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB1566" w:rsidP="00EB1566" w:rsidRDefault="00EB1566" w14:paraId="4690EF86" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50S2_lv2_e6661077f" w:id="15"/>
@@ -1036,53 +1202,55 @@
       </w:r>
       <w:r w:rsidR="007C0C5E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>, collect, earn,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or receive</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> contributions from the public</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C0C5E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">gross revenue </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>in excess of</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> seven</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C0C5E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">ten </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">thousand </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">five hundred </w:t>
       </w:r>
       <w:r>
@@ -1161,58 +1329,67 @@
         <w:t>this</w:t>
       </w:r>
       <w:r w:rsidR="007C0C5E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> amount</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB1566" w:rsidP="00EB1566" w:rsidRDefault="00EB1566" w14:paraId="4141B5AE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50SC_lv1_71fb99f43" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>C) A charitable organization claiming to be exempt from the registration provisions of this chapter and which solicits charitable contributions must submit annually to the Secretary of State, on forms prescribed by the Secretary of State, the name, address, and purpose of the organization and a statement setting forth the reason for the claim for exemption. If appropriate, the Secretary of State or his appropriate division shall issue a letter of exemption that may be exhibited to the public. A filing fee is not required of an exempt organization.</w:t>
+        <w:t xml:space="preserve">C) A charitable organization claiming to be exempt from the registration provisions of this chapter and which solicits charitable contributions must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> annually to the Secretary of State, on forms prescribed by the Secretary of State, the name, address, and purpose of the organization and a statement setting forth the reason for the claim for exemption. If appropriate, the Secretary of State or his appropriate division shall issue a letter of exemption that may be exhibited to the public. A filing fee is not required of an exempt organization.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB1566" w:rsidP="00EB1566" w:rsidRDefault="00EB1566" w14:paraId="10E3B16D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N50SD_lv1_97b96cc01" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>D) A professional solicitor, professional fundraising counsel, or commercial coventurer conducting fundraising activities on behalf of an exempt organization must comply with the registration and filing requirements of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00745DAC" w:rsidP="00745DAC" w:rsidRDefault="00745DAC" w14:paraId="0A1A5494" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00824B10" w:rsidP="009503D6" w:rsidRDefault="00745DAC" w14:paraId="5393FA6B" w14:textId="01B4D27D">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_1_sub_B_1407c4d63" w:id="18"/>
       <w:r w:rsidRPr="0093561F">
         <w:t>B</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
@@ -1409,51 +1586,55 @@
     <w:p w:rsidR="00CA4B40" w:rsidP="00CA4B40" w:rsidRDefault="007C0C5E" w14:paraId="6D609484" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N90SB_lv1_7246b6045" w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>B)</w:t>
       </w:r>
       <w:r w:rsidR="00CA4B40">
-        <w:t xml:space="preserve"> At the initial time of solicitation, a professional solicitor must disclose its status as a “professional” or “paid” solicitor. The professional solicitor also must disclose the registered true name of the professional fundraising organization for which it works and the registered true name, location, and purpose of the charitable organizations for which it is soliciting. Upon oral or written request of the solicited party, a professional solicitor also must disclose the percentage of gross receipts with which the professional solicitor is compensated including the amount the professional solicitor must be reimbursed as payment for fundraising costs. The professional solicitor also must disclose the guaranteed minimum percentage of gross receipts to be remitted or retained by the charitable organization excluding the amount which the charitable organization must pay for fundraising costs.</w:t>
+        <w:t xml:space="preserve"> At the initial time of solicitation, a professional solicitor must disclose its status as a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4B40">
+        <w:lastRenderedPageBreak/>
+        <w:t>“professional” or “paid” solicitor. The professional solicitor also must disclose the registered true name of the professional fundraising organization for which it works and the registered true name, location, and purpose of the charitable organizations for which it is soliciting. Upon oral or written request of the solicited party, a professional solicitor also must disclose the percentage of gross receipts with which the professional solicitor is compensated including the amount the professional solicitor must be reimbursed as payment for fundraising costs. The professional solicitor also must disclose the guaranteed minimum percentage of gross receipts to be remitted or retained by the charitable organization excluding the amount which the charitable organization must pay for fundraising costs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CA4B40" w:rsidP="00CA4B40" w:rsidRDefault="00CA4B40" w14:paraId="2D2E81D1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(B)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N90SC_lv1_cce2fda56" w:id="29"/>
       <w:r w:rsidR="007C0C5E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="007C0C5E">
         <w:rPr>
@@ -1634,51 +1815,65 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004B6F6D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> professional fundraising counsel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>, or commercial co‑venturer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for a charitable organization subject to the provisions of this chapter without first having registered with the Secretary of State. </w:t>
       </w:r>
       <w:r w:rsidR="00FA7D9F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">A person may not act as a commercial co‑venturer for a charitable organization subject to the provision of this chapter without first registering with the Secretary of State, if the person intends to solicit, collect, earn, or receive charitable contributions in excess of </w:t>
+        <w:t xml:space="preserve">A person may not act as a commercial co‑venturer for a charitable organization subject to the provision of this chapter without first registering with the Secretary of State, if the person intends to solicit, collect, earn, or receive charitable contributions </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FA7D9F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FA7D9F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A47BF0">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>ten</w:t>
       </w:r>
       <w:r w:rsidR="00FA7D9F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> thousand dollars during a solicitation campaign. </w:t>
       </w:r>
       <w:r>
         <w:t>Registration includes filing of a complete application and filing fee. An application for registration must be in writing under oath or affirmation in the form prescribed by the Secretary of State and accompanied by an annual fee of fifty dollars.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C766E" w:rsidP="004C766E" w:rsidRDefault="004C766E" w14:paraId="30A9308D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00812730" w:rsidP="00812730" w:rsidRDefault="004C766E" w14:paraId="65B8509C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
@@ -1722,51 +1917,55 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N110SJ_lv1_ee6b56878" w:id="41"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t xml:space="preserve">J) </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7D9F" w:rsidR="00FA7D9F">
         <w:t>If a commercial co‑venturer intending to be exempt from registration with the Secretary of State collects, earns</w:t>
       </w:r>
       <w:r w:rsidR="00A80B61">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7D9F" w:rsidR="00FA7D9F">
         <w:t xml:space="preserve"> or receives charitable contributions in excess of </w:t>
       </w:r>
       <w:r w:rsidR="00A47BF0">
         <w:t>ten thousand</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7D9F" w:rsidR="00FA7D9F">
-        <w:t xml:space="preserve"> dollars during a solicitation campaign, then the commercial co‑venturer shall register and report to the Secretary of State as required by this chapter within thirty days after the date the contributions exceed this amount.</w:t>
+        <w:t xml:space="preserve"> dollars during a solicitation campaign, then the commercial co‑venturer shall register and report to the Secretary of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7D9F" w:rsidR="00FA7D9F">
+        <w:lastRenderedPageBreak/>
+        <w:t>State as required by this chapter within thirty days after the date the contributions exceed this amount.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA7D9F" w:rsidP="00FA7D9F" w:rsidRDefault="00FA7D9F" w14:paraId="58613B56" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008A1FA1" w:rsidP="008A1FA1" w:rsidRDefault="00FA7D9F" w14:paraId="252E2D95" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_1_sub_F_23abfbc1d" w:id="42"/>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="dl_c2f938dde" w:id="43"/>
       <w:r w:rsidR="008A1FA1">
         <w:t>S</w:t>
@@ -1774,78 +1973,94 @@
       <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidR="008A1FA1">
         <w:t>ection 33‑56‑120(B) of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A1FA1" w:rsidP="008A1FA1" w:rsidRDefault="008A1FA1" w14:paraId="779770B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FA7D9F" w:rsidP="008A1FA1" w:rsidRDefault="008A1FA1" w14:paraId="07CBF02E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="cs_T33C56N120_beb5c75d1" w:id="44"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T33C56N120SB_lv1_57a575792" w:id="45"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
-        <w:t xml:space="preserve">B) A charitable organization, professional fundraising counsel, </w:t>
+        <w:t xml:space="preserve">B) A charitable organization, professional fundraising </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">counsel, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t xml:space="preserve">or </w:t>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>professional solicitor</w:t>
       </w:r>
       <w:r w:rsidR="001701BE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>, or commercial co‑venturer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall not use or exploit the fact of registration </w:t>
       </w:r>
       <w:r w:rsidR="001701BE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">with the Secretary of State </w:t>
       </w:r>
-      <w:r>
-        <w:t>so as to lead the public to believe that the registration in any way constitutes an endorsement or approval by the State. However, the use of the following statement is not considered a prohibited exploitation: “Registered with the Secretary of State as required by law</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>so as to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> lead the public to believe that the registration in any way constitutes an endorsement or approval by the State. However, the use of the following statement is not considered a prohibited exploitation: “Registered with the Secretary of State as required by law</w:t>
       </w:r>
       <w:r w:rsidR="00FA55F3">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Registration does not imply endorsement of a public solicitation for contributions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="35C9C424" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
@@ -1879,56 +2094,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00FB040B">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="67967DE0" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1367F3D6" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1961,175 +2176,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1274B044" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="4C51D44E" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0091107B" w:rsidP="00D14995">
+      <w:p w14:paraId="4C51D44E" w14:textId="6F0DD951" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00A03AAA" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00F05132">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="009D5284">
+              <w:t>[4662]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="009B36C0">
+            <w:r w:rsidR="009D5284">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0207HA26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D915410" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7B1F4206" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2391,100 +2604,103 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="116"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00003323"/>
     <w:rsid w:val="00004644"/>
     <w:rsid w:val="000100EF"/>
     <w:rsid w:val="00010CBC"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00016DBF"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00025906"/>
     <w:rsid w:val="00025F70"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00030C53"/>
     <w:rsid w:val="00037DA3"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="00047804"/>
     <w:rsid w:val="000479D0"/>
+    <w:rsid w:val="00047B92"/>
     <w:rsid w:val="00056E8D"/>
     <w:rsid w:val="000619C9"/>
     <w:rsid w:val="00063A88"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00064991"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="0007260C"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000A4B4B"/>
     <w:rsid w:val="000B0124"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B67A4"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C1473"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C5EC0"/>
     <w:rsid w:val="000C6353"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D228C"/>
@@ -2523,50 +2739,51 @@
     <w:rsid w:val="001805EB"/>
     <w:rsid w:val="0018755F"/>
     <w:rsid w:val="00187DC5"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00196E5B"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A7368"/>
     <w:rsid w:val="001B68A9"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C20B6"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C2FFA"/>
     <w:rsid w:val="001C544F"/>
     <w:rsid w:val="001C5E33"/>
     <w:rsid w:val="001C7B31"/>
     <w:rsid w:val="001D4527"/>
     <w:rsid w:val="001E02CA"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F37DC"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F4619"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00205280"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="00211E51"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00221469"/>
     <w:rsid w:val="00226A27"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00240B4D"/>
     <w:rsid w:val="002424CE"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00254EA3"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="00261EBD"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00266B28"/>
     <w:rsid w:val="00270EC7"/>
     <w:rsid w:val="00272E30"/>
     <w:rsid w:val="0027354D"/>
     <w:rsid w:val="00275AE6"/>
@@ -2680,50 +2897,51 @@
     <w:rsid w:val="004B3DC3"/>
     <w:rsid w:val="004B3ED9"/>
     <w:rsid w:val="004B6F6D"/>
     <w:rsid w:val="004C0F13"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C545F"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C766E"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E5235"/>
     <w:rsid w:val="004E5F77"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="00506922"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="005165D7"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
+    <w:rsid w:val="00526121"/>
     <w:rsid w:val="005321D8"/>
     <w:rsid w:val="005353B7"/>
     <w:rsid w:val="00540001"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="005456A5"/>
     <w:rsid w:val="00546B76"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="005540DD"/>
     <w:rsid w:val="00554B02"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564347"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00565136"/>
     <w:rsid w:val="0056556A"/>
     <w:rsid w:val="005715FE"/>
     <w:rsid w:val="00571C37"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005728A0"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00581163"/>
     <w:rsid w:val="00583474"/>
     <w:rsid w:val="005857B6"/>
@@ -2734,135 +2952,139 @@
     <w:rsid w:val="005A1B5C"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B40CC"/>
     <w:rsid w:val="005B6128"/>
     <w:rsid w:val="005B661A"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C2293"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D47A9"/>
     <w:rsid w:val="005E19E6"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F10D5"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00627A3B"/>
     <w:rsid w:val="00630B17"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00634AAC"/>
     <w:rsid w:val="00637145"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="00641DF6"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00646D52"/>
     <w:rsid w:val="006558C2"/>
     <w:rsid w:val="006573BD"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00676023"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="00697282"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A3A14"/>
     <w:rsid w:val="006A4D83"/>
     <w:rsid w:val="006A65E2"/>
+    <w:rsid w:val="006A794F"/>
     <w:rsid w:val="006B220E"/>
     <w:rsid w:val="006B29E7"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006B3C17"/>
     <w:rsid w:val="006B6050"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C3A3B"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F70E0"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00717090"/>
     <w:rsid w:val="0071766D"/>
     <w:rsid w:val="00722155"/>
+    <w:rsid w:val="00723767"/>
     <w:rsid w:val="00725A5C"/>
     <w:rsid w:val="007265C4"/>
     <w:rsid w:val="00734CA2"/>
     <w:rsid w:val="0073529A"/>
     <w:rsid w:val="00736683"/>
     <w:rsid w:val="007370DA"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="007403E2"/>
     <w:rsid w:val="00745DAC"/>
     <w:rsid w:val="00754527"/>
     <w:rsid w:val="00776D41"/>
     <w:rsid w:val="00782AF5"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00790458"/>
     <w:rsid w:val="007A018B"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A37B3"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A5343"/>
     <w:rsid w:val="007A7E16"/>
     <w:rsid w:val="007B09F0"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007B6C5C"/>
     <w:rsid w:val="007C0C5E"/>
     <w:rsid w:val="007C1F76"/>
     <w:rsid w:val="007C3258"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E153B"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="007F58C4"/>
     <w:rsid w:val="007F6526"/>
     <w:rsid w:val="008004AF"/>
     <w:rsid w:val="00805886"/>
     <w:rsid w:val="0081007C"/>
     <w:rsid w:val="00810E03"/>
     <w:rsid w:val="00812730"/>
     <w:rsid w:val="00815A1A"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00817F99"/>
     <w:rsid w:val="00824B10"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00840825"/>
     <w:rsid w:val="00845FD7"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087095C"/>
     <w:rsid w:val="00873132"/>
     <w:rsid w:val="00873241"/>
     <w:rsid w:val="00875AC1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00895470"/>
@@ -2916,61 +3138,63 @@
     <w:rsid w:val="00975E1B"/>
     <w:rsid w:val="009826C6"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="009850E3"/>
     <w:rsid w:val="00985187"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009A4224"/>
     <w:rsid w:val="009A7316"/>
     <w:rsid w:val="009A73A1"/>
     <w:rsid w:val="009A7BBD"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B36C0"/>
     <w:rsid w:val="009B4F81"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C5CAA"/>
     <w:rsid w:val="009D081C"/>
     <w:rsid w:val="009D212E"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
+    <w:rsid w:val="009D5284"/>
     <w:rsid w:val="009D6C33"/>
     <w:rsid w:val="009E0D3B"/>
     <w:rsid w:val="009E2E5F"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009E79C7"/>
     <w:rsid w:val="009F1AF3"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4D0C"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A01178"/>
+    <w:rsid w:val="00A03AAA"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A053BF"/>
     <w:rsid w:val="00A05656"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A0650B"/>
     <w:rsid w:val="00A07654"/>
     <w:rsid w:val="00A109F1"/>
     <w:rsid w:val="00A11C3F"/>
     <w:rsid w:val="00A13BB7"/>
     <w:rsid w:val="00A14CE0"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A200CE"/>
     <w:rsid w:val="00A20126"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A270A9"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A42494"/>
     <w:rsid w:val="00A447A2"/>
     <w:rsid w:val="00A4721B"/>
     <w:rsid w:val="00A47BF0"/>
     <w:rsid w:val="00A504A7"/>
@@ -3738,1405 +3962,1407 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="007F1D66"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="007F1D66"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF5EC3"/>
+    <w:rsid w:val="007F1D66"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003C2162"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4662&amp;session=126&amp;summary=B" TargetMode="External" Id="R54462ecd80bd4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4662_20251217.docx" TargetMode="External" Id="R226eec143a004edb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4662&amp;session=126&amp;summary=B" TargetMode="External" Id="R795a4a21d7e849cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4662_20251217.docx" TargetMode="External" Id="Rd38640d248614538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Re7a02b61d4f341d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R9ffc97e3911848ad" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5163,126 +5389,126 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00004644"/>
     <w:rsid w:val="00010CBC"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000C5EC0"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003C795F"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="0049193F"/>
     <w:rsid w:val="00493571"/>
     <w:rsid w:val="004A4EC2"/>
     <w:rsid w:val="004A7991"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="004E5235"/>
     <w:rsid w:val="005540DD"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00634AAC"/>
     <w:rsid w:val="006558C2"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007A37B3"/>
     <w:rsid w:val="00805886"/>
     <w:rsid w:val="008B19D7"/>
     <w:rsid w:val="008B7C44"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="009826C6"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00AF744B"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00B54EC3"/>
     <w:rsid w:val="00B83E2F"/>
     <w:rsid w:val="00B9667E"/>
     <w:rsid w:val="00C15BC6"/>
     <w:rsid w:val="00C818FB"/>
@@ -6040,137 +6266,123 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>6e8638f9-a726-4ef7-8bf9-9e8e8782bd6b</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-11-13T15:17:26.089341-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>33bba307-5ea5-450f-a5e9-791c66384d29</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>6e5409c5-f9bf-4039-8d05-72a34b183afd</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>2e2e359c-f70b-42d6-b8d6-cf21ab483f4a</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4662]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4662</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 33‑56‑50, RELATING TO ORGANIZATIONS EXEMPT FROM REGISTRATION PROVISIONS, SO AS TO REGULATE CHARITABLE ORGANIZATIONS THAT SOLICIT, COLLECT, EARN, OR RECEIVE MORE THAN A STATED AMOUNT IN A FISCAL YEAR THAT REGISTER WITH THE SECRETARY OF STATE BY INCREASING REPORT REQUIREMENTS; BY AMENDING SECTION 33‑56‑70, RELATING TO CONTRACTS WITH PROFESSIONAL SOLICITORS, SO AS TO REQUIRE WRITTEN CONTRACTS BETWEEN A CHARITABLE ORGANIZATION AND PROFESSIONAL FUNDRAISING COUNSEL, PROFESSIONAL SOLICITOR, OR COMMERCIAL CO‑VENTURER TO BE FILED WITH THE SECRETARY OF STATE UNDER CERTAIN CONDITIONS; BY AMENDING SECTION 33‑56‑90, RELATING TO REQUIRED DISCLOSURES, SO AS TO REQUIRE ANY ENTITY THAT IS SOLICITING FOR CHARITABLE ORGANIZATIONS TO DISCLOSE THE LEGAL NAME AND PURPOSE OF THE CHARITY FOR WHICH THEY ARE SOLICITING; BY AMENDING SECTION 33‑56‑110, RELATING TO REGISTRATION OF PROFESSIONAL SOLICITORS, FUNDRAISING COUNSELS, OR COMMERCIAL CO‑VENTURERS, SO AS TO PROVIDE REGISTRATION REQUIREMENTS FOR COMMERCIAL CO‑VENTURERS; AND BY AMENDING SECTION 33‑56‑120, RELATING TO MISREPRESENTATIONS, SO AS TO PROHIBIT COMMERCIAL CO‑VENTURERS FROM USING REGISTRATION WITH THE SECRETARY OF STATE AS AN ENDORSEMENT BY THE STATE.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"c0879273-c6bc-4794-b040-861e3f7d481d","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C56N50_2244ed14f","IsConstitutionSection":false,"Identity":"33-56-50","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N50SA","SubSectionBookmarkName":"ss_T33C56N50SA_lv1_9daaa5620","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N50SB","SubSectionBookmarkName":"ss_T33C56N50SB_lv1_7d4c7d80e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N50SC","SubSectionBookmarkName":"ss_T33C56N50SC_lv1_71fb99f43","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N50SD","SubSectionBookmarkName":"ss_T33C56N50SD_lv1_97b96cc01","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S1","SubSectionBookmarkName":"ss_T33C56N50S1_lv2_c8e49e9bd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S2","SubSectionBookmarkName":"ss_T33C56N50S2_lv2_0132b73b2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S3","SubSectionBookmarkName":"ss_T33C56N50S3_lv2_0d5791a75","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S4","SubSectionBookmarkName":"ss_T33C56N50S4_lv2_2fb2d0084","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S5","SubSectionBookmarkName":"ss_T33C56N50S5_lv2_7f0dffc50","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S6","SubSectionBookmarkName":"ss_T33C56N50S6_lv2_9f17e1238","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S1","SubSectionBookmarkName":"ss_T33C56N50S1_lv2_c0de369dd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S2","SubSectionBookmarkName":"ss_T33C56N50S2_lv2_e6661077f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_sub_A_73fddb9d6"},{"SectionUUID":"ee84980c-0522-4401-a6ca-21f5229a472f","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C56N70_6f44fc5b3","IsConstitutionSection":false,"Identity":"33-56-70","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N70SA","SubSectionBookmarkName":"ss_T33C56N70SA_lv1_b756a8b01","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N70SD","SubSectionBookmarkName":"ss_T33C56N70SD_lv1_8d911284e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N70SE","SubSectionBookmarkName":"ss_T33C56N70SE_lv1_56e5ecad5","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Contracts with professional solicitors to be in writing;  filing requirements;  joint financial report for each campaign;  penalty for noncompliance.","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":true,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_sub_B_1407c4d63"},{"SectionUUID":"cbf23f6f-6d1d-493c-8b69-7abb0776cbf4","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C56N90_5f6341c83","IsConstitutionSection":false,"Identity":"33-56-90","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N90SA","SubSectionBookmarkName":"ss_T33C56N90SA_lv1_b0c3fb14e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N90SC","SubSectionBookmarkName":"ss_T33C56N90SC_lv1_cce2fda56","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N90SD","SubSectionBookmarkName":"ss_T33C56N90SD_lv1_50f52ce45","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N90SE","SubSectionBookmarkName":"ss_T33C56N90SE_lv1_716b72f41","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N90SB","SubSectionBookmarkName":"ss_T33C56N90SB_lv1_7246b6045","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N90S1","SubSectionBookmarkName":"ss_T33C56N90S1_lv2_ee7d05971","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N90S2","SubSectionBookmarkName":"ss_T33C56N90S2_lv2_c60fc8c28","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"required disclosures","TitleSoAsTo":"require any entity that is soliciting for charitable organizations to disclose the legal name and purpose of the charity for which they are soliciting","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_sub_C_ba66d8412"},{"SectionUUID":"20a73ae7-d506-4f56-a61e-5c3d7d0db733","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C56N110_83fa7eebc","IsConstitutionSection":false,"Identity":"33-56-110","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N110SA","SubSectionBookmarkName":"ss_T33C56N110SA_lv1_8bb74b1e1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":", RELATING TO REGISTRATION OF PROFESSIONAL SOLICITORS, FUND-RAISING COUNSELS, OR COMMERCIAL CO-VENTURERS","TitleSoAsTo":"LIMIT REGISTRATION REQUIREMENTS FOR COMMERCIAL CO-VENTURERS SOLICITING MORE THAN SEVEN THOUSAND FIVE HUNDRED DOLLARS IN A SINGLE SOLICITATION CAMPAIGN","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_sub_D_c9f9d78b7"},{"SectionUUID":"40363e03-7514-46c7-82ca-b4e17398e884","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T33C56N110_feea4e56d","IsConstitutionSection":false,"Identity":"33-56-110","IsNew":true,"SubSections":[{"Level":1,"Identity":"T33C56N110SJ","SubSectionBookmarkName":"ss_T33C56N110SJ_lv1_ee6b56878","IsNewSubSection":true,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_sub_E_a995185a8"},{"SectionUUID":"deba8f9c-905b-4127-9a5c-224a6ef1fcf0","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C56N120_beb5c75d1","IsConstitutionSection":false,"Identity":"33-56-120","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N120SB","SubSectionBookmarkName":"ss_T33C56N120SB_lv1_57a575792","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Misrepresentations","TitleSoAsTo":"prohibit commercial co-venturers from using registration with the Secretary of State as an enforcement by the State","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_sub_F_23abfbc1d"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Regulation of charitable funds</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>heatheranderson@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6388,108 +6600,97 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A55E4BAB-9921-4629-A035-5925F4019CF7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
-[...6 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>5</Pages>
   <Words>1860</Words>
   <Characters>10532</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>167</Lines>
   <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>12350</CharactersWithSpaces>
@@ -6521,27 +6722,36 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>