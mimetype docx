--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,86 +123,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Guffey</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Guffey and Pope</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0274HDB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R22056170b00041c8">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 50</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R73ef3aed757b4792">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 50</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R9934e24efbfe4066">
+      <w:hyperlink r:id="R32bde1f036334356">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +521,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R2829afa0c8fc4603">
+      <w:hyperlink r:id="R8f2de386d32d465c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00291DB7" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="51D8046F">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00291DB7" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="672EFE2C">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00291DB7" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="10D9D4C0">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00291DB7" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="0FC37968">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00291DB7" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="59155256">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00291DB7" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="220498FE">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -556,1221 +651,1321 @@
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00363E82" w14:paraId="40FEFADA" w14:textId="7889BFFF">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “DIGITAL CHOICE ACT” BY ADDING CHAPTER 31 TO TITLE 37 SO AS TO DEFINE NECESSARY TERMS; TO ESTABLISH LEGISLATIVE FINDINGS ABOUT SOCIAL MEDIA DATA CONTROL AND COMPETITION; TO ESTABLISH THE FORMAT IN WHICH A SOCIAL MEDIA SERVICE MUST PROVIDE A CONSUMER WITH A COPY OF THE CONSUMER</w:t>
           </w:r>
           <w:r w:rsidR="00A53DB7">
             <w:t>’</w:t>
           </w:r>
           <w:r>
             <w:t>S PERSONAL DATA UPON REQUEST; TO REQUIRE A SOCIAL MEDIA COMPANY TO IMPLEMENT DATA INTEROPERABILITY INTERFACES; TO ESTABLISH REQUIREMENTS FOR DATA SHARING BETWEEN SOCIAL MEDIA SERVICES; TO PROVIDE CIVIL PENALTIES FOR VIOLATIONS OF THIS CHAPTER; AND TO PROVIDE CONSUMERS WITH CERTAIN RIGHTS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_f904e28fb" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_f904e28fb" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_596a22ef4" w:id="2"/>
+      <w:bookmarkStart w:name="ew_596a22ef4" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C233F" w:rsidP="00326BF1" w:rsidRDefault="004C233F" w14:paraId="5FD82733" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005D2E79" w:rsidP="00326BF1" w:rsidRDefault="004C233F" w14:paraId="379787AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_e4f03b468" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_e4f03b468" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_b1f51c0be" w:id="4"/>
+      <w:bookmarkStart w:name="dl_b1f51c0be" w:id="3"/>
       <w:r w:rsidR="005D2E79">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="005D2E79">
         <w:t>itle 37 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="005D2E79" w14:paraId="0290DC83" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="005D2E79" w14:paraId="5517E407" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_bcf1dabc4" w:id="5"/>
+      <w:bookmarkStart w:name="up_bcf1dabc4" w:id="4"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>HAPTER 31</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="005D2E79" w14:paraId="11C34C59" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="00250136" w14:paraId="168166F0" w14:textId="166C5888">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_a39d9c9a4" w:id="5"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
-        <w:t>HAPTER 31</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="005D2E79" w14:paraId="11C34C59" w14:textId="77777777">
+        <w:t>igital Choice Act</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="005D2E79" w14:paraId="043914F3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="00250136" w14:paraId="168166F0" w14:textId="166C5888">
-[...6 lines deleted...]
-        <w:t>D</w:t>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="005D2E79" w14:paraId="3545363E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T37C31N10_679c63830" w:id="6"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
-        <w:t>igital Choice Act</w:t>
-[...20 lines deleted...]
-      <w:r>
         <w:t>ection 37‑31‑10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_027cb18a2" w:id="8"/>
+      <w:bookmarkStart w:name="up_027cb18a2" w:id="7"/>
       <w:r w:rsidR="00F77561">
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00F77561">
         <w:t>s used in this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F252C3" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="21DA09E6" w14:textId="6A025D20">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10S1_lv1_875cb4982" w:id="9"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:name="ss_T37C31N10S1_lv1_875cb4982" w:id="8"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="00F252C3">
         <w:t>“Admi</w:t>
       </w:r>
       <w:r w:rsidR="00C0412D">
         <w:t>ni</w:t>
       </w:r>
       <w:r w:rsidR="00F252C3">
         <w:t>strator” means the officer appointed by the Commission on Consumer Affairs to administer this title.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00104DBD" w:rsidP="00F77561" w:rsidRDefault="00104DBD" w14:paraId="36D9095B" w14:textId="1D40146D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10S2_lv1_1d88eafc0" w:id="10"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkStart w:name="ss_T37C31N10S2_lv1_1d88eafc0" w:id="9"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t xml:space="preserve">2) “Controller” means a person doing business in the </w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>S</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">tate who determines the purposes for which and the means by which personal data </w:t>
+        <w:t xml:space="preserve">tate who determines the purposes for which and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the means by which</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> personal data </w:t>
       </w:r>
       <w:r w:rsidR="00742380">
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> processed, regardless of whether the person makes the determination alone or with others.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F252C3" w:rsidP="00F77561" w:rsidRDefault="00F252C3" w14:paraId="3D5AA152" w14:textId="409FBE2E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10S3_lv1_98f84f6e1" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T37C31N10S3_lv1_98f84f6e1" w:id="10"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidR="00104DBD">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) “Department” means the Department of Consumer Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F252C3" w14:paraId="70FB43BB" w14:textId="356BF550">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10S4_lv1_6a4d6d481" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00104DBD">
-        <w:t>3</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="00104DBD">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00F77561">
         <w:t>Open protocol</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00F77561">
         <w:t xml:space="preserve"> means a publicly available technical standard that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="2EE2E3EB" w14:textId="2C26A568">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Sa_lv2_d55b6819e" w:id="13"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkStart w:name="ss_T37C31N10Sa_lv2_d55b6819e" w:id="12"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>a) enables interoperability and data exchange between social media services by providing a common data infrastructure where multiple social media services can access, contribute to, and synchronize a user</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>s personal data;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">s personal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>data;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="007158CD" w14:textId="3C932101">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Sb_lv2_0a90d3260" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T37C31N10Sb_lv2_0a90d3260" w:id="13"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>b) is free from:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="18CCAA1A" w14:textId="5B318ECB">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Si_lv3_9333517e4" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
-      <w:r>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="ss_T37C31N10Si_lv3_9333517e4" w:id="15"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) licensing fees; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="51F32F33" w14:textId="542ABB0D">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Sii_lv3_bf1657542" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
-        <w:t>i) licensing fees; and</w:t>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="ss_T37C31N10Sii_lv3_bf1657542" w:id="16"/>
+        <w:t>ii) patent restrictions; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="6F568FA5" w14:textId="003F2BF2">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Sc_lv2_ed30f04ae" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>ii) patent restrictions; and</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T37C31N10Sc_lv2_ed30f04ae" w:id="17"/>
+        <w:t>c) governs how social media services communicate and exchange data with each other.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00104DBD" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="46D7A962" w14:textId="3C00B0DE">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10S5_lv1_920f3a9c8" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidR="00104DBD">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Sa_lv2_563c6c543" w:id="19"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkStart w:name="ss_T37C31N10Sa_lv2_563c6c543" w:id="18"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>Personal data</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> means</w:t>
       </w:r>
       <w:r w:rsidR="00104DBD">
         <w:t xml:space="preserve"> information that is linked or reasonably linkable to an identified individual or an identifiable individual. “Personal data” includes a user’s social graph.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00104DBD" w:rsidP="00F77561" w:rsidRDefault="00104DBD" w14:paraId="2B3E5807" w14:textId="5079128F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Sb_lv2_7b4a91ec8" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T37C31N10Sb_lv2_7b4a91ec8" w:id="19"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t>b) “Personal data” does not include deidentified data, aggregated data, or publicly available information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="3A992C98" w14:textId="2EBE6E25">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10S6_lv1_ef8e5193c" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00104DBD">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Sa_lv2_ff00b499a" w:id="22"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkStart w:name="ss_T37C31N10Sa_lv2_ff00b499a" w:id="21"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>Social graph</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> means data that represents a person</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s connections and interactions within a social media service.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="29112361" w14:textId="6EE752D7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Sb_lv2_a9ec2a4dc" w:id="23"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkStart w:name="ss_T37C31N10Sb_lv2_a9ec2a4dc" w:id="22"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>Social graph</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> includes:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="02B91437" w14:textId="027AF910">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Si_lv3_0159088b1" w:id="24"/>
-[...5 lines deleted...]
-        <w:t>i) the person</w:t>
+      <w:bookmarkStart w:name="ss_T37C31N10Si_lv3_0159088b1" w:id="23"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) the person</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>s social connections with other users;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">s social connections with other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>users;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="401900BD" w14:textId="0365A1E9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Sii_lv3_0948a5884" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T37C31N10Sii_lv3_0948a5884" w:id="24"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:t xml:space="preserve">ii) content created by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="77414F97" w14:textId="1ADDEBB4">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Siii_lv3_f786810df" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>iii) the person</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s responses to other users</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> content, including comments, reactions, and shares;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> content, including comments, reactions, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>shares;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="0AF0DBAA" w14:textId="146E77C9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Siv_lv3_526d7a806" w:id="27"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkStart w:name="ss_T37C31N10Siv_lv3_526d7a806" w:id="26"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>iv) other users</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> responses to the person</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s content; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="738957A5" w14:textId="7A6096B7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Sv_lv3_4a7a3e20f" w:id="28"/>
-[...5 lines deleted...]
-        <w:t>v) metadata associated with</w:t>
+      <w:bookmarkStart w:name="ss_T37C31N10Sv_lv3_4a7a3e20f" w:id="27"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t xml:space="preserve">v) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>metadata</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> associated with</w:t>
       </w:r>
       <w:r w:rsidR="00104DBD">
         <w:t xml:space="preserve"> any of the items described above</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="1BCD3CF8" w14:textId="02AD5186">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10Sc_lv2_45ad129f9" w:id="29"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkStart w:name="ss_T37C31N10Sc_lv2_45ad129f9" w:id="28"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>Social graph</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> does not include another user</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s or an entity</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s content and responses that have been designated private by those users and entities, including private messages.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="0540F7E2" w14:textId="2EC87AA1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10S7_lv1_742cf7787" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T37C31N10S7_lv1_742cf7787" w:id="29"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidR="00104DBD">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00883A5C">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Social media company</w:t>
+      </w:r>
+      <w:r w:rsidR="00883A5C">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> means an entity that owns or operates a social media service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="451E6DDC" w14:textId="75B12A63">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10S8_lv1_d362c278a" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="00104DBD">
-        <w:t>7</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Sa_lv2_9916d3f48" w:id="31"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r>
-        <w:t>Social media company</w:t>
+        <w:t>Social media service</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>”</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> means an entity that owns or operates a social media service.</w:t>
-[...20 lines deleted...]
-      <w:bookmarkStart w:name="ss_T37C31N10Sa_lv2_9916d3f48" w:id="32"/>
+        <w:t xml:space="preserve"> means a public website or application that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="11F2FB33" w14:textId="6F2159C2">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Si_lv3_55a684258" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
-      <w:r>
-        <w:t xml:space="preserve">a) </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) displays content that is primarily generated by account holders and not by the social media </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>company;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="7CAE3B0D" w14:textId="50114457">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Sii_lv3_920644aa7" w:id="33"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t xml:space="preserve">ii) permits an individual to register as an account holder and create a profile that is made visible to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or a set of other users defined by the account </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>holder;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="4B86D7C1" w14:textId="0B782CAB">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Siii_lv3_5a460221b" w:id="34"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t>iii) connects account holders to allow users to interact socially with each other within the website or application; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="0A19E439" w14:textId="6364F84D">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Siv_lv3_f90c6c6a5" w:id="35"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:t>iv) allows account holders to post content viewable by other users.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="4222D5AD" w14:textId="61918B79">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Sb_lv2_85fe73c14" w:id="36"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>Social media service</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>”</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> means a public website or application that:</w:t>
-[...100 lines deleted...]
-      <w:bookmarkStart w:name="ss_T37C31N10Sb_lv2_85fe73c14" w:id="37"/>
+        <w:t xml:space="preserve"> does not include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="4821A948" w14:textId="3094A609">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Si_lv3_f20f2e89e" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
-      <w:r>
-[...28 lines deleted...]
-      <w:bookmarkStart w:name="ss_T37C31N10Si_lv3_f20f2e89e" w:id="38"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>email;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="0B24CE2C" w14:textId="537986B6">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Sii_lv3_381978759" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
-        <w:t>i) email;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T37C31N10Sii_lv3_381978759" w:id="39"/>
+        <w:t>ii) cloud storage; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F77561" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="6A1C561C" w14:textId="0D23B04A">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N10Siii_lv3_d8511021f" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>iii) document viewing, sharing, or collaboration services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D2E79" w:rsidP="00F77561" w:rsidRDefault="00F77561" w14:paraId="1F173A89" w14:textId="66ECDC9E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N10S9_lv1_5fa20447d" w:id="41"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkStart w:name="ss_T37C31N10S9_lv1_5fa20447d" w:id="40"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidR="00883A5C">
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>User</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> means an individual located in the </w:t>
       </w:r>
       <w:r w:rsidR="00742380">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>tate who accesses or uses a social media service.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="005D2E79" w14:paraId="3B1E6E5E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00325BD2" w:rsidP="00325BD2" w:rsidRDefault="005D2E79" w14:paraId="4811D2A5" w14:textId="72DC0C2D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T37C31N20_9116862ca" w:id="42"/>
+      <w:bookmarkStart w:name="ns_T37C31N20_9116862ca" w:id="41"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t>ection 37‑31‑20.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_1f4cc2f97" w:id="43"/>
+      <w:bookmarkStart w:name="up_1f4cc2f97" w:id="42"/>
       <w:r w:rsidR="00325BD2">
         <w:t>T</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidR="00325BD2">
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00320132">
+        <w:t>General Assembly</w:t>
+      </w:r>
+      <w:r w:rsidR="00325BD2">
+        <w:t xml:space="preserve"> finds that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00325BD2" w:rsidP="00325BD2" w:rsidRDefault="004E7EB3" w14:paraId="7677812A" w14:textId="717B0754">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N20S1_lv1_b10c052b8" w:id="43"/>
+      <w:r w:rsidR="00325BD2">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidR="00325BD2">
-        <w:t xml:space="preserve">he </w:t>
-[...20 lines deleted...]
-      <w:r w:rsidR="00325BD2">
         <w:t>1) an individual has a right to control and move the individual</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00325BD2">
-        <w:t>s own personal data, including social interactions online;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">s own personal data, including social interactions </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00325BD2">
+        <w:t>online;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00325BD2" w:rsidP="00325BD2" w:rsidRDefault="00325BD2" w14:paraId="393E1C42" w14:textId="51420415">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N20S2_lv1_c2cce6633" w:id="45"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkStart w:name="ss_T37C31N20S2_lv1_c2cce6633" w:id="44"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>2) companies have demonstrated a pattern of restricting the interoperability of content, preventing users from easily sharing posts and interactions across different platforms; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D2E79" w:rsidP="00325BD2" w:rsidRDefault="00325BD2" w14:paraId="2AD5CBFE" w14:textId="52FE30DB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">3) the </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N20S3_lv1_9db5e80ad" w:id="45"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>tate should ensure that individuals have the right to access a complete personal data record from social media platforms.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="005D2E79" w14:paraId="76F986DF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004E7EB3" w:rsidP="004E7EB3" w:rsidRDefault="005D2E79" w14:paraId="5F7BFF6D" w14:textId="72836F2E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T37C31N30_39d6a7787" w:id="47"/>
+      <w:bookmarkStart w:name="ns_T37C31N30_39d6a7787" w:id="46"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t>ection 37‑31‑30.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_661558371" w:id="48"/>
+      <w:bookmarkStart w:name="up_661558371" w:id="47"/>
       <w:r w:rsidR="004E7EB3">
         <w:t>I</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidR="004E7EB3">
         <w:t>f a consumer requests a copy of the consumer</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="004E7EB3">
         <w:t>s personal data</w:t>
       </w:r>
       <w:r w:rsidR="00742380">
         <w:t xml:space="preserve"> pursuant to</w:t>
       </w:r>
       <w:r w:rsidR="004E7EB3">
         <w:t xml:space="preserve"> Section</w:t>
       </w:r>
       <w:r w:rsidR="00104DBD">
         <w:t xml:space="preserve"> 37‑31‑70,</w:t>
       </w:r>
       <w:r w:rsidR="004E7EB3">
         <w:t xml:space="preserve"> a social media service shall provide the personal data, including the user</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="004E7EB3">
         <w:t>s social graph, in a format that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E7EB3" w:rsidP="004E7EB3" w:rsidRDefault="004E7EB3" w14:paraId="3302D9C8" w14:textId="67CB61DC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N30S1_lv1_694676886" w:id="49"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkStart w:name="ss_T37C31N30S1_lv1_694676886" w:id="48"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>is portable, to the extent technically feasible;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">is portable, to the extent technically </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>feasible;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="004E7EB3" w:rsidP="004E7EB3" w:rsidRDefault="004E7EB3" w14:paraId="0F6997B0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N30S2_lv1_f5702337b" w:id="50"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkStart w:name="ss_T37C31N30S2_lv1_f5702337b" w:id="49"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>2) is readily usable, to the extent practicable; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E7EB3" w:rsidP="004E7EB3" w:rsidRDefault="004E7EB3" w14:paraId="2C0E00A1" w14:textId="60ED0018">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T37C31N30S3_lv1_6fd40b516" w:id="51"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T37C31N30S3_lv1_6fd40b516" w:id="50"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:t>3) allows the consumer to transmit the data to another controller without impediment if the controller processes the data by automated means.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="005D2E79" w14:paraId="52EFEAA0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="open_doc_here" w:id="51"/>
       <w:bookmarkEnd w:id="51"/>
-      <w:r>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00066D5D" w:rsidP="00066D5D" w:rsidRDefault="005D2E79" w14:paraId="72D2CE92" w14:textId="0758B4F2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T37C31N40_5053b972b" w:id="52"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t>ection 37‑31‑40.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N40SA_lv1_abdd2f9d4" w:id="53"/>
       <w:r w:rsidR="004E7EB3">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidR="004E7EB3">
@@ -1901,96 +2096,111 @@
     <w:p w:rsidR="00066D5D" w:rsidP="00066D5D" w:rsidRDefault="004E7EB3" w14:paraId="50CCBACB" w14:textId="798E6E0A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N40S1_lv2_f00f111e8" w:id="58"/>
       <w:r w:rsidR="00066D5D">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
-        <w:t>utilize an open protocol;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">utilize an open </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00066D5D">
+        <w:t>protocol;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00066D5D" w:rsidP="00066D5D" w:rsidRDefault="004E7EB3" w14:paraId="5926D3B0" w14:textId="798DE838">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N40S2_lv2_6b9daacb9" w:id="59"/>
       <w:r w:rsidR="00066D5D">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
-        <w:t>facilitate and maintain interoperability and synchronous data sharing with other social media services through an interoperability interface, based on reasonable terms that do not discriminate between social media services;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">facilitate and maintain interoperability and synchronous data sharing with other social media services through an interoperability interface, based on reasonable terms that do not discriminate between social media </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00066D5D">
+        <w:t>services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00066D5D" w:rsidP="00066D5D" w:rsidRDefault="004E7EB3" w14:paraId="4193EDE4" w14:textId="23D93B64">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N40S3_lv2_4a87c535a" w:id="60"/>
       <w:r w:rsidR="00066D5D">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
-        <w:t>establish reasonable and proportionate thresholds related to the frequency, nature, and volume of requests, beyond which the social media company may assess a reasonable fee for such access;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">establish reasonable and proportionate thresholds related to the frequency, nature, and volume of requests, beyond which the social media company may assess a reasonable fee for such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00066D5D">
+        <w:t>access;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00066D5D" w:rsidP="00066D5D" w:rsidRDefault="004E7EB3" w14:paraId="631A0D55" w14:textId="76796742">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N40S4_lv2_da3774d28" w:id="61"/>
       <w:r w:rsidR="00066D5D">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2087,51 +2297,55 @@
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N40SE_lv1_5a37dd13d" w:id="64"/>
       <w:r w:rsidR="00066D5D">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
         <w:t>) A social media company or third party may not share or receive a user</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
         <w:t>s personal data</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
-        <w:t>through the interoperability interface except with the user</w:t>
+        <w:t xml:space="preserve">through </w:t>
+      </w:r>
+      <w:r w:rsidR="00066D5D">
+        <w:lastRenderedPageBreak/>
+        <w:t>the interoperability interface except with the user</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
         <w:t>s consent.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00066D5D" w:rsidP="00066D5D" w:rsidRDefault="004E7EB3" w14:paraId="18B71774" w14:textId="3E68E80A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N40SF_lv1_461dd41af" w:id="65"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
         <w:t>) A social media company shall adopt an accessible, prominent, and persistent method for</w:t>
@@ -2323,53 +2537,55 @@
       <w:r w:rsidR="00066D5D">
         <w:t>) meets both of the following criteria:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00066D5D" w:rsidP="00066D5D" w:rsidRDefault="004E7EB3" w14:paraId="1A7A74EF" w14:textId="6A90B8CA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N40Si_lv4_d35a23e9c" w:id="73"/>
       <w:r w:rsidR="00066D5D">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>i</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00066D5D">
         <w:t>) no open, industry‑standard format is reasonably available; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00066D5D" w:rsidP="00066D5D" w:rsidRDefault="004E7EB3" w14:paraId="66E4B51C" w14:textId="403C7AEC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N40Sii_lv4_f5ba7e753" w:id="74"/>
       <w:r w:rsidR="00066D5D">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
@@ -2436,95 +2652,111 @@
         <w:t>) owned, controlled, operated, or maintained by a religious organization; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00066D5D" w:rsidP="00066D5D" w:rsidRDefault="004E7EB3" w14:paraId="03913FC8" w14:textId="15DD22E3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N40S2_lv2_4f4e44612" w:id="77"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00066D5D">
-        <w:t>) exempt from property taxation under state law.</w:t>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00066D5D">
+        <w:t>exempt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00066D5D">
+        <w:t xml:space="preserve"> from property taxation under state law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="005D2E79" w14:paraId="5577C639" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004E7EB3" w:rsidP="004E7EB3" w:rsidRDefault="005D2E79" w14:paraId="1B9C26BD" w14:textId="3CDE2C92">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T37C31N50_6339711a3" w:id="78"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:t>ection 37‑31‑50.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N50SA_lv1_0c10da9ba" w:id="79"/>
       <w:r w:rsidR="004E7EB3">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="79"/>
       <w:r w:rsidR="004E7EB3">
         <w:t xml:space="preserve">A) The </w:t>
       </w:r>
       <w:r w:rsidR="00F252C3">
         <w:t>department</w:t>
       </w:r>
       <w:r w:rsidR="004E7EB3">
         <w:t xml:space="preserve"> may identify open protocols that the </w:t>
       </w:r>
       <w:r w:rsidR="00F252C3">
         <w:t>department</w:t>
       </w:r>
       <w:r w:rsidR="004E7EB3">
-        <w:t xml:space="preserve"> has determined, after an assessment, meet the requirements of Section</w:t>
+        <w:t xml:space="preserve"> has determined, after an assessment, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004E7EB3">
+        <w:t>meet</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004E7EB3">
+        <w:t xml:space="preserve"> the requirements of Section</w:t>
       </w:r>
       <w:r w:rsidR="00104DBD">
         <w:t xml:space="preserve"> 37‑31‑40.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D2E79" w:rsidP="004E7EB3" w:rsidRDefault="004E7EB3" w14:paraId="7860F018" w14:textId="1B3128CF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N50SB_lv1_6a4079fab" w:id="80"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:t xml:space="preserve">B) If a social media company uses an open protocol that the </w:t>
       </w:r>
       <w:r w:rsidR="00F252C3">
         <w:t>department</w:t>
@@ -2716,180 +2948,222 @@
         <w:t xml:space="preserve">b) the </w:t>
       </w:r>
       <w:r w:rsidR="00F252C3">
         <w:t>department</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> may bring an action in court to enforce a provision of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="21394AE0" w14:textId="4029FD5E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N60S2_lv2_7ac2ff988" w:id="88"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
-        <w:t xml:space="preserve">2) In a court action by the </w:t>
+        <w:t xml:space="preserve">2) In </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a court</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> action by the </w:t>
       </w:r>
       <w:r w:rsidR="00F252C3">
         <w:t>department</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to enforce a provision of this chapter, the court may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="2DFA3E61" w14:textId="0454DDDB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N60Sa_lv3_c07a0629b" w:id="89"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
-        <w:t>a) declare that the act or practice violates a provision of this chapter;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) declare that the act or practice violates a provision of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>chapter;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="7437E242" w14:textId="101B3736">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N60Sb_lv3_fdb59e798" w:id="90"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
       <w:r>
-        <w:t>b) enjoin actions that violate this chapter;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>enjoin</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> actions that violate this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>chapter;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="1EEFE1B5" w14:textId="16A2BE81">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N60Sc_lv3_bcc34dd95" w:id="91"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
-        <w:t>c) order disgorgement of any money received in violation of this chapter;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) order disgorgement of any money received in violation of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>chapter;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="73B2AD99" w14:textId="6E20D03E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N60Sd_lv3_6a24cbff0" w:id="92"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
-        <w:t>d) order payment of disgorged money to an injured purchaser or consumer;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">d) order payment of disgorged money to an injured purchaser or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>consumer;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="28BAC669" w14:textId="4FCD6AA2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N60Se_lv3_d357fc411" w:id="93"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:t xml:space="preserve">e) impose a civil penalty of up to </w:t>
       </w:r>
       <w:r w:rsidRPr="00104DBD" w:rsidR="00104DBD">
         <w:t>two thousand five</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00104DBD" w:rsidR="00104DBD">
         <w:t xml:space="preserve">hundred dollars </w:t>
       </w:r>
       <w:r>
-        <w:t>for each violation of this chapter;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">for each violation of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>chapter;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="205A7F7D" w14:textId="73CC7812">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N60Sf_lv3_6274792e7" w:id="94"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:t>f) award actual damages to an injured purchaser or consumer; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="4AD9B3FA" w14:textId="40689C74">
       <w:pPr>
@@ -2941,58 +3215,68 @@
         <w:t>department</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="0521F94C" w14:textId="23010985">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N60Sa_lv3_5814f4338" w:id="97"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
-        <w:t>a) reasonable attorney</w:t>
+        <w:t xml:space="preserve">a) reasonable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>attorney</w:t>
       </w:r>
       <w:r w:rsidR="00742380">
         <w:t>’s</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>fees;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="036586EC" w14:textId="2DB4A427">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N60Sb_lv3_46bd16227" w:id="98"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:t>b) court costs; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00731944" w:rsidP="00731944" w:rsidRDefault="00731944" w14:paraId="68F5B994" w14:textId="0715CD72">
       <w:pPr>
@@ -3175,77 +3459,90 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N70SB_lv1_8abe3cf2c" w:id="107"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:t>B) A consumer has the right to delete the consumer’s personal data that the consumer provided to the controller.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00104DBD" w:rsidP="005D2E79" w:rsidRDefault="00104DBD" w14:paraId="7040FFB3" w14:textId="7A719560">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N70SC_lv1_dda89565d" w:id="108"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
-        <w:t>C) A consumer has the right to obtain a copy of the consumer’s personal data, that the consumer previously provided to the controller, in a format that:</w:t>
+        <w:t xml:space="preserve">C) A consumer has the right to obtain a copy of the consumer’s personal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>data,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> that the consumer previously provided to the controller, in a format that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00104DBD" w:rsidP="005D2E79" w:rsidRDefault="00104DBD" w14:paraId="21F21D4B" w14:textId="05477737">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N70S1_lv2_8bc24bbd2" w:id="109"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="109"/>
       <w:r>
         <w:t>1) to the extent feasible, i</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>s</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> portable;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>portable;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00104DBD" w:rsidP="005D2E79" w:rsidRDefault="00104DBD" w14:paraId="2EBB13DF" w14:textId="23A6D92C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N70S2_lv2_e1a905e4f" w:id="110"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:t>2) to the extent practicable, is readily usable; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00104DBD" w:rsidP="005D2E79" w:rsidRDefault="00104DBD" w14:paraId="36ADCDE9" w14:textId="28AA216B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -3254,51 +3551,59 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N70S3_lv2_ee58a13ff" w:id="111"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:t>3) allows the consumer to transmit the data to another controller without impediment, where the processing is carried out by automated means.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00104DBD" w:rsidP="005D2E79" w:rsidRDefault="00104DBD" w14:paraId="340FB24F" w14:textId="3E06E317">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N70SD_lv1_42999c458" w:id="112"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="112"/>
       <w:r>
-        <w:t>D) A consumer has the right to request that a controller correct inaccuracies in the consumer’s personal data, taking into account the nature of the personal data and the purposes of the processing of the consumer</w:t>
+        <w:t xml:space="preserve">D) A consumer has the right to request that a controller correct inaccuracies in the consumer’s personal data, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>taking into account</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the nature of the personal data and the purposes of the processing of the consumer</w:t>
       </w:r>
       <w:r w:rsidR="00883A5C">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s personal data.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D2E79" w:rsidP="005D2E79" w:rsidRDefault="00104DBD" w14:paraId="6C1A4655" w14:textId="414F96F2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T37C31N70SE_lv1_eaa09ff55" w:id="113"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:t>E) A consumer has the right to opt out of the processing of the consumer’s personal data for purposes of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00104DBD" w:rsidP="005D2E79" w:rsidRDefault="00104DBD" w14:paraId="04EB9CEE" w14:textId="35FDEAC0">
@@ -3374,56 +3679,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00213642">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39CD4BFB" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E8AF5B" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -3456,175 +3761,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="1A250574" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="002A74D6" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="2647AD50" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00DB79F8" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00BE4BBA">
+              <w:t>[4666]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00E83548">
+            <w:r w:rsidR="00BE4BBA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0274HDB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3886,51 +4189,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -3945,98 +4250,102 @@
     <w:rsid w:val="0002045B"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00040E3A"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00052C8D"/>
     <w:rsid w:val="00055669"/>
     <w:rsid w:val="00055DC6"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00065164"/>
     <w:rsid w:val="00065B1F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00066D5D"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00083629"/>
     <w:rsid w:val="00083A58"/>
     <w:rsid w:val="000927BF"/>
     <w:rsid w:val="000936AF"/>
     <w:rsid w:val="0009508E"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000A4839"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000E6701"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F6A95"/>
     <w:rsid w:val="00100A74"/>
     <w:rsid w:val="00100D56"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00104DBD"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="00106E8E"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
+    <w:rsid w:val="001246BD"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00147672"/>
     <w:rsid w:val="0015635C"/>
     <w:rsid w:val="001709FE"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001723CF"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="001921C5"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="001935C9"/>
+    <w:rsid w:val="00196625"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A5841"/>
     <w:rsid w:val="001B2E47"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E20BB"/>
     <w:rsid w:val="001E2EB7"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00201E10"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="00212B5D"/>
     <w:rsid w:val="00213642"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00221FBE"/>
     <w:rsid w:val="0022394F"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00235AEA"/>
     <w:rsid w:val="00236B1C"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00243FE4"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00247ABD"/>
     <w:rsid w:val="00250136"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="0027079C"/>
     <w:rsid w:val="00270DDF"/>
     <w:rsid w:val="00275AE6"/>
@@ -4065,50 +4374,51 @@
     <w:rsid w:val="00325BD2"/>
     <w:rsid w:val="00326BF1"/>
     <w:rsid w:val="00332333"/>
     <w:rsid w:val="00334D30"/>
     <w:rsid w:val="00336ED4"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="003519B6"/>
     <w:rsid w:val="00353ADD"/>
     <w:rsid w:val="00353F44"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00357851"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00363E82"/>
     <w:rsid w:val="003671D8"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="003814D7"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003A6B9E"/>
     <w:rsid w:val="003B28EF"/>
     <w:rsid w:val="003B596D"/>
+    <w:rsid w:val="003B7700"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D2F2F"/>
     <w:rsid w:val="003D31FF"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D4C26"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E1311"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004145EF"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="0042770B"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00432851"/>
     <w:rsid w:val="00441575"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00447710"/>
     <w:rsid w:val="00460F10"/>
@@ -4169,94 +4479,96 @@
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C0CB3"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D2E79"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D5B1C"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F0E19"/>
     <w:rsid w:val="005F57E8"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00603869"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00650D21"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00662D4F"/>
     <w:rsid w:val="0066324C"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="0068208D"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="006850CF"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00687A61"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006A78E3"/>
     <w:rsid w:val="006B32F2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C322C"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E0A1F"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F3577"/>
     <w:rsid w:val="00703C88"/>
     <w:rsid w:val="0071193C"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="0071773F"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="007240FC"/>
+    <w:rsid w:val="0072496F"/>
     <w:rsid w:val="00726847"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00731944"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00742380"/>
     <w:rsid w:val="00771DF8"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007905A4"/>
     <w:rsid w:val="007935BD"/>
     <w:rsid w:val="0079586A"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C3EA9"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007C686C"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D7F82"/>
     <w:rsid w:val="007E0570"/>
@@ -4390,50 +4702,51 @@
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B837C0"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA4F28"/>
     <w:rsid w:val="00BA7B71"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB39C2"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD038C"/>
     <w:rsid w:val="00BD2559"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD7C4A"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
+    <w:rsid w:val="00BE4BBA"/>
     <w:rsid w:val="00BF310F"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C0412D"/>
     <w:rsid w:val="00C1355A"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C245E6"/>
     <w:rsid w:val="00C372E8"/>
     <w:rsid w:val="00C42090"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C4741E"/>
     <w:rsid w:val="00C515F3"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C56019"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C74187"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C8135F"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA092B"/>
     <w:rsid w:val="00CA1AFD"/>
     <w:rsid w:val="00CA7E71"/>
@@ -4455,50 +4768,51 @@
     <w:rsid w:val="00CF6A28"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D00242"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D0647A"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D40B3C"/>
     <w:rsid w:val="00D50011"/>
     <w:rsid w:val="00D5221F"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D87556"/>
     <w:rsid w:val="00D976DD"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB22FB"/>
     <w:rsid w:val="00DB3C4A"/>
+    <w:rsid w:val="00DB79F8"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DE725F"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF24B8"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF45AD"/>
     <w:rsid w:val="00E009F9"/>
     <w:rsid w:val="00E1036A"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E208C6"/>
     <w:rsid w:val="00E2127B"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E34D9C"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E36A5B"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
@@ -4995,1360 +5309,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="000A00B5"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="000A00B5"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00CD224F"/>
+    <w:rsid w:val="000A00B5"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -6362,51 +6678,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4666&amp;session=126&amp;summary=B" TargetMode="External" Id="R9934e24efbfe4066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4666_20251217.docx" TargetMode="External" Id="R2829afa0c8fc4603" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4666&amp;session=126&amp;summary=B" TargetMode="External" Id="R32bde1f036334356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4666_20251217.docx" TargetMode="External" Id="R8f2de386d32d465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R22056170b00041c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R73ef3aed757b4792" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6433,123 +6749,123 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="00083629"/>
     <w:rsid w:val="00083A58"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001935C9"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00201E10"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="00353F44"/>
     <w:rsid w:val="003D31FF"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00460F10"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A11687"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00CC71DC"/>
     <w:rsid w:val="00D40B3C"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00E90B01"/>
     <w:rsid w:val="00F263F1"/>
     <w:rsid w:val="00F82BD9"/>
@@ -7296,126 +7612,124 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>feb9a1dd-ae23-4fa3-a3fa-d0c46d7340bb</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-08-20T01:07:01.995783-04:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>3eb5d4bb-f7cc-4e97-af10-c8dfe6f0f59e</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>8bec7793-545c-4a55-b9f9-9ac4acbfc4be</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>c58b5b86-9779-4ed7-abe6-e9303817f84a</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4666]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4666</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “DIGITAL CHOICE ACT” BY ADDING CHAPTER 31 TO TITLE 37 SO AS TO DEFINE NECESSARY TERMS; TO ESTABLISH LEGISLATIVE FINDINGS ABOUT SOCIAL MEDIA DATA CONTROL AND COMPETITION; TO ESTABLISH THE FORMAT IN WHICH A SOCIAL MEDIA SERVICE MUST PROVIDE A CONSUMER WITH A COPY OF THE CONSUMER’S PERSONAL DATA UPON REQUEST; TO REQUIRE A SOCIAL MEDIA COMPANY TO IMPLEMENT DATA INTEROPERABILITY INTERFACES; TO ESTABLISH REQUIREMENTS FOR DATA SHARING BETWEEN SOCIAL MEDIA SERVICES; TO PROVIDE CIVIL PENALTIES FOR VIOLATIONS OF THIS CHAPTER; AND TO PROVIDE CONSUMERS WITH CERTAIN RIGHTS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"8836e545-3ed4-4067-97ab-1b0982e7c977","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T37C31N10_679c63830","IsConstitutionSection":false,"Identity":"37-31-10","IsNew":true,"SubSections":[{"Level":1,"Identity":"T37C31N10S1","SubSectionBookmarkName":"ss_T37C31N10S1_lv1_875cb4982","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N10S2","SubSectionBookmarkName":"ss_T37C31N10S2_lv1_1d88eafc0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N10S3","SubSectionBookmarkName":"ss_T37C31N10S3_lv1_98f84f6e1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N10S4","SubSectionBookmarkName":"ss_T37C31N10S4_lv1_6a4d6d481","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N10Sa","SubSectionBookmarkName":"ss_T37C31N10Sa_lv2_d55b6819e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N10Sb","SubSectionBookmarkName":"ss_T37C31N10Sb_lv2_0a90d3260","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Si","SubSectionBookmarkName":"ss_T37C31N10Si_lv3_9333517e4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Sii","SubSectionBookmarkName":"ss_T37C31N10Sii_lv3_bf1657542","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N10Sc","SubSectionBookmarkName":"ss_T37C31N10Sc_lv2_ed30f04ae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N10S5","SubSectionBookmarkName":"ss_T37C31N10S5_lv1_920f3a9c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N10Sa","SubSectionBookmarkName":"ss_T37C31N10Sa_lv2_563c6c543","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N10Sb","SubSectionBookmarkName":"ss_T37C31N10Sb_lv2_7b4a91ec8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N10S6","SubSectionBookmarkName":"ss_T37C31N10S6_lv1_ef8e5193c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N10Sa","SubSectionBookmarkName":"ss_T37C31N10Sa_lv2_ff00b499a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N10Sb","SubSectionBookmarkName":"ss_T37C31N10Sb_lv2_a9ec2a4dc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Si","SubSectionBookmarkName":"ss_T37C31N10Si_lv3_0159088b1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Sii","SubSectionBookmarkName":"ss_T37C31N10Sii_lv3_0948a5884","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Siii","SubSectionBookmarkName":"ss_T37C31N10Siii_lv3_f786810df","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Siv","SubSectionBookmarkName":"ss_T37C31N10Siv_lv3_526d7a806","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Sv","SubSectionBookmarkName":"ss_T37C31N10Sv_lv3_4a7a3e20f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N10Sc","SubSectionBookmarkName":"ss_T37C31N10Sc_lv2_45ad129f9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N10S7","SubSectionBookmarkName":"ss_T37C31N10S7_lv1_742cf7787","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N10S8","SubSectionBookmarkName":"ss_T37C31N10S8_lv1_d362c278a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N10Sa","SubSectionBookmarkName":"ss_T37C31N10Sa_lv2_9916d3f48","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Si","SubSectionBookmarkName":"ss_T37C31N10Si_lv3_55a684258","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Sii","SubSectionBookmarkName":"ss_T37C31N10Sii_lv3_920644aa7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Siii","SubSectionBookmarkName":"ss_T37C31N10Siii_lv3_5a460221b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Siv","SubSectionBookmarkName":"ss_T37C31N10Siv_lv3_f90c6c6a5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N10Sb","SubSectionBookmarkName":"ss_T37C31N10Sb_lv2_85fe73c14","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Si","SubSectionBookmarkName":"ss_T37C31N10Si_lv3_f20f2e89e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Sii","SubSectionBookmarkName":"ss_T37C31N10Sii_lv3_381978759","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N10Siii","SubSectionBookmarkName":"ss_T37C31N10Siii_lv3_d8511021f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N10S9","SubSectionBookmarkName":"ss_T37C31N10S9_lv1_5fa20447d","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T37C31N20_9116862ca","IsConstitutionSection":false,"Identity":"37-31-20","IsNew":true,"SubSections":[{"Level":1,"Identity":"T37C31N20S1","SubSectionBookmarkName":"ss_T37C31N20S1_lv1_b10c052b8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N20S2","SubSectionBookmarkName":"ss_T37C31N20S2_lv1_c2cce6633","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N20S3","SubSectionBookmarkName":"ss_T37C31N20S3_lv1_9db5e80ad","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T37C31N30_39d6a7787","IsConstitutionSection":false,"Identity":"37-31-30","IsNew":true,"SubSections":[{"Level":1,"Identity":"T37C31N30S1","SubSectionBookmarkName":"ss_T37C31N30S1_lv1_694676886","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N30S2","SubSectionBookmarkName":"ss_T37C31N30S2_lv1_f5702337b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N30S3","SubSectionBookmarkName":"ss_T37C31N30S3_lv1_6fd40b516","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T37C31N40_5053b972b","IsConstitutionSection":false,"Identity":"37-31-40","IsNew":true,"SubSections":[{"Level":1,"Identity":"T37C31N40SA","SubSectionBookmarkName":"ss_T37C31N40SA_lv1_abdd2f9d4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S1","SubSectionBookmarkName":"ss_T37C31N40S1_lv2_8bea1c886","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S2","SubSectionBookmarkName":"ss_T37C31N40S2_lv2_aa4096b43","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N40SB","SubSectionBookmarkName":"ss_T37C31N40SB_lv1_557bb73e6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N40SC","SubSectionBookmarkName":"ss_T37C31N40SC_lv1_fd05e40f2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S1","SubSectionBookmarkName":"ss_T37C31N40S1_lv2_f00f111e8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S2","SubSectionBookmarkName":"ss_T37C31N40S2_lv2_6b9daacb9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S3","SubSectionBookmarkName":"ss_T37C31N40S3_lv2_4a87c535a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S4","SubSectionBookmarkName":"ss_T37C31N40S4_lv2_da3774d28","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S5","SubSectionBookmarkName":"ss_T37C31N40S5_lv2_8133a3582","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N40SD","SubSectionBookmarkName":"ss_T37C31N40SD_lv1_4ac43930d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N40SE","SubSectionBookmarkName":"ss_T37C31N40SE_lv1_5a37dd13d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N40SF","SubSectionBookmarkName":"ss_T37C31N40SF_lv1_461dd41af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N40SG","SubSectionBookmarkName":"ss_T37C31N40SG_lv1_740c2aff6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S1","SubSectionBookmarkName":"ss_T37C31N40S1_lv2_2507b7857","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N40Sa","SubSectionBookmarkName":"ss_T37C31N40Sa_lv3_96163fad3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N40Sb","SubSectionBookmarkName":"ss_T37C31N40Sb_lv3_d20da7c59","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S2","SubSectionBookmarkName":"ss_T37C31N40S2_lv2_b08ed3684","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N40Sa","SubSectionBookmarkName":"ss_T37C31N40Sa_lv3_bca2e27c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N40Sb","SubSectionBookmarkName":"ss_T37C31N40Sb_lv3_fb08dfcf3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T37C31N40Si","SubSectionBookmarkName":"ss_T37C31N40Si_lv4_d35a23e9c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T37C31N40Sii","SubSectionBookmarkName":"ss_T37C31N40Sii_lv4_f5ba7e753","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N40SH","SubSectionBookmarkName":"ss_T37C31N40SH_lv1_e3cae8498","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S1","SubSectionBookmarkName":"ss_T37C31N40S1_lv2_3e3151a67","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N40S2","SubSectionBookmarkName":"ss_T37C31N40S2_lv2_4f4e44612","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T37C31N50_6339711a3","IsConstitutionSection":false,"Identity":"37-31-50","IsNew":true,"SubSections":[{"Level":1,"Identity":"T37C31N50SA","SubSectionBookmarkName":"ss_T37C31N50SA_lv1_0c10da9ba","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N50SB","SubSectionBookmarkName":"ss_T37C31N50SB_lv1_6a4079fab","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T37C31N60_d8b7bad86","IsConstitutionSection":false,"Identity":"37-31-60","IsNew":true,"SubSections":[{"Level":1,"Identity":"T37C31N60SA","SubSectionBookmarkName":"ss_T37C31N60SA_lv1_2d438175f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N60SB","SubSectionBookmarkName":"ss_T37C31N60SB_lv1_d34d66bd8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N60SC","SubSectionBookmarkName":"ss_T37C31N60SC_lv1_eb8273529","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N60S1","SubSectionBookmarkName":"ss_T37C31N60S1_lv2_3c637ebe5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sa","SubSectionBookmarkName":"ss_T37C31N60Sa_lv3_8e3e41465","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sb","SubSectionBookmarkName":"ss_T37C31N60Sb_lv3_626ea8e5f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N60S2","SubSectionBookmarkName":"ss_T37C31N60S2_lv2_7ac2ff988","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sa","SubSectionBookmarkName":"ss_T37C31N60Sa_lv3_c07a0629b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sb","SubSectionBookmarkName":"ss_T37C31N60Sb_lv3_fdb59e798","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sc","SubSectionBookmarkName":"ss_T37C31N60Sc_lv3_bcc34dd95","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sd","SubSectionBookmarkName":"ss_T37C31N60Sd_lv3_6a24cbff0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Se","SubSectionBookmarkName":"ss_T37C31N60Se_lv3_d357fc411","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sf","SubSectionBookmarkName":"ss_T37C31N60Sf_lv3_6274792e7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sg","SubSectionBookmarkName":"ss_T37C31N60Sg_lv3_298cc160f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N60S3","SubSectionBookmarkName":"ss_T37C31N60S3_lv2_70005d12c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sa","SubSectionBookmarkName":"ss_T37C31N60Sa_lv3_5814f4338","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sb","SubSectionBookmarkName":"ss_T37C31N60Sb_lv3_46bd16227","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sc","SubSectionBookmarkName":"ss_T37C31N60Sc_lv3_d01abebe6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N60S4","SubSectionBookmarkName":"ss_T37C31N60S4_lv2_d4a85a3a2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sa","SubSectionBookmarkName":"ss_T37C31N60Sa_lv3_16b55f276","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T37C31N60Sb","SubSectionBookmarkName":"ss_T37C31N60Sb_lv3_e2e94389a","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T37C31N70_b5f2750ca","IsConstitutionSection":false,"Identity":"37-31-70","IsNew":true,"SubSections":[{"Level":1,"Identity":"T37C31N70SA","SubSectionBookmarkName":"ss_T37C31N70SA_lv1_3c3893ebf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N70S1","SubSectionBookmarkName":"ss_T37C31N70S1_lv2_4d941560b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N70S2","SubSectionBookmarkName":"ss_T37C31N70S2_lv2_6ff4a0959","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N70SB","SubSectionBookmarkName":"ss_T37C31N70SB_lv1_8abe3cf2c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N70SC","SubSectionBookmarkName":"ss_T37C31N70SC_lv1_dda89565d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N70S1","SubSectionBookmarkName":"ss_T37C31N70S1_lv2_8bc24bbd2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N70S2","SubSectionBookmarkName":"ss_T37C31N70S2_lv2_e1a905e4f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N70S3","SubSectionBookmarkName":"ss_T37C31N70S3_lv2_ee58a13ff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N70SD","SubSectionBookmarkName":"ss_T37C31N70SD_lv1_42999c458","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T37C31N70SE","SubSectionBookmarkName":"ss_T37C31N70SE_lv1_eaa09ff55","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N70S1","SubSectionBookmarkName":"ss_T37C31N70S1_lv2_39754dffd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T37C31N70S2","SubSectionBookmarkName":"ss_T37C31N70S2_lv2_653f43146","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"BY ENACTING THE “DIGITAL CHOICE ACT” BY ADDING CHAPTER 31 TO TITLE 37 SO AS TO DEFINE NECESSARY TERMS; TO ESTABLISH LEGISLATIVE FINDINGS ABOUT SOCIAL MEDIA DATA CONTROL AND COMPETITION; TO ESTABLISH THE FORMAT IN WHICH A SOCIAL MEDIA SERVICE MUST PROVIDE A CONSUMER WITH A COPY OF THE CONSUMER’S PERSONAL DATA UPON REQUEST; TO REQUIRE A SOCIAL MEDIA COMPANY TO IMPLEMENT DATA INTEROPERABILITY INTERFACES; TO ESTABLISH REQUIREMENTS FOR DATA SHARING BETWEEN SOCIAL MEDIA SERVICES; TO PROVIDE CIVIL PENALTIES FOR VIOLATIONS OF THIS CHAPTER; AND TO PROVIDE CONSUMERS WITH CERTAIN RIGHTS","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_e4f03b468"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Digital Choice Act</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>harrisonbrant@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -7635,126 +7949,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>5</Pages>
   <Words>1708</Words>
   <Characters>9245</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>184</Lines>
+  <Lines>192</Lines>
   <Paragraphs>125</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>10828</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
@@ -7781,27 +8072,36 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>