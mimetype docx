--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,108 +123,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. B. Newton</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. B. Newton, Pope, Taylor and M.M. Smith</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0271HDB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Municipal elections</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +336,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rb2ebad11e289473e">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 51</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R42c51d2ecbdd4d7f">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 51</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: M.M. Smith
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R589ccec40c364fd8">
+      <w:hyperlink r:id="Reff99863671f4ab2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +539,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R7c3c9f6841444bdd">
+      <w:hyperlink r:id="R5c8833d7ee3946fa">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -823,51 +938,65 @@
     <w:p w:rsidR="004D0C85" w:rsidP="004D0C85" w:rsidRDefault="004D0C85" w14:paraId="6A03F358" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N50SD_lv1_adcd4631d" w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>D) If within ninety days of the effective date of this section a municipal governing body fails to establish by ordinance a time for its general elections as provided in subsection (B), then the time for the general elections within that municipality is the first Tuesday after the first Monday in November in odd‑numbered years unless subsection (E) applies.</w:t>
+        <w:t xml:space="preserve">D) If within ninety days of the effective date of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a municipal governing body fails to establish by ordinance a time for its general elections as provided in subsection (B), then the time for the general elections within that municipality is the first Tuesday after the first Monday in November in odd‑numbered years unless subsection (E) applies.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004D0C85" w:rsidP="004D0C85" w:rsidRDefault="004D0C85" w14:paraId="5B152253" w14:textId="4FFD4972">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N50SE_lv1_2185ec3bb" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
@@ -980,52 +1109,57 @@
       </w:r>
       <w:r w:rsidR="00EC4568">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N60S1_lv2_8753e463f" w:id="18"/>
       <w:r w:rsidR="00EC4568">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidR="00EC4568">
         <w:t xml:space="preserve">1) The nonpartisan plurality method prescribed in </w:t>
       </w:r>
       <w:r w:rsidR="00EC4568">
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
       <w:r w:rsidR="005F55AD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidR="00EC4568">
-        <w:t xml:space="preserve"> 5‑15‑61;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> 5‑15‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EC4568">
+        <w:t>61;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00EC4568" w:rsidP="00EC4568" w:rsidRDefault="00341430" w14:paraId="67BA0D8D" w14:textId="2719FA96">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC4568">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N60S2_lv2_7a7443484" w:id="19"/>
       <w:r w:rsidR="00EC4568">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidR="00EC4568">
         <w:t xml:space="preserve">2) The nonpartisan election and runoff election method prescribed in </w:t>
       </w:r>
       <w:r w:rsidR="00EC4568">
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>§</w:t>
       </w:r>
@@ -1197,51 +1331,55 @@
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t>ection 5‑15‑120.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N120SA_lv1_32865a549" w:id="25"/>
       <w:r w:rsidR="007E599B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="007E599B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r>
-        <w:t>Immediately upon the closing of the polls at any municipal election, the managers shall count publicly the votes cast and make a statement of the whole number of votes cast in such election together with the number of votes cast for each candidate for mayor and councilman and transmit this information to the municipal election commission.  In partisan elections the person securing the highest number of votes for mayor shall be declared elected and the councilmen shall be selected by the following methods:</w:t>
+        <w:t xml:space="preserve">Immediately upon the closing of the polls at any municipal election, the </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>managers shall count publicly the votes cast and make a statement of the whole number of votes cast in such election together with the number of votes cast for each candidate for mayor and councilman and transmit this information to the municipal election commission.  In partisan elections the person securing the highest number of votes for mayor shall be declared elected and the councilmen shall be selected by the following methods:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F62B81" w:rsidP="00F62B81" w:rsidRDefault="007E599B" w14:paraId="24AB339B" w14:textId="130FCFEE">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F62B81">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F62B81">
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N120S1_lv2_934f0e4df" w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -1367,88 +1505,110 @@
       </w:r>
       <w:r w:rsidR="00F62B81">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F62B81">
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(e)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N120S5_lv2_577459d9e" w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
       <w:r w:rsidR="00F62B81">
-        <w:t xml:space="preserve"> When all councilmen are to be elected at large, but some are required to be residents of particular wards and other councilmen may not be so required, the person receiving the highest number of votes for the seat to be filled shall be declared elected.</w:t>
+        <w:t xml:space="preserve"> When all councilmen are to be elected at large, but some are required to be residents of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F62B81">
+        <w:t>particular wards</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F62B81">
+        <w:t xml:space="preserve"> and other councilmen may not be so required, the person receiving the highest number of votes for the seat to be filled shall be declared elected.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E599B" w:rsidP="007E599B" w:rsidRDefault="00F62B81" w14:paraId="61269D69" w14:textId="0975136D">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N120SB_lv1_1fab38f44" w:id="31"/>
       <w:r w:rsidR="007E599B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="007E599B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>Newly elected officers shall not be qualified until at least forty‑eight hours after the closing of the polls and in the case a contest is finally filed the incumbents shall hold over until the contest is finally determined.</w:t>
+        <w:t xml:space="preserve">Newly elected officers shall not be qualified until at least forty‑eight hours after the closing of the polls and in the case a contest is finally filed the incumbents shall hold over until the contest is finally </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>determined.</w:t>
       </w:r>
       <w:r w:rsidR="007E599B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">A municipal governing body may by ordinance determine when the terms of its newly elected officers begin, provided the terms must begin no earlier than forty‑eight hours after the certification of the election results and no later than eighty days after the day of the election. If a municipality does not have an ordinance determining when the terms of its newly elected officers begin, then the terms of the newly elected officers in the municipality </w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E599B">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> municipal governing body may by ordinance determine when the terms of its newly elected officers begin, provided the terms must begin no earlier than forty‑eight hours after the certification of the election results and no later than eighty days after the day of the election. If a municipality does not have an ordinance determining when the terms of its newly elected officers begin, then the terms of the newly elected officers in the municipality </w:t>
       </w:r>
       <w:r w:rsidR="00CB0BAE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>commences at the beginning of</w:t>
       </w:r>
       <w:r w:rsidR="007E599B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> the first regular meeting of its council in the month following the election.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F62B81" w:rsidP="007E599B" w:rsidRDefault="007E599B" w14:paraId="5E5CADC0" w14:textId="4454E3D0">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N120SC_lv1_0a3d34127" w:id="32"/>
@@ -1544,90 +1704,127 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00495B1E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> candidate may contest the result of the election </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">as reported by the managers </w:t>
       </w:r>
       <w:r>
         <w:t>by filing a written notice of such contest together with a concise statement of the grounds therefor with the Municipal Election Commission</w:t>
       </w:r>
       <w:r w:rsidR="00495B1E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> not later than noon on the Monday following the certification of the results</w:t>
+        <w:t xml:space="preserve"> not </w:t>
+      </w:r>
+      <w:r w:rsidR="00495B1E">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>later than noon on the Monday following the certification of the results</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00495B1E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> If the deadline falls on a legal holiday, then the time for filing a written notice extends to noon on the next day that is not a legal holiday.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> Within forty‑eight hours after the filing of such notice, the</w:t>
       </w:r>
       <w:r w:rsidR="00495B1E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00495B1E">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Municipal Election Commission shall, after due notice to the parties concerned, conduct a hearing on the contest</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00495B1E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on the Thursday following the deadline for filing the contest. The commission must</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> decide the issues raised, file its report together with all recorded testimony and exhibits with the clerk of court of the county in which the municipality is situated, notify the parties concerned of the decisions made, and when the decision invalidates the election the council shall order a new election as to the parties concerned.</w:t>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00495B1E">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>the Thursday</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00495B1E">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following the deadline for filing the contest. The commission must</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> decide the issues raised, file its report together with all recorded testimony and exhibits with the clerk of court of the county in which the municipality is situated, notify the parties concerned of the decisions made, and when the decision invalidates the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>election</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the council shall order a new election as to the parties concerned.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009256C1" w:rsidP="009256C1" w:rsidRDefault="009256C1" w14:paraId="76780AA5" w14:textId="43AE0B76">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N130SB_lv1_97be26d06" w:id="37"/>
       <w:r w:rsidR="00495B1E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="00495B1E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r>
         <w:t>Neither the mayor nor any member of council shall be eligible to pass on the issues arising in any contest in which he is a party.</w:t>
@@ -1662,69 +1859,91 @@
         <w:t>ection 5‑15‑140 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F3209C" w:rsidP="00F3209C" w:rsidRDefault="00F3209C" w14:paraId="3818193D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F3209C" w:rsidP="00F3209C" w:rsidRDefault="00F3209C" w14:paraId="195D5474" w14:textId="2688F94B">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="cs_T5C15N140_d814ebd6d" w:id="40"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>ection 5‑15‑140.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Within ten days after notice of the decision of the municipal election commission, any party aggrieved thereby may appeal from such decision to the court of common pleas.  Notice of appeal shall be served on the opposing parties or their attorneys and filed in the office of the clerk of court within ten days.</w:t>
+        <w:t xml:space="preserve">Within ten days after </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>notice of the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> decision of the municipal election commission, any party aggrieved thereby may appeal from such decision to the court of common pleas.  Notice of appeal shall be served on the opposing parties or their attorneys and filed in the office of the clerk of court within ten days.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">  The notice of appeal shall act as a stay of further proceedings pending the appeal.</w:t>
       </w:r>
       <w:r w:rsidR="00B74D1E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E87958">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>Appeals shall be granted first priority of consideration by the court.</w:t>
+        <w:t xml:space="preserve">Appeals shall be granted </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E87958">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>first priority</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E87958">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of consideration by the court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE59A8" w:rsidP="00DE59A8" w:rsidRDefault="00DE59A8" w14:paraId="55C1510B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DE59A8" w:rsidP="00DE59A8" w:rsidRDefault="00DE59A8" w14:paraId="27EC3D84" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_6_e1dab0876" w:id="41"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t>ECTION 6.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="dl_1b9240809" w:id="42"/>
       <w:r>
         <w:t>S</w:t>
@@ -1898,51 +2117,58 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N145SE_lv1_dae68eef2" w:id="48"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">E) </w:t>
       </w:r>
       <w:r w:rsidRPr="00275C4B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>County boards of voter registration and elections conducting municipal elections pursuant to this section may assess municipalities fees that do not exceed actual expenses for conducting an election. County boards of voter registration and elections must provide each municipality with an itemized list of expenses for each election.</w:t>
+        <w:t xml:space="preserve">County boards of voter registration and elections conducting municipal elections pursuant to this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275C4B">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>section may assess municipalities fees that do not exceed actual expenses for conducting an election. County boards of voter registration and elections must provide each municipality with an itemized list of expenses for each election.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE59A8" w:rsidP="00DE59A8" w:rsidRDefault="00DE59A8" w14:paraId="14C0A9D2" w14:textId="2CC23ED6">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T5C15N145SF_lv1_0b45867bb" w:id="49"/>
       <w:r w:rsidR="00CB0BAE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidR="00CB0BAE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
@@ -2029,56 +2255,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00EA0C83">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39CD4BFB" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E8AF5B" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2111,175 +2337,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="23BF2510" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00410DC9" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="190B1B42" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00F71DBE" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00DD3D2F">
+              <w:t>[4669]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="004F44AA">
+            <w:r w:rsidR="00DD3D2F">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0271HDB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2541,51 +2765,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="108"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -2639,50 +2865,51 @@
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00166816"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="00171BD6"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00190DEA"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A0513"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A615A"/>
     <w:rsid w:val="001B3BE7"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C1E2D"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001D0570"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00221D84"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00275C4B"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00287F07"/>
     <w:rsid w:val="0029709D"/>
     <w:rsid w:val="002A0481"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B1DE8"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
@@ -2709,50 +2936,51 @@
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00363C4B"/>
     <w:rsid w:val="00365C91"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003A628A"/>
     <w:rsid w:val="003C250B"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E1F40"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004003F0"/>
     <w:rsid w:val="0040056C"/>
     <w:rsid w:val="004040DA"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
+    <w:rsid w:val="0041429B"/>
     <w:rsid w:val="00416911"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="004325A1"/>
     <w:rsid w:val="004445D5"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="004610E5"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00467919"/>
     <w:rsid w:val="00470CAA"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00490963"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00493F24"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00495B1E"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
@@ -2793,100 +3021,102 @@
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="0059436F"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B11BF"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C334E"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E0ED9"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F55AD"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="0060689F"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00621CB7"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00676108"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="00695FC8"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006974C9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A43F7"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006A73EB"/>
     <w:rsid w:val="006B028B"/>
     <w:rsid w:val="006B1C74"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00721D49"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00735FAF"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00744000"/>
     <w:rsid w:val="00744F97"/>
     <w:rsid w:val="007474D2"/>
     <w:rsid w:val="00747861"/>
     <w:rsid w:val="00754186"/>
     <w:rsid w:val="007715EA"/>
     <w:rsid w:val="00771F9C"/>
     <w:rsid w:val="007725A3"/>
     <w:rsid w:val="00774525"/>
+    <w:rsid w:val="00777270"/>
     <w:rsid w:val="00780BE0"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007923F9"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A17C1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007C6897"/>
     <w:rsid w:val="007D24EF"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E599B"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="008040AB"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="0085197B"/>
@@ -3067,68 +3297,71 @@
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF6C58"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D07A9C"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D33E47"/>
     <w:rsid w:val="00D52017"/>
     <w:rsid w:val="00D53286"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D64EB5"/>
+    <w:rsid w:val="00D679CD"/>
     <w:rsid w:val="00D72764"/>
     <w:rsid w:val="00D72A90"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DC2207"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DC7D8A"/>
     <w:rsid w:val="00DD1CBE"/>
+    <w:rsid w:val="00DD3D2F"/>
     <w:rsid w:val="00DD7280"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE59A8"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF741E"/>
     <w:rsid w:val="00E0718D"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6254F"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E660F6"/>
     <w:rsid w:val="00E73489"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E87958"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA0C83"/>
     <w:rsid w:val="00EA23B0"/>
@@ -3139,64 +3372,66 @@
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EB5A79"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC4568"/>
     <w:rsid w:val="00ED06E0"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F24B54"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F3209C"/>
     <w:rsid w:val="00F342A1"/>
+    <w:rsid w:val="00F34B12"/>
     <w:rsid w:val="00F3614B"/>
     <w:rsid w:val="00F36E6F"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F62B81"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F67079"/>
+    <w:rsid w:val="00F71DBE"/>
     <w:rsid w:val="00F732A1"/>
     <w:rsid w:val="00F8190C"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F91F16"/>
     <w:rsid w:val="00FA01A4"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA48BC"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB128E"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FC4D2A"/>
     <w:rsid w:val="00FC5544"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD5BC1"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
     <w:rsid w:val="00FF7C3C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -3603,1360 +3838,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00E07A33"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00E07A33"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00470CAA"/>
+    <w:rsid w:val="00E07A33"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4983,51 +5220,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4669&amp;session=126&amp;summary=B" TargetMode="External" Id="R589ccec40c364fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4669_20251217.docx" TargetMode="External" Id="R7c3c9f6841444bdd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4669&amp;session=126&amp;summary=B" TargetMode="External" Id="Reff99863671f4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4669_20251217.docx" TargetMode="External" Id="R5c8833d7ee3946fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rb2ebad11e289473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R42c51d2ecbdd4d7f" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5054,122 +5291,122 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="00076EE7"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="00353F44"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004C53CE"/>
     <w:rsid w:val="004D7B4A"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005C334E"/>
     <w:rsid w:val="0060689F"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00744000"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007D24EF"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00A57333"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D07A9C"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F36E6F"/>
     <w:rsid w:val="00F82BD9"/>
@@ -5918,71 +6155,119 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>d0a3ca6b-ba12-4ed5-a050-0087148a445c</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>aef3e4c6-9595-4c58-a8b4-d3d25c6d0bb1</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>cc73b289-64a6-4179-a120-4da9b5b01685</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>f71a82d2-5efc-4498-bc17-ac052cbdc725</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4669]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4669</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 5‑15‑50, RELATING TO ESTABLISHMENT OF MUNICIPAL WARD LINES AND THE TIME FOR GENERAL AND SPECIAL ELECTIONS, SO AS TO REQUIRE THAT MUNICIPAL GENERAL ELECTIONS BE HELD ON ONE OF CERTAIN ENUMERATED DATES; BY AMENDING SECTION 5‑15‑60, RELATING TO MUNICIPALITIES ADOPTING METHODS OF NOMINATING CANDIDATES AND DETERMINING ELECTION RESULTS, SO AS TO PROVIDE THAT ANY MUNICIPALITY WHICH ELECTS TO HOLD PARTISAN ELECTIONS FOR MUNICIPAL OFFICES IS RESPONSIBLE FOR PAYING ALL COSTS AND EXPENSES ASSOCIATED WITH THE CONDUCT OF A MUNICIPAL PRIMARY; BY AMENDING SECTION 5‑15‑120, RELATING TO VOTE COUNTING IN MUNICIPAL ELECTIONS, SO AS TO ALLOW MUNICIPALITIES TO DETERMINE WHEN NEWLY ELECTED OFFICIALS MAY BE QUALIFIED AND THEIR TERMS COMMENCE, AND TO PROVIDE THAT A CANDIDATE DECLARED ELECTED HAS THE RIGHT TO TAKE THE OATH OF OFFICE AND PERFORM THE DUTIES OF THAT OFFICE PENDING THE OUTCOME OF AN APPEAL; BY AMENDING SECTION 5‑15‑130, RELATING TO PROCEDURES FOR CONTESTING THE RESULTS OF A MUNICIPAL ELECTION, SO AS TO EXTEND THE DEADLINE FOR FILING A WRITTEN NOTICE OF A CONTEST, AND TO REQUIRE A MUNICIPAL ELECTION COMMISSION TO CONDUCT A HEARING ON A CONTEST BY A CERTAIN DATE; BY AMENDING SECTION 5‑15‑140, RELATING TO APPEALS FROM DECISIONS REGARDING MUNICIPAL ELECTION CONTESTS, SO AS TO REMOVE LANGUAGE INDICATING A NOTICE OF APPEAL STAYS FURTHER PROCEEDINGS PENDING APPEAL, AND TO PROVIDE THAT A COURT SHALL GIVE SUCH APPEALS FIRST PRIORITY OF CONSIDERATION; AND BY AMENDING SECTION 5‑15‑145, RELATING TO THE TRANSFER OF AUTHORITY TO CONDUCT MUNICIPAL ELECTIONS TO COUNTY BOARDS OF VOTER REGISTRATION AND ELECTIONS, SO AS TO REQUIRE COUNTY BOARDS OF VOTER REGISTRATION AND ELECTIONS TO CONDUCT MUNICIPAL ELECTIONS FOR MUNICIPALITIES THAT ELECT TO TRANSFER THIS AUTHORITY.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"92f92037-5c79-4423-b489-87bd9c6876e7","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T5C15N50_ce9a5b938","IsConstitutionSection":false,"Identity":"5-15-50","IsNew":false,"SubSections":[{"Level":1,"Identity":"T5C15N50SA","SubSectionBookmarkName":"ss_T5C15N50SA_lv1_dde12d469","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N50SB","SubSectionBookmarkName":"ss_T5C15N50SB_lv1_eb1db1b66","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T5C15N50S1","SubSectionBookmarkName":"ss_T5C15N50S1_lv2_29c04ad8e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T5C15N50S2","SubSectionBookmarkName":"ss_T5C15N50S2_lv2_a144b821d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N50SC","SubSectionBookmarkName":"ss_T5C15N50SC_lv1_01d4dcdda","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N50SD","SubSectionBookmarkName":"ss_T5C15N50SD_lv1_adcd4631d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N50SE","SubSectionBookmarkName":"ss_T5C15N50SE_lv1_2185ec3bb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N50SF","SubSectionBookmarkName":"ss_T5C15N50SF_lv1_65fe97f7d","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Establishment of municipal ward lines and the time for general and special elections","TitleSoAsTo":"require that municipal general elections be held on one of certain enumerated dates","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_aff2b858e"},{"SectionUUID":"2b6ac336-3b68-45a5-8e7d-70f10a90ba9c","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T5C15N60_ac73a566f","IsConstitutionSection":false,"Identity":"5-15-60","IsNew":false,"SubSections":[{"Level":2,"Identity":"T5C15N60S1","SubSectionBookmarkName":"ss_T5C15N60S1_lv2_8753e463f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T5C15N60S2","SubSectionBookmarkName":"ss_T5C15N60S2_lv2_7a7443484","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T5C15N60S3","SubSectionBookmarkName":"ss_T5C15N60S3_lv2_bce9497d2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N60SA","SubSectionBookmarkName":"ss_T5C15N60SA_lv1_5c6e7681f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N60SB","SubSectionBookmarkName":"ss_T5C15N60SB_lv1_cc873fad9","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"municipalities adopting methods of nominating candidates and determining election results","TitleSoAsTo":"provide that any municipality which elects to hold partisan elections for municipal offices is responsible for paying all costs and expenses associated with the conduct of a municipal primary","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_99d2a044c"},{"SectionUUID":"db65766e-c0e6-4662-9e9f-2d750fcf2919","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T5C15N120_7f19ad5fb","IsConstitutionSection":false,"Identity":"5-15-120","IsNew":false,"SubSections":[{"Level":2,"Identity":"T5C15N120S1","SubSectionBookmarkName":"ss_T5C15N120S1_lv2_934f0e4df","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T5C15N120S2","SubSectionBookmarkName":"ss_T5C15N120S2_lv2_ca7749aad","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T5C15N120S3","SubSectionBookmarkName":"ss_T5C15N120S3_lv2_72ae4d0a4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T5C15N120S4","SubSectionBookmarkName":"ss_T5C15N120S4_lv2_49cb40cf1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T5C15N120S5","SubSectionBookmarkName":"ss_T5C15N120S5_lv2_577459d9e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N120SA","SubSectionBookmarkName":"ss_T5C15N120SA_lv1_32865a549","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N120SB","SubSectionBookmarkName":"ss_T5C15N120SB_lv1_1fab38f44","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N120SC","SubSectionBookmarkName":"ss_T5C15N120SC_lv1_0a3d34127","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Vote counting in municipal elections","TitleSoAsTo":"allow municipalities to determine when newly elected officials may be qualified and their terms commence, and to provide that a candidate declared elected has the right to take the oath of office and perform the duties of that office pending the outcome of an appeal","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_2e07ea5f1"},{"SectionUUID":"542d8ad2-e3db-4b67-aab6-33ac68dad35b","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T5C15N130_f962444d2","IsConstitutionSection":false,"Identity":"5-15-130","IsNew":false,"SubSections":[{"Level":1,"Identity":"T5C15N130SA","SubSectionBookmarkName":"ss_T5C15N130SA_lv1_109a58ee2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N130SB","SubSectionBookmarkName":"ss_T5C15N130SB_lv1_97be26d06","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Procedures for contesting the results of a municipal election","TitleSoAsTo":"extend the deadline for filing a written notice of a contest, and to require a municipal election commission to conduct a hearing on a contest by a certain date","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_21606c237"},{"SectionUUID":"2f66bc99-63fd-482f-80c2-08fd51c2289b","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T5C15N140_d814ebd6d","IsConstitutionSection":false,"Identity":"5-15-140","IsNew":false,"SubSections":[],"TitleRelatedTo":"appeals from decisions regarding municipal election contests","TitleSoAsTo":"remove language indicating a notice of appeal stays further proceedings pending appeal, and to provide that a court shall give such appeals first priority of consideration","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_5ce148e31"},{"SectionUUID":"f002d3ba-0d57-44c1-b6a4-1da5e65cb12b","SectionName":"code_section","SectionNumber":6,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T5C15N145_4011951ff","IsConstitutionSection":false,"Identity":"5-15-145","IsNew":false,"SubSections":[{"Level":1,"Identity":"T5C15N145SA","SubSectionBookmarkName":"ss_T5C15N145SA_lv1_e829c9d18","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N145SB","SubSectionBookmarkName":"ss_T5C15N145SB_lv1_88a6918ce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N145SC","SubSectionBookmarkName":"ss_T5C15N145SC_lv1_811410004","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N145SD","SubSectionBookmarkName":"ss_T5C15N145SD_lv1_0c12a4fbe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N145SF","SubSectionBookmarkName":"ss_T5C15N145SF_lv1_0b45867bb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T5C15N145SE","SubSectionBookmarkName":"ss_T5C15N145SE_lv1_dae68eef2","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"the transfer of authority to conduct municipal elections to county boards of voter registration and elections","TitleSoAsTo":"require county boards of voter registration and elections to conduct municipal elections for municipalities that elect to transfer this authority","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_e1dab0876"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":7,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Municipal elections</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>harrisonbrant@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6199,200 +6484,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...43 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...16 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>10247</Characters>
+  <Pages>5</Pages>
+  <Words>1977</Words>
+  <Characters>10244</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>173</Lines>
-  <Paragraphs>58</Paragraphs>
+  <Lines>170</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12163</CharactersWithSpaces>
+  <CharactersWithSpaces>12172</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>