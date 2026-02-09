--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,86 +123,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Kilmartin</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Kilmartin, Chumley, Edgerton and Magnuson</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0383CM26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R3b97a1aaaebf4232">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rddfd568abe384758">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R8819a9325f414c8f">
+      <w:hyperlink r:id="R8ae1c0f2a0924279">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +521,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R2056496a5a03448a">
+      <w:hyperlink r:id="R1efa07997e8a46ee">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00D85F59" w:rsidRDefault="00432135" w14:paraId="39BB2C4F" w14:textId="2A056C4B">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00D85F59" w:rsidRDefault="00A73EFA" w14:paraId="5C9FB7ED" w14:textId="2D1832B8">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00D85F59" w:rsidRDefault="00A73EFA" w14:paraId="765FE825" w14:textId="145E7C89">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00D85F59" w:rsidRDefault="00A73EFA" w14:paraId="5859C69B" w14:textId="07DC5662">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00D85F59" w:rsidRDefault="00A73EFA" w14:paraId="07250932" w14:textId="2AEAB370">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00D85F59" w:rsidRDefault="00A73EFA" w14:paraId="32DE7152" w14:textId="08F28E42">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -550,1347 +645,1347 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00662E62" w14:paraId="078BAC7B" w14:textId="487CCF70">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “SOUTH CAROLINA COMMUNITY DATA PROTECTION AND RESPONSIBLE SURVEILLANCE ACT” SO AS TO PROVIDE NO STATE OR LOCAL ENTITY MAY PARTICIPATE IN ANY SURVEILLANCE SYSTEM THAT STORES SURVEILLANCE DATA ON THIRD PARTY SERVERS OR USE ARTIFICIAL INTELLIGENCE OR AUTOMATED SYSTEMS to TRACK VEHICLES UNDER CERTAIN CIRCUMSTANCES, TO PROVIDE FOR SURVEILLANCE DATA RETENTION AND STORAGE, AND JUDICIAL OVERSIGHT, TO PROVIDE FOR THE PUBLISHING OF CERTAIN ANNUAL REPORTS, AND TO PROVIDE PENALTIES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_e03eb7cd6" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_e03eb7cd6" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="1464934C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="006C18F0" w:rsidRDefault="00064D3B" w14:paraId="71738F51" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_e4a9ccb37" w:id="2"/>
+      <w:bookmarkStart w:name="wa_e4a9ccb37" w:id="1"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>hereas, p</w:t>
       </w:r>
       <w:r w:rsidRPr="00064D3B">
         <w:t>rivately operated surveillance networks</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00064D3B">
         <w:t>such as systems provided by Flock Safety</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00064D3B">
         <w:t>collect extensive vehicle data far beyond basic license plate images. These systems use artificial intelligence to identify and track vehicles using appearance‑based characteristics including visible damage, accessories, decals, or paint designs</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="006C18F0" w:rsidRDefault="00064D3B" w14:paraId="794E05EA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="006C18F0" w:rsidRDefault="00064D3B" w14:paraId="4145ED00" w14:textId="099A3EB8">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_035f9da4c" w:id="3"/>
+      <w:bookmarkStart w:name="wa_035f9da4c" w:id="2"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>hereas, b</w:t>
       </w:r>
       <w:r w:rsidRPr="00064D3B">
         <w:t>ecause th</w:t>
       </w:r>
       <w:r w:rsidR="009563C2">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00064D3B">
         <w:t xml:space="preserve"> data </w:t>
       </w:r>
       <w:r w:rsidR="009563C2">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00064D3B">
         <w:t xml:space="preserve"> stored on private, third‑party servers, South Carolina communities and law enforcement agencies do not retain true ownership or control of the information they rely upon, creating risks of misuse, repurposing, or unauthorized access</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="006C18F0" w:rsidRDefault="00064D3B" w14:paraId="32A1F0BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="006C18F0" w:rsidRDefault="00064D3B" w14:paraId="099D7767" w14:textId="6536A2EF">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_30497e310" w:id="4"/>
+      <w:bookmarkStart w:name="wa_30497e310" w:id="3"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>hereas, i</w:t>
       </w:r>
       <w:r w:rsidRPr="00064D3B">
         <w:t xml:space="preserve">ncidents in other states, including the wrongful armed detention of a Black mother and her children in Colorado after a false automated alert, demonstrate the dangers inherent in privatized </w:t>
       </w:r>
       <w:r>
         <w:t>artificial intelligence</w:t>
       </w:r>
       <w:r w:rsidRPr="00064D3B">
         <w:t>‑based surveillance systems susceptible to error or misuse</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="006C18F0" w:rsidRDefault="00064D3B" w14:paraId="78FA5DBE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="006C18F0" w:rsidRDefault="00064D3B" w14:paraId="37EB2C1F" w14:textId="2FE20FA9">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_7de2883a8" w:id="5"/>
+      <w:bookmarkStart w:name="wa_7de2883a8" w:id="4"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t xml:space="preserve">hereas, </w:t>
       </w:r>
       <w:r w:rsidRPr="00064D3B">
         <w:t>South Carolinians are entitled to privacy, due process, and protection from unwarranted surveillance. The State has a compelling interest in ensuring that any data collected for public safety is safely governed, locally controlled, and strictly limited</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="006C18F0" w:rsidRDefault="00064D3B" w14:paraId="540882E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="006C18F0" w:rsidRDefault="00064D3B" w14:paraId="659258AA" w14:textId="6B43876B">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_a2e42e627" w:id="6"/>
+      <w:bookmarkStart w:name="wa_a2e42e627" w:id="5"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t xml:space="preserve">hereas, </w:t>
       </w:r>
       <w:r w:rsidRPr="00064D3B">
         <w:t>the General Assembly declares it necessary to regulate the use, access, storage, and retention of vehicle‑surveillance data to protect civil liberties and community safety</w:t>
       </w:r>
       <w:r>
         <w:t>. Now, therefore,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00064D3B" w:rsidP="006C18F0" w:rsidRDefault="00064D3B" w14:paraId="3A606AEB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="1FF28833" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_f79ace5f0" w:id="7"/>
+      <w:bookmarkStart w:name="ew_f79ace5f0" w:id="6"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="00064D3B" w:rsidRDefault="00064D3B" w14:paraId="365FC34D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00064D3B" w:rsidP="00BE699C" w:rsidRDefault="00064D3B" w14:paraId="12D43259" w14:textId="4CABDA35">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_258f06f10" w:id="8"/>
-      <w:bookmarkStart w:name="citing_act_7eba99b09" w:id="9"/>
+      <w:bookmarkStart w:name="bs_num_1_258f06f10" w:id="7"/>
+      <w:bookmarkStart w:name="citing_act_7eba99b09" w:id="8"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00BE699C">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This act may be cited as the “</w:t>
       </w:r>
       <w:r w:rsidR="002C121F">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">The South Carolina Community Data Protection and </w:t>
       </w:r>
       <w:r w:rsidR="002C121F">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Responsible Surveillance Act</w:t>
       </w:r>
       <w:r w:rsidR="00662E62">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BE699C">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="719C3DD8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="11FD8C8B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_f5419bba5" w:id="10"/>
+      <w:bookmarkStart w:name="bs_num_2_f5419bba5" w:id="9"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_27f691860" w:id="10"/>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>itle 23 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="47057AC0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="3842F1D1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_da613ce63" w:id="12"/>
+      <w:bookmarkStart w:name="up_da613ce63" w:id="11"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>HAPTER 45</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="7B439F23" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00ED5012" w14:paraId="6C3CF51A" w14:textId="59CB1DD8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_9ebf3b9f0" w:id="13"/>
+      <w:bookmarkStart w:name="up_9ebf3b9f0" w:id="12"/>
       <w:r w:rsidRPr="00ED5012">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00ED5012">
         <w:t>outh Carolina Community Data Protection and Responsible Surveillance Act</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="7993DC28" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="3871D228" w14:textId="486C2A9B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T23C45N10_c431c7a1e" w:id="14"/>
+      <w:bookmarkStart w:name="ns_T23C45N10_c431c7a1e" w:id="13"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>ection 23‑45‑10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_ca6c349cc" w:id="15"/>
+      <w:bookmarkStart w:name="up_ca6c349cc" w:id="14"/>
       <w:r w:rsidR="00ED5012">
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00ED5012">
         <w:t>s used in this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="501F9BEB" w14:textId="4AA20FD8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N10SA_lv1_69dde1106" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T23C45N10SA_lv1_69dde1106" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED5012">
         <w:t>“Automated License Plate Reader (ALPR)” means a system that captures or analyzes images or video of license plates, vehicles, or vehicle features for identification.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="25BA9873" w14:textId="77C6B3CE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N10SB_lv1_f15783e58" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T23C45N10SB_lv1_f15783e58" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED5012">
         <w:t xml:space="preserve">“Vehicle Feature Recognition” means the use of </w:t>
       </w:r>
       <w:r>
         <w:t>artificial intelligence (AI)</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED5012">
         <w:t xml:space="preserve"> or automated software to identify vehicle characteristics other than a license plate number, including body damage, roof racks, decals, bumper stickers, paint patterns, or other distinguishing marks.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="3BC82F85" w14:textId="0442D066">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N10SC_lv1_3fda0a9d5" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T23C45N10SC_lv1_3fda0a9d5" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED5012">
         <w:t>“Third‑Party Storage” means any storage of surveillance data on servers or cloud platforms not solely owned, operated, and physically located within South Carolina government facilities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="3B60C09E" w14:textId="209F9210">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N10SD_lv1_8bb73764a" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T23C45N10SD_lv1_8bb73764a" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED5012">
         <w:t>“Surveillance Data” means any information produced or derived from ALPR technology including images, metadata, timestamps, GPS coordinates, analytical outputs, alerts, user queries, and search histories.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="01982A77" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00667B59" w14:paraId="2C2EE9BC" w14:textId="4F01F6B9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T23C45N20_97501a4ed" w:id="20"/>
+      <w:bookmarkStart w:name="ns_T23C45N20_97501a4ed" w:id="19"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>ection 23‑45‑20.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N20SA_lv1_518fa6297" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T23C45N20SA_lv1_518fa6297" w:id="20"/>
       <w:r w:rsidR="00ED5012">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00ED5012">
         <w:t xml:space="preserve">A) No state or local law enforcement </w:t>
       </w:r>
       <w:r w:rsidR="008B5C0C">
         <w:t>agency</w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008B5C0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t>may use, contract for, or participate in any surveillance system that stores surveillance data on third‑party servers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="45A1DA37" w14:textId="507FD6DF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N20SB_lv1_5974b87d9" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T23C45N20SB_lv1_5974b87d9" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>B) All surveillance data collected within South Carolina must be stored exclusively on secured servers physically located within the State and entirely owned and controlled by South Carolina governmental entities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="156D0690" w14:textId="0925F6DE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N20SC_lv1_5df819c2e" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T23C45N20SC_lv1_5df819c2e" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>C)</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED5012">
         <w:t xml:space="preserve"> Any contract or agreement contrary to this </w:t>
       </w:r>
       <w:r>
         <w:t>section</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED5012">
         <w:t xml:space="preserve"> is void as against public policy.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="6D3D58A7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00667B59" w14:paraId="75B94A3A" w14:textId="45EE2216">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T23C45N30_fe471c1f9" w:id="24"/>
+      <w:bookmarkStart w:name="ns_T23C45N30_fe471c1f9" w:id="23"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>ection 23‑45‑30.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N30SA_lv1_2b1d4d67d" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T23C45N30SA_lv1_2b1d4d67d" w:id="24"/>
       <w:r w:rsidR="00ED5012">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="00ED5012">
         <w:t xml:space="preserve">A) No State or local </w:t>
       </w:r>
       <w:r w:rsidR="0094118A">
         <w:t xml:space="preserve">law enforcement </w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t>agency may use AI or automated systems that identify, or track vehicles based on appearance, characteristics, or features other than license plates.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="1AD470BF" w14:textId="6931F21B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N30SB_lv1_3ee329d8a" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T23C45N30SB_lv1_3ee329d8a" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>B) ALPR systems operating in South Carolina may analyze only license plate characters and essential contextual data which includes time, date, and location.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="657F00D1" w14:textId="293E8318">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N30SC_lv1_e8338428c" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T23C45N30SC_lv1_e8338428c" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:t>C) The use of software to identify or track vehicles based on dents, decals, custom paint, personal accessories, or similar appearance‑based traits is prohibited.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="544F3F65" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00667B59" w14:paraId="30A28C28" w14:textId="137E6588">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T23C45N40_49ba67895" w:id="27"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
-        <w:t>C) The use of software to identify or track vehicles based on dents, decals, custom paint, personal accessories, or similar appearance‑based traits is prohibited.</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 23‑45‑40.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N40SA_lv1_bb5876171" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T23C45N40SA_lv1_bb5876171" w:id="28"/>
       <w:r w:rsidR="00ED5012">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidR="00ED5012">
         <w:t>A) Surveillance data may be retained for no longer than twenty‑one days.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="5D4548A1" w14:textId="2E996EE6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N40SB_lv1_bc113ba13" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T23C45N40SB_lv1_bc113ba13" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:t>B) Automatic deletion must occur at the end of the twenty‑one‑day period unless the data is tied to an active criminal investigation supported by a valid court order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="4EADBD48" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C45N40SC_lv1_7244d11d1" w:id="30"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="30"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t>C) Data retained under a court order must be deleted once the investigation closes or the order expires.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="7F3FEDFD" w14:textId="1322BF38">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N40SD_lv1_23164956d" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T23C45N40SD_lv1_23164956d" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t>D) Indefinite, bulk, or archival storage of surveillance data is prohibited.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="5299FD1E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00667B59" w14:paraId="28353F9B" w14:textId="0F1B3A0E">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T23C45N50_8b57aad32" w:id="32"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
-        <w:t>D) Indefinite, bulk, or archival storage of surveillance data is prohibited.</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 23‑45‑50.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50SA_lv1_353a8fc24" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T23C45N50SA_lv1_353a8fc24" w:id="33"/>
       <w:r w:rsidR="00ED5012">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidR="00ED5012">
         <w:t>A) Law enforcement agencies may not access, retrieve, or search surveillance data without obtaining a search warrant supported by probable cause. Warrants must describe the specific data sought and investigative purpose. Blanket, exploratory, or generalized access to surveillance data is prohibited.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="2F4FD9D7" w14:textId="230FDB11">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50SB_lv1_5e3343701" w:id="35"/>
+      <w:bookmarkStart w:name="ss_T23C45N50SB_lv1_5e3343701" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidR="006B784F">
         <w:t>Law enforcement agencies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> may access data without a warrant only when:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="26EEF246" w14:textId="2674BD7B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50S1_lv2_a5eb0acb6" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T23C45N50S1_lv2_a5eb0acb6" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:t>1) there is an imminent threat to life or serious bodily harm, and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="37D1385A" w14:textId="0A5B1A13">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C45N50S2_lv2_f2b52ac25" w:id="36"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:t>1) there is an imminent threat to life or serious bodily harm, and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="37D1385A" w14:textId="0A5B1A13">
+        <w:t>2) a warrant cannot reasonably be obtained in time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="706BB520" w14:textId="511EFF17">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T23C45N50S2_lv2_f2b52ac25" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T23C45N50SC_lv1_c22bb9e9f" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
-        <w:t>2) a warrant cannot reasonably be obtained in time.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="706BB520" w14:textId="511EFF17">
+        <w:t>C) Emergency access must be documented in writing within twenty‑four hours and submitted to a judge for review. If the judge finds it unjustified, the data must be deleted and cannot be used in any investigation or proceeding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="475D2FE6" w14:textId="72BE5A96">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50SC_lv1_c22bb9e9f" w:id="38"/>
+      <w:bookmarkStart w:name="ss_T23C45N50SD_lv1_30590bb11" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t xml:space="preserve">D) Access to surveillance data shall be restricted to specially designated and trained personnel. </w:t>
       </w:r>
       <w:r w:rsidR="006B784F">
         <w:t>Law enforcement</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> officers may not access historical surveillance data directly. Supervisory approval is required for each inquiry.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="67F2940F" w14:textId="7768D25A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50SE_lv1_9767356e5" w:id="40"/>
+      <w:bookmarkStart w:name="ss_T23C45N50SE_lv1_9767356e5" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:t>E) Every access or search of surveillance data must be automatically logged with the:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="096AEC69" w14:textId="621FC36E">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C45N50S1_lv2_d234b3b05" w:id="40"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
-        <w:t>E) Every access or search of surveillance data must be automatically logged with the:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="096AEC69" w14:textId="621FC36E">
+        <w:t>1) identity of the accessing user;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="3541FD17" w14:textId="4DDFBF26">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50S1_lv2_d234b3b05" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T23C45N50S2_lv2_a4fa5c92c" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
-        <w:t>1) identity of the accessing user;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="3541FD17" w14:textId="4DDFBF26">
+        <w:t>2) date and time;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="3F971AD2" w14:textId="560B4D5F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50S2_lv2_a4fa5c92c" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T23C45N50S3_lv2_017fb1c03" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
-        <w:t>2) date and time;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="3F971AD2" w14:textId="560B4D5F">
+        <w:t>3) purpose for access; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="22ECBE5C" w14:textId="24BE35EA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50S3_lv2_017fb1c03" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T23C45N50S4_lv2_730bb97fa" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
-        <w:t>3) purpose for access; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="22ECBE5C" w14:textId="24BE35EA">
+        <w:t>4) case number or warrant number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="6F4FA19E" w14:textId="65798659">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T23C45N50S4_lv2_730bb97fa" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T23C45N50SF_lv1_a4ba90201" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
-        <w:t>4) case number or warrant number.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="6F4FA19E" w14:textId="65798659">
+        <w:t>F) The logs must be retained for a minimum of five years and made available for independent audit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00ED5012" w14:paraId="7B41A3C2" w14:textId="5CA0F54A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50SF_lv1_a4ba90201" w:id="45"/>
+      <w:bookmarkStart w:name="ss_T23C45N50SG_lv1_737203d78" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t xml:space="preserve">G) The South Carolina Inspector General shall appoint independent auditors to conduct quarterly compliance audits of every </w:t>
       </w:r>
       <w:r w:rsidR="006B784F">
         <w:t>law enforcement agency</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> using ALPR technology.</w:t>
       </w:r>
       <w:r w:rsidR="00852709">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Audit findings must assess compliance with warrant rules, retention limits, and access controls.</w:t>
       </w:r>
       <w:r w:rsidR="00852709">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Summaries of audit results must be published publicly.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00852709" w14:paraId="663C302E" w14:textId="7A5686D5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50SH_lv1_dc432c3a7" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T23C45N50SH_lv1_dc432c3a7" w:id="46"/>
       <w:r w:rsidR="00ED5012">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t xml:space="preserve">) Surveillance data </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t xml:space="preserve">be used </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">only </w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t>for specific criminal investigations.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t>Data may not be used for civil enforcement, traffic enforcement, code enforcement, immigration checks, or generalized intelligence gathering.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED5012" w:rsidP="00ED5012" w:rsidRDefault="00852709" w14:paraId="292A1C65" w14:textId="4C3D0C6A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50SI_lv1_c622c0156" w:id="48"/>
+      <w:bookmarkStart w:name="ss_T23C45N50SI_lv1_c622c0156" w:id="47"/>
       <w:r w:rsidR="00ED5012">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t xml:space="preserve">) Any </w:t>
       </w:r>
       <w:r w:rsidR="006B784F">
         <w:t>law enforcement agency</w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B784F">
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t xml:space="preserve"> accesses or uses surveillance data without lawful authorization is guilty of a misdemeanor </w:t>
       </w:r>
       <w:r w:rsidR="002A7285">
         <w:t>and, upon conviction, must be sentenced to not more than one</w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t xml:space="preserve"> year i</w:t>
       </w:r>
       <w:r w:rsidR="002A7285">
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t>prison,</w:t>
       </w:r>
       <w:r w:rsidR="002A7285">
         <w:t xml:space="preserve"> and fined not more than five thousand dollars.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="002A7285" w14:paraId="78904BA0" w14:textId="3A983825">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N50SJ_lv1_880401712" w:id="49"/>
+      <w:bookmarkStart w:name="ss_T23C45N50SJ_lv1_880401712" w:id="48"/>
       <w:r w:rsidR="00ED5012">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t xml:space="preserve">) Surveillance data obtained in violation of this </w:t>
       </w:r>
       <w:r>
         <w:t>chapter</w:t>
       </w:r>
       <w:r w:rsidR="00ED5012">
         <w:t xml:space="preserve"> is inadmissible in any criminal, civil, or administrative proceeding.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="52B23043" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002A7285" w:rsidP="002A7285" w:rsidRDefault="00667B59" w14:paraId="7DBE2797" w14:textId="1FEF67A6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T23C45N60_d99091a59" w:id="50"/>
+      <w:bookmarkStart w:name="ns_T23C45N60_d99091a59" w:id="49"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>ection 23‑45‑60.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N60SA_lv1_345d2fd49" w:id="51"/>
+      <w:bookmarkStart w:name="ss_T23C45N60SA_lv1_345d2fd49" w:id="50"/>
       <w:r w:rsidR="002A7285">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidR="002A7285">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidR="006B784F">
         <w:t>Law enforcement agencies</w:t>
       </w:r>
       <w:r w:rsidR="002A7285">
         <w:t xml:space="preserve"> operating ALPR systems must publish an annual transparency report that includes:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002A7285" w:rsidP="002A7285" w:rsidRDefault="002A7285" w14:paraId="0301C43B" w14:textId="730C2607">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N60S1_lv2_9a1c9d59c" w:id="52"/>
+      <w:bookmarkStart w:name="ss_T23C45N60S1_lv2_9a1c9d59c" w:id="51"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:t>1) the total number of scans collected;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7285" w:rsidP="002A7285" w:rsidRDefault="002A7285" w14:paraId="75D1CABF" w14:textId="5521570F">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C45N60S2_lv2_5f6a058f3" w:id="52"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
-        <w:t>1) the total number of scans collected;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002A7285" w:rsidP="002A7285" w:rsidRDefault="002A7285" w14:paraId="75D1CABF" w14:textId="5521570F">
+        <w:t>2) the number of alerts generated,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7285" w:rsidP="002A7285" w:rsidRDefault="002A7285" w14:paraId="74F8C493" w14:textId="137AFC15">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N60S2_lv2_5f6a058f3" w:id="53"/>
+      <w:bookmarkStart w:name="ss_T23C45N60S3_lv2_ca29978cd" w:id="53"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
-        <w:t>2) the number of alerts generated,</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002A7285" w:rsidP="002A7285" w:rsidRDefault="002A7285" w14:paraId="74F8C493" w14:textId="137AFC15">
+        <w:t>3) the number of investigations in which ALPR data was used; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7285" w:rsidP="002A7285" w:rsidRDefault="002A7285" w14:paraId="3DC1E89E" w14:textId="3060CE32">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N60S3_lv2_ca29978cd" w:id="54"/>
+      <w:bookmarkStart w:name="ss_T23C45N60S4_lv2_042a7c23c" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:t>4) copies of all vendor contracts or agreements.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidP="002A7285" w:rsidRDefault="002A7285" w14:paraId="18F24CFD" w14:textId="0042ACC8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N60SB_lv1_ea87f6c1d" w:id="56"/>
+      <w:bookmarkStart w:name="ss_T23C45N60SB_lv1_ea87f6c1d" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:t>B) Reports must protect ongoing investigations but must enable meaningful public oversight.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="228046CD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A7285" w:rsidP="002A7285" w:rsidRDefault="00667B59" w14:paraId="1410C4DA" w14:textId="7D0C5D10">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T23C45N70_8afcdb8a2" w:id="56"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
-        <w:t>B) Reports must protect ongoing investigations but must enable meaningful public oversight.</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 23‑45‑70.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N70SA_lv1_322fd6967" w:id="58"/>
+      <w:bookmarkStart w:name="ss_T23C45N70SA_lv1_322fd6967" w:id="57"/>
       <w:r w:rsidR="002A7285">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r w:rsidR="002A7285">
         <w:t xml:space="preserve">A) Any </w:t>
       </w:r>
       <w:r w:rsidR="006B784F">
         <w:t xml:space="preserve">law enforcement </w:t>
       </w:r>
       <w:r w:rsidR="002A7285">
         <w:t>agency or official knowingly violating the provisions of this chapter is subject to administrative penalties, civil liability, contract termination, and other remedies as provided by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidP="002A7285" w:rsidRDefault="002A7285" w14:paraId="2E28E57D" w14:textId="310676DA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C45N70SB_lv1_f45c5761f" w:id="59"/>
+      <w:bookmarkStart w:name="ss_T23C45N70SB_lv1_f45c5761f" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t>B) Any South Carolina resident whose data is unlawfully accessed, retained, or shared may bring a civil action for injunctive relief, damages, and attorney’s fees.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00667B59" w:rsidRDefault="00667B59" w14:paraId="6B33B852" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="3A3312DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="60"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="61"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="59"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="60"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="54673925" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="0010329A">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="50381EF5" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="14086F81" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1923,175 +2018,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39964153" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="56E0FEF2" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00E813C3" w:rsidP="00D14995">
+      <w:p w14:paraId="56E0FEF2" w14:textId="04B1D44F" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="005D0D4C" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00353A67">
+              <w:t>[4675]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="009D794B">
+            <w:r w:rsidR="00353A67">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0383CM26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79E60501" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0DE2A0BC" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2353,51 +2446,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2437,115 +2532,119 @@
     <w:rsid w:val="000F1637"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="0010398A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="0010623B"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00191CB9"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001D74B2"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002060F7"/>
     <w:rsid w:val="00210F35"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="002330A4"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="0026026B"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7285"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B335B"/>
     <w:rsid w:val="002B665F"/>
     <w:rsid w:val="002B742C"/>
     <w:rsid w:val="002C121F"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E29E4"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
+    <w:rsid w:val="003268E6"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034245F"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="003437ED"/>
+    <w:rsid w:val="00353A67"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B5F78"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C5EC0"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D2379"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E4A81"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="00417976"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
+    <w:rsid w:val="004342BB"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481260"/>
     <w:rsid w:val="0048183E"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="00485EB1"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00493C6F"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B3A2B"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C6400"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
@@ -2555,62 +2654,64 @@
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A067B"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C5661"/>
     <w:rsid w:val="005D02B4"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D661E"/>
     <w:rsid w:val="005E1AE8"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006221A6"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="00642A7C"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00646283"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00662E62"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00667B59"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="0068395E"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006942EE"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
@@ -3317,1360 +3418,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="005D0D4C"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="005D0D4C"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00037570"/>
+    <w:rsid w:val="005D0D4C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4684,51 +4787,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4675&amp;session=126&amp;summary=B" TargetMode="External" Id="R8819a9325f414c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4675_20251217.docx" TargetMode="External" Id="R2056496a5a03448a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4675&amp;session=126&amp;summary=B" TargetMode="External" Id="R8ae1c0f2a0924279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4675_20251217.docx" TargetMode="External" Id="R1efa07997e8a46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R3b97a1aaaebf4232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rddfd568abe384758" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4755,117 +4858,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00493C6F"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005C5661"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00A5229C"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C27987"/>
     <w:rsid w:val="00C56B0C"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F703CA"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
@@ -5613,121 +5716,63 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...52 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5944,150 +5989,183 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>8c77dde7-6a24-46a1-914a-bac91fe4d7b4</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>e2997a85-943d-4294-829e-4752bc9243f9</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>5e86e257-2a66-49d5-ae37-6d95d4f45a6c</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>109a6eb7-80a3-4c3d-ab22-5c3df7ea176f</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4675]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4675</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “SOUTH CAROLINA COMMUNITY DATA PROTECTION AND RESPONSIBLE SURVEILLANCE ACT” SO AS TO PROVIDE NO STATE OR LOCAL ENTITY MAY PARTICIPATE IN ANY SURVEILLANCE SYSTEM THAT STORES SURVEILLANCE DATA ON THIRD PARTY SERVERS OR USE ARTIFICIAL INTELLIGENCE OR AUTOMATED SYSTEMS to TRACK VEHICLES UNDER CERTAIN CIRCUMSTANCES, TO PROVIDE FOR SURVEILLANCE DATA RETENTION AND STORAGE, AND JUDICIAL OVERSIGHT, TO PROVIDE FOR THE PUBLISHING OF CERTAIN ANNUAL REPORTS, AND TO PROVIDE PENALTIES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"29b3acf3-bec1-46ee-8fa9-78cd2e690200","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “The South Carolina Community Data Protection and Responsible Surveillance Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_258f06f10"},{"SectionUUID":"6cb2933e-01d8-4c43-9e63-99b8c03c61bb","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T23C45N10_c431c7a1e","IsConstitutionSection":false,"Identity":"23-45-10","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C45N10SA","SubSectionBookmarkName":"ss_T23C45N10SA_lv1_69dde1106","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N10SB","SubSectionBookmarkName":"ss_T23C45N10SB_lv1_f15783e58","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N10SC","SubSectionBookmarkName":"ss_T23C45N10SC_lv1_3fda0a9d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N10SD","SubSectionBookmarkName":"ss_T23C45N10SD_lv1_8bb73764a","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T23C45N20_97501a4ed","IsConstitutionSection":false,"Identity":"23-45-20","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C45N20SA","SubSectionBookmarkName":"ss_T23C45N20SA_lv1_518fa6297","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N20SB","SubSectionBookmarkName":"ss_T23C45N20SB_lv1_5974b87d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N20SC","SubSectionBookmarkName":"ss_T23C45N20SC_lv1_5df819c2e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T23C45N30_fe471c1f9","IsConstitutionSection":false,"Identity":"23-45-30","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C45N30SA","SubSectionBookmarkName":"ss_T23C45N30SA_lv1_2b1d4d67d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N30SB","SubSectionBookmarkName":"ss_T23C45N30SB_lv1_3ee329d8a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N30SC","SubSectionBookmarkName":"ss_T23C45N30SC_lv1_e8338428c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T23C45N40_49ba67895","IsConstitutionSection":false,"Identity":"23-45-40","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C45N40SA","SubSectionBookmarkName":"ss_T23C45N40SA_lv1_bb5876171","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N40SB","SubSectionBookmarkName":"ss_T23C45N40SB_lv1_bc113ba13","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N40SC","SubSectionBookmarkName":"ss_T23C45N40SC_lv1_7244d11d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N40SD","SubSectionBookmarkName":"ss_T23C45N40SD_lv1_23164956d","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T23C45N50_8b57aad32","IsConstitutionSection":false,"Identity":"23-45-50","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C45N50SA","SubSectionBookmarkName":"ss_T23C45N50SA_lv1_353a8fc24","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N50SB","SubSectionBookmarkName":"ss_T23C45N50SB_lv1_5e3343701","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C45N50S1","SubSectionBookmarkName":"ss_T23C45N50S1_lv2_a5eb0acb6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C45N50S2","SubSectionBookmarkName":"ss_T23C45N50S2_lv2_f2b52ac25","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N50SC","SubSectionBookmarkName":"ss_T23C45N50SC_lv1_c22bb9e9f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N50SD","SubSectionBookmarkName":"ss_T23C45N50SD_lv1_30590bb11","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N50SE","SubSectionBookmarkName":"ss_T23C45N50SE_lv1_9767356e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C45N50S1","SubSectionBookmarkName":"ss_T23C45N50S1_lv2_d234b3b05","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C45N50S2","SubSectionBookmarkName":"ss_T23C45N50S2_lv2_a4fa5c92c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C45N50S3","SubSectionBookmarkName":"ss_T23C45N50S3_lv2_017fb1c03","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C45N50S4","SubSectionBookmarkName":"ss_T23C45N50S4_lv2_730bb97fa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N50SF","SubSectionBookmarkName":"ss_T23C45N50SF_lv1_a4ba90201","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N50SG","SubSectionBookmarkName":"ss_T23C45N50SG_lv1_737203d78","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N50SH","SubSectionBookmarkName":"ss_T23C45N50SH_lv1_dc432c3a7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N50SI","SubSectionBookmarkName":"ss_T23C45N50SI_lv1_c622c0156","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N50SJ","SubSectionBookmarkName":"ss_T23C45N50SJ_lv1_880401712","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T23C45N60_d99091a59","IsConstitutionSection":false,"Identity":"23-45-60","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C45N60SA","SubSectionBookmarkName":"ss_T23C45N60SA_lv1_345d2fd49","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C45N60S1","SubSectionBookmarkName":"ss_T23C45N60S1_lv2_9a1c9d59c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C45N60S2","SubSectionBookmarkName":"ss_T23C45N60S2_lv2_5f6a058f3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C45N60S3","SubSectionBookmarkName":"ss_T23C45N60S3_lv2_ca29978cd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C45N60S4","SubSectionBookmarkName":"ss_T23C45N60S4_lv2_042a7c23c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N60SB","SubSectionBookmarkName":"ss_T23C45N60SB_lv1_ea87f6c1d","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T23C45N70_8afcdb8a2","IsConstitutionSection":false,"Identity":"23-45-70","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C45N70SA","SubSectionBookmarkName":"ss_T23C45N70SA_lv1_322fd6967","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C45N70SB","SubSectionBookmarkName":"ss_T23C45N70SB_lv1_f45c5761f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_f5419bba5"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Video Surveillance</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>carlmcintosh@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>gwenthurmond@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9945488-B586-4A05-9144-87D0BB2013C6}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1143</Words>
-  <Characters>6609</Characters>
+  <Words>1258</Words>
+  <Characters>6494</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>134</Lines>
-  <Paragraphs>62</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>69</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7690</CharactersWithSpaces>
+  <CharactersWithSpaces>7683</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>