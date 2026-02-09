--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,108 +123,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. Martin, Pope and M.M. Smith</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Martin, Pope, M.M. Smith, Clyburn, Spann-Wilder and Teeple</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0368CM26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Education and Public Works</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Certified crossing guards program</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +336,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Education and Public Works</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R29b51ce5e57b4fd3">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 54</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Education and Public Works</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R7b8989bfa3f0472e">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 54</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Teeple
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R166ba4399721419b">
+      <w:hyperlink r:id="R00e35ffd1c7c4cae">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +539,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rcb25f9fe0e2d4b64">
+      <w:hyperlink r:id="R477bc836811740ed">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00C83905" w:rsidRDefault="00432135" w14:paraId="6123DDCD" w14:textId="4EB4DE62">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00C83905" w:rsidRDefault="00A73EFA" w14:paraId="3800DCF6" w14:textId="0BC433F1">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00C83905" w:rsidRDefault="00A73EFA" w14:paraId="14299AE4" w14:textId="01094BF8">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00C83905" w:rsidRDefault="00A73EFA" w14:paraId="1B27E849" w14:textId="5CB40B09">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00C83905" w:rsidRDefault="00A73EFA" w14:paraId="6506E89F" w14:textId="02183CFA">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00C83905" w:rsidRDefault="00A73EFA" w14:paraId="55170D21" w14:textId="76E8068D">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -574,949 +687,970 @@
           </w:r>
           <w:r w:rsidR="006C6FDC">
             <w:t>9</w:t>
           </w:r>
           <w:r w:rsidR="00E0134E">
             <w:t xml:space="preserve"> to Chapter 5, Title 56</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> SO AS TO PROVIDE THAT IT IS UNLAWFUL TO ENDANGER OR INJUR</w:t>
           </w:r>
           <w:r w:rsidR="00E0134E">
             <w:t>e</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> A CERTIFIED UNIFORMED ADULT SCHOOL CROSSING GUARD, AND PROVIDE PENALTIES; AND BY AMENDING SECTION 56‑1‑720, RELATING TO THE SYSTEM ESTABLISHED TO ASSIGN POINTS AGAINST A PERSON’S DRIVING RECORD FOR VARIOUS MOTOR VEHICLE VIOLATIONS, </w:t>
           </w:r>
           <w:r w:rsidR="00E0134E">
             <w:t xml:space="preserve">so </w:t>
           </w:r>
           <w:r>
             <w:t>AS TO PROVIDE ENDANGERMENT OF A CROSSING GUARD IS A FOUR-POINT VIOLATION.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_7d4cfb13a" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_7d4cfb13a" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="6E6024FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7977CA42" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_694bbd753" w:id="2"/>
+      <w:bookmarkStart w:name="ew_694bbd753" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B71623" w:rsidP="00B71623" w:rsidRDefault="00B71623" w14:paraId="039749C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B71623" w:rsidP="00D871EB" w:rsidRDefault="00B71623" w14:paraId="5DF61E40" w14:textId="5BF4F204">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_99f34db89" w:id="3"/>
-      <w:bookmarkStart w:name="citing_act_a74b450a7" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_1_99f34db89" w:id="2"/>
+      <w:bookmarkStart w:name="citing_act_a74b450a7" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00D871EB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>This act may be cited as the “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00673E67" w:rsidR="00673E67">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>School Crossing Guard Protection and Certification Act</w:t>
+      </w:r>
+      <w:r w:rsidR="004F23FA">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D871EB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673E67" w:rsidP="00673E67" w:rsidRDefault="00673E67" w14:paraId="45F3579D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D265EE" w:rsidP="00D265EE" w:rsidRDefault="00673E67" w14:paraId="2374FE20" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_6f5474089" w:id="4"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="00D871EB">
-[...37 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_aa893f1bc" w:id="6"/>
+      <w:bookmarkStart w:name="up_aa893f1bc" w:id="5"/>
       <w:r w:rsidR="00D265EE">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00D265EE">
         <w:t>he General Assembly finds that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D265EE" w:rsidP="00D265EE" w:rsidRDefault="00D265EE" w14:paraId="68CE8D0E" w14:textId="23D2A0B4">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_9f158b8a5" w:id="7"/>
+      <w:bookmarkStart w:name="up_9f158b8a5" w:id="6"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>chool crossing guards perform critical public safety duties to protect children traveling to and from school; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D265EE" w:rsidP="00D265EE" w:rsidRDefault="00D265EE" w14:paraId="57064DA4" w14:textId="4EBCC2C7">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_cfe80bc32" w:id="8"/>
+      <w:bookmarkStart w:name="up_cfe80bc32" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00656EE1">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t>t is therefore necessary to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D265EE" w:rsidP="00D265EE" w:rsidRDefault="00D265EE" w14:paraId="27DD7A93" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_626956526" w:id="9"/>
+      <w:bookmarkStart w:name="up_626956526" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>a) authorize a certified adult school crossing guard program to ensure consistent, lawful traffic control near schools; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00673E67" w:rsidP="00D265EE" w:rsidRDefault="00D265EE" w14:paraId="76B425C0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_039398af5" w:id="9"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>a) authorize a certified adult school crossing guard program to ensure consistent, lawful traffic control near schools; and</w:t>
-[...13 lines deleted...]
-      <w:r>
+        <w:t>b) establish enhanced criminal penalties for motorists who endanger or injure crossing guards while performing their official duties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D265EE" w:rsidP="00D265EE" w:rsidRDefault="00D265EE" w14:paraId="78193A79" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D265EE" w:rsidP="00D265EE" w:rsidRDefault="00D265EE" w14:paraId="7AE51A61" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_3_d4542dffb" w:id="10"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_f756b8ae8" w:id="11"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>ection 56‑5‑740 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00014DC0" w:rsidRDefault="00014DC0" w14:paraId="42320721" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00014DC0" w:rsidRDefault="00014DC0" w14:paraId="14485BA0" w14:textId="715DDFF1">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T56C5N740_ef5d8410b" w:id="12"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t>ection 56‑5‑740.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N740SA_lv1_e81e4451b" w:id="13"/>
+      <w:r w:rsidR="004E5E9A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00014DC0" w:rsidRDefault="00014DC0" w14:paraId="42320721" w14:textId="77777777">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="004E5E9A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">No person shall </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>wilfully</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> fail or refuse to comply with any lawful order or direction of any police officer, fireman or uniformed adult school crossing guard invested by law with authority to direct, control or regulate traffic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="1AF9DB34" w14:textId="210ECAC2">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...13 lines deleted...]
-      <w:r w:rsidR="004E5E9A">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N740SB_lv1_25022c1dd" w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidR="004E5E9A">
-[...29 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">B) The term “authorized person” </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>means</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> any certified uniformed adult school crossing guard who has successfully completed the certification program administered by the South Carolina Law </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Enforcement Division (SLED) pursuant to subsection (C).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="7E5B2A0F" w14:textId="6E87A84C">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N740SC_lv1_cfc0de19d" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T56C5N740SC_lv1_cfc0de19d" w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>C) SLED, in coordination with the Department of Public Safety, shall establish and administer a Certified Uniformed Adult School Crossing Guard Program to provide standardized training, certification, and continuing education for school crossing guards. The program must include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="0A698F4B" w14:textId="513E31E1">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N740S1_lv2_843577bd3" w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>C) SLED, in coordination with the Department of Public Safety, shall establish and administer a Certified Uniformed Adult School Crossing Guard Program to provide standardized training, certification, and continuing education for school crossing guards. The program must include:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="0A698F4B" w14:textId="513E31E1">
+        <w:t>1) a training curriculum covering traffic control signals, hand communication, emergency procedures, and safety equipment use;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="0EAADDE1" w14:textId="49938029">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N740S1_lv2_843577bd3" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T56C5N740S2_lv2_333a2ce35" w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>1) a training curriculum covering traffic control signals, hand communication, emergency procedures, and safety equipment use;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="0EAADDE1" w14:textId="49938029">
+        <w:t>2) background screening requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="4C0ECBF7" w14:textId="56C2E14B">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N740S2_lv2_333a2ce35" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T56C5N740S3_lv2_ddb973604" w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>2) background screening requirements;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="4C0ECBF7" w14:textId="56C2E14B">
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0134E">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>issuance of a distinctive state‑approved uniform and identification badge; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="6EB3AAA7" w14:textId="61001AF8">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N740S3_lv2_ddb973604" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T56C5N740S4_lv2_804d6047f" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E0134E">
+        <w:t>4) renewal and continuing</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4E6A">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>issuance of a distinctive state‑approved uniform and identification badge; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="6EB3AAA7" w14:textId="61001AF8">
+        <w:t>education standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="7DA6C665" w14:textId="29D0927B">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N740SD_lv1_ffc414337" w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T56C5N740S4_lv2_804d6047f" w:id="20"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t>D) A certified uniformed adult school crossing guard acting within a designated school zone during posted school hours shall have lawful authority to direct, control, or regulate traffic</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4E6A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4E6A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otorists must obey all lawful orders and signals given by </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4E6A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4E6A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">certified uniformed adult school crossing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>guard</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4E6A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E5E9A" w:rsidP="004E5E9A" w:rsidRDefault="004E5E9A" w14:paraId="5A0927F5" w14:textId="124851CE">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N740SE_lv1_d21ed5104" w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>4) renewal and continuing</w:t>
+        <w:t>E) SLED shall maintain a public registry of certified</w:t>
       </w:r>
       <w:r w:rsidR="00ED4E6A">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> uniformed adult school</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>education standards.</w:t>
-[...99 lines deleted...]
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> crossing guards and coordinate with school districts and law enforcement agencies to ensure compliance with this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A5AD6" w:rsidRDefault="003A5AD6" w14:paraId="36EFCC69" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="2881B655" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_4_a6f068b12" w:id="22"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
-        <w:rPr>
-[...28 lines deleted...]
-        <w:t>S</w:t>
+        <w:t>ECTION 4.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_fab57a6bc" w:id="23"/>
+      <w:r>
+        <w:t>C</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t>hapter 5, Title 56 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A5AD6" w:rsidRDefault="003A5AD6" w14:paraId="133C9AB9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003A5AD6" w:rsidRDefault="003A5AD6" w14:paraId="17085565" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_1d23b39e1" w:id="25"/>
+      <w:bookmarkStart w:name="up_1d23b39e1" w:id="24"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t>rticle 49</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A5AD6" w:rsidRDefault="003A5AD6" w14:paraId="35C0C149" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003A5AD6" w:rsidRDefault="001359E8" w14:paraId="3EC3CCD6" w14:textId="26C81294">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_de4ed259b" w:id="26"/>
+      <w:bookmarkStart w:name="up_de4ed259b" w:id="25"/>
       <w:r>
         <w:t>E</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t xml:space="preserve">ndangerment or Injury to a Certified </w:t>
       </w:r>
       <w:r w:rsidR="00ED4E6A">
         <w:t xml:space="preserve">Uniformed Adult </w:t>
       </w:r>
       <w:r>
         <w:t>School Crossing Guard</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A5AD6" w:rsidRDefault="003A5AD6" w14:paraId="7895F3DF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="003A5AD6" w14:paraId="2BB9B2D1" w14:textId="61465C25">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T56C5N7500_72fdc4c56" w:id="27"/>
+      <w:bookmarkStart w:name="ns_T56C5N7500_72fdc4c56" w:id="26"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>ection 56‑5‑7500.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500SA_lv1_9bf29e10d" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500SA_lv1_9bf29e10d" w:id="27"/>
       <w:r w:rsidR="001359E8">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="001359E8">
         <w:t>A) A person who knowingly or negligently violates Section 56‑5‑740 or any other provision of this chapter in a posted school zone and thereby endangers, strikes, injures, or causes the death of a certified uniformed adult school crossing guard, while the guard is performing official duties</w:t>
       </w:r>
       <w:r w:rsidR="004F23FA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001359E8">
         <w:t xml:space="preserve"> is guilty of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B52BCC" w:rsidP="00B52BCC" w:rsidRDefault="001359E8" w14:paraId="0E0DB8B2" w14:textId="661DB022">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500S1_lv2_42b90fccb" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500S1_lv2_42b90fccb" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ndangerment of a </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rossing </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:t>uard, a misdemeanor, punishable by a fine of not less than five hundred dollars nor more than two thousand dollars, mandatory completion of a driver‑education course approved by the Department of Public Safety, and four points assessed against his driver’s license</w:t>
       </w:r>
       <w:r w:rsidR="00B52BCC">
         <w:t xml:space="preserve">. A person commits </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00B52BCC">
         <w:t>endangerment of a crossing guard</w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00B52BCC">
-        <w:t xml:space="preserve"> if the person is operating a motor vehicle within a posted school zone at anytime a certified uniformed adult school crossing guard is in the posted schoo</w:t>
+        <w:t xml:space="preserve"> if the person is operating a motor vehicle within a posted school zone at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B52BCC">
+        <w:t>anytime</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B52BCC">
+        <w:t xml:space="preserve"> a certified uniformed adult school crossing guard is in the posted schoo</w:t>
       </w:r>
       <w:r w:rsidR="00ED4E6A">
         <w:t>l zone</w:t>
       </w:r>
       <w:r w:rsidR="00B52BCC">
         <w:t xml:space="preserve"> and the person:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B52BCC" w:rsidP="00B52BCC" w:rsidRDefault="00B52BCC" w14:paraId="3F73440E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500Sa_lv3_15cd63437" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500Sa_lv3_15cd63437" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:t>a) drives through or around the posted school zone in any lane not clearly designated for use by motor vehicles traveling through or around a posted school zone; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B52BCC" w:rsidP="00B52BCC" w:rsidRDefault="00B52BCC" w14:paraId="44069A30" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N7500Sb_lv3_608637558" w:id="30"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
-        <w:t>a) drives through or around the posted school zone in any lane not clearly designated for use by motor vehicles traveling through or around a posted school zone; or</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B52BCC" w:rsidP="00B52BCC" w:rsidRDefault="00B52BCC" w14:paraId="44069A30" w14:textId="77777777">
+        <w:t>b) fails to obey traffic control devices erected for the purpose of controlling the flow of motor vehicles through the posted school zone for any reason other than:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B52BCC" w:rsidP="00B52BCC" w:rsidRDefault="00B52BCC" w14:paraId="4C55F9C1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500Sb_lv3_608637558" w:id="31"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N7500Si_lv4_b07d870c9" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="00B52BCC" w:rsidP="00B52BCC" w:rsidRDefault="00B52BCC" w14:paraId="4C55F9C1" w14:textId="77777777">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) an emergency;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B52BCC" w:rsidP="00B52BCC" w:rsidRDefault="00B52BCC" w14:paraId="195B448C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500Si_lv4_b07d870c9" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500Sii_lv3_8c2ea1780" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
-        <w:t>i) an emergency;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B52BCC" w:rsidP="00B52BCC" w:rsidRDefault="00B52BCC" w14:paraId="195B448C" w14:textId="77777777">
+        <w:t>ii) the avoidance of an obstacle; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001359E8" w:rsidP="00B52BCC" w:rsidRDefault="00B52BCC" w14:paraId="5D6163C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500Sii_lv3_8c2ea1780" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500Siii_lv4_c593380e1" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>iii) the protection of the health and safety of another person</w:t>
       </w:r>
       <w:r w:rsidR="001359E8">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="7C3CEC74" w14:textId="4C19A54F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500S2_lv2_4c5913ac6" w:id="35"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500S2_lv2_4c5913ac6" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">reat </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">odily </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">njury to a </w:t>
       </w:r>
       <w:r w:rsidR="006C6FDC">
         <w:t>c</w:t>
       </w:r>
       <w:r>
@@ -1553,2012 +1687,2012 @@
         <w:t>which creates a substantial risk of death</w:t>
       </w:r>
       <w:r w:rsidR="00B52BCC">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0016065A" w:rsidR="0016065A">
         <w:t xml:space="preserve"> or which causes serious or permanent disfigurement, or protracted loss or impairment of the function of any bodily member or organ</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00B52BCC">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="48481C52" w14:textId="76C3795A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500S3_lv2_0fd7ab2f8" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500S3_lv2_0fd7ab2f8" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">eath of a </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rossing </w:t>
       </w:r>
       <w:r w:rsidR="00E0134E">
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">uard, a felony, punishable by imprisonment for not more than fifteen years, a fine of not less than five thousand dollars nor more than ten thousand dollars, and revocation of </w:t>
       </w:r>
       <w:r w:rsidR="00ED4E6A">
         <w:t>a person’s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> driver’s license for two years when</w:t>
       </w:r>
       <w:r w:rsidR="008070ED">
         <w:t xml:space="preserve"> death results</w:t>
       </w:r>
       <w:r w:rsidR="00ED4E6A">
         <w:t xml:space="preserve"> as a proximate cause of the driver’s actions</w:t>
       </w:r>
       <w:r w:rsidR="008070ED">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="11734B23" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500SB_lv1_be05f103f" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500SB_lv1_be05f103f" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:t>B) Any violation occurring while the driver is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="0F162CEC" w14:textId="10F21CB4">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N7500S1_lv2_913da927f" w:id="37"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="37"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>1) operating a motor vehicle in violation of the</w:t>
       </w:r>
       <w:r w:rsidR="0017375F">
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r w:rsidRPr="0017375F" w:rsidR="0017375F">
         <w:t>South Carolina Hands‑Free and Distracted Driving Act</w:t>
       </w:r>
       <w:r w:rsidR="0017375F">
         <w:t>”;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="60C61DD8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500S2_lv2_de7b628a4" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500S2_lv2_de7b628a4" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t>2) exceeding the posted school‑zone speed limit by more than ten miles per hour,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="2B73C595" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_1efa22bda" w:id="39"/>
+      <w:r>
+        <w:t>c</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
-        <w:t>2) exceeding the posted school‑zone speed limit by more than ten miles per hour,</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="2B73C595" w14:textId="77777777">
+        <w:t>onstitutes an aggravating factor and increases the applicable fine by fifty percent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="136F9E01" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_1efa22bda" w:id="40"/>
-[...1 lines deleted...]
-        <w:t>c</w:t>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N7500SC_lv1_9dc2cb5cc" w:id="40"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
-        <w:t>onstitutes an aggravating factor and increases the applicable fine by fifty percent.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="136F9E01" w14:textId="77777777">
+        <w:t>C) If, at the time of the violation, the driver is under the influence of alcohol, drugs, or any other impairing substance, or is engaged in the commission of any other criminal offense, the violation shall be deemed an aggravated offense. Upon conviction, the court shall impose the maximum penalties prescribed under this section, including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="3C0D3AAB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500SC_lv1_9dc2cb5cc" w:id="41"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N7500S1_lv2_8273ee60b" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
-        <w:t>C) If, at the time of the violation, the driver is under the influence of alcohol, drugs, or any other impairing substance, or is engaged in the commission of any other criminal offense, the violation shall be deemed an aggravated offense. Upon conviction, the court shall impose the maximum penalties prescribed under this section, including:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="3C0D3AAB" w14:textId="77777777">
+        <w:t>1) mandatory minimum imprisonment of not less than one year for great bodily injury;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="629095B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500S1_lv2_8273ee60b" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500S2_lv2_15bd62dab" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
-        <w:t>1) mandatory minimum imprisonment of not less than one year for great bodily injury;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="629095B3" w14:textId="77777777">
+        <w:t>2) mandatory minimum imprisonment of not less than five years for death; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="5FCBDD3A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500S2_lv2_15bd62dab" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500S3_lv2_dc957a605" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
-        <w:t>2) mandatory minimum imprisonment of not less than five years for death; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="5FCBDD3A" w14:textId="77777777">
+        <w:t>3) mandatory driver’s license revocation for a period of not less than three years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="2AF2D4CF" w14:textId="0BD5C0EE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T56C5N7500S3_lv2_dc957a605" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500SD_lv1_8fbe8a5af" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t>D) The court shall order restitution to the injured crossing guard or, if deceased, to the guard’s estate or family, and may require the offender to perform community service related to school</w:t>
       </w:r>
       <w:r w:rsidR="0017375F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>zone or traffic‑safety awareness.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001359E8" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="40DAE1C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500SE_lv1_c6ddd00e6" w:id="46"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500SE_lv1_c6ddd00e6" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:t>E) The Department of Public Safety, in coordination with the Department of Transportation, shall install warning signage in each marked school zone reading:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A5AD6" w:rsidP="001359E8" w:rsidRDefault="001359E8" w14:paraId="2813EA81" w14:textId="10DD55B8">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_682198481" w:id="46"/>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="46"/>
-      <w:r>
-[...11 lines deleted...]
-      <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t>STOP FOR SCHOOL CROSSING GUARDS</w:t>
       </w:r>
       <w:r w:rsidR="0017375F">
         <w:t>‑</w:t>
       </w:r>
       <w:r>
         <w:t>ENHANCED PENALTIES FOR VIOLATIONS (SC C</w:t>
       </w:r>
       <w:r w:rsidR="0017375F">
         <w:t>ode</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017375F">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:t>56‑5‑7500).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A6D7C" w:rsidP="001359E8" w:rsidRDefault="008A6D7C" w14:paraId="1F182996" w14:textId="328E7742">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500SF_lv1_84cceb89a" w:id="48"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500SF_lv1_84cceb89a" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t xml:space="preserve">F) </w:t>
       </w:r>
       <w:r w:rsidRPr="008A6D7C">
         <w:t xml:space="preserve">The Department of Public Safety shall collect and publish </w:t>
       </w:r>
       <w:r w:rsidR="0017375F">
         <w:t xml:space="preserve">annually </w:t>
       </w:r>
       <w:r w:rsidRPr="008A6D7C">
         <w:t xml:space="preserve">data on incidents involving certified crossing guards, including injuries, fatalities, and prosecutions under </w:t>
       </w:r>
       <w:r>
         <w:t>this section</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6D7C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A6D7C" w:rsidP="001359E8" w:rsidRDefault="008A6D7C" w14:paraId="7D002758" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N7500SG_lv1_6fd0dea1b" w:id="49"/>
+      <w:bookmarkStart w:name="ss_T56C5N7500SG_lv1_6fd0dea1b" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t xml:space="preserve">G) </w:t>
       </w:r>
       <w:r w:rsidRPr="008A6D7C">
         <w:t xml:space="preserve">The Department of Public Safety shall collect and publish </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">annually </w:t>
       </w:r>
       <w:r w:rsidRPr="008A6D7C">
         <w:t>data</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> regarding</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6D7C">
         <w:t xml:space="preserve"> incidents involving certified crossing guards, including injuries, fatalities, and prosecutions under </w:t>
       </w:r>
       <w:r>
         <w:t>this s</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6D7C">
         <w:t>ectio</w:t>
       </w:r>
       <w:r>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6D7C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F449C8" w:rsidP="00F449C8" w:rsidRDefault="00F449C8" w14:paraId="09F26298" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F449C8" w:rsidP="00F449C8" w:rsidRDefault="00F449C8" w14:paraId="32BD0C01" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_1aa85c8e9" w:id="50"/>
+      <w:bookmarkStart w:name="bs_num_5_1aa85c8e9" w:id="49"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:t>ECTION 5.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_138a35938" w:id="50"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
-        <w:t>ECTION 5.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="dl_138a35938" w:id="51"/>
+        <w:t>ection 56‑1‑720 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C95E25" w:rsidRDefault="00C95E25" w14:paraId="19825157" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C95E25" w:rsidRDefault="00C95E25" w14:paraId="37773B51" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T56C1N720_4c7d04ae6" w:id="51"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
-        <w:t>ection 56‑1‑720 of the S.C. Code is amended to read:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C95E25" w:rsidRDefault="00C95E25" w14:paraId="19825157" w14:textId="77777777">
+        <w:t>ection 56‑1‑720.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_27b0dc17e" w:id="52"/>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:t>here is established a point system for the evaluation of the operating record of persons to whom a license to operate motor vehicles has been granted and for the determination of the continuing qualifications of these persons for the privileges granted by the license to operate motor vehicles.  The system shall have as its basic element a graduated scale of points assigning relative values to the various violations in accordance with the following schedule:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="143F2C1D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00C95E25" w:rsidRDefault="00C95E25" w14:paraId="37773B51" w14:textId="77777777">
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_8d58ba317" w:id="53"/>
+      <w:r>
+        <w:t>V</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:t>IOLATION</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>POINTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="568C0889" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="cs_T56C1N720_4c7d04ae6" w:id="52"/>
+      <w:bookmarkStart w:name="up_97dcc8077" w:id="54"/>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:t>eckless driving</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="55304BDB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_f5e6e44b3" w:id="55"/>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:t>assing stopped school bus</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="38DAF377" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_0bee37353" w:id="56"/>
+      <w:r>
+        <w:t>H</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:t>it and run, property damages only</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="42BAED14" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_db2e9a976" w:id="57"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:t>riving too fast for conditions, or speeding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="1825F1BC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C1N720S1_lv1_2f3fd488d" w:id="58"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:t>1) No more than 10 m.p.h. above the posted limits</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="02B76822" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C1N720S2_lv1_75c8861ee" w:id="59"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:t>2) More than 10 m.p.h. but less than 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="5122819E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_696e48e78" w:id="60"/>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:t xml:space="preserve">.p.h. above the posted limits </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="33D37D1E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C1N720S3_lv1_18cdf9a40" w:id="61"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:t>3) 25 m.p.h. or above the posted limits</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="5373B5E6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_425164225" w:id="62"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:t xml:space="preserve">isobedience of any official traffic control device </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="191615C5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_8ef9e6920" w:id="63"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:t>isobedience to officer directing traffic</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="7F4DD88A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_8a6274576" w:id="64"/>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:t>ailing to yield right of way</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="68792C41" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_dde5a6149" w:id="65"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:t>riving on wrong side of road</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="0BA398DA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_fe1c8e72b" w:id="66"/>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:t>assing unlawfully</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="1E2B9181" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_207f29f4e" w:id="67"/>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:t>urning unlawfully</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="0879BF15" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_51dea1ec9" w:id="68"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:t>riving through or within safety zone</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="41A44B77" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_43d1efccd" w:id="69"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="143F2C1D" w14:textId="77777777">
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:t>hifting lanes without safety precaution</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="56EFEEF8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="up_8d58ba317" w:id="54"/>
-[...66 lines deleted...]
-    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="568C0889" w14:textId="77777777">
+      <w:bookmarkStart w:name="up_5f114a2e4" w:id="70"/>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:t>mproper dangerous parking</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="4DAF78A9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="up_97dcc8077" w:id="55"/>
-[...66 lines deleted...]
-    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="55304BDB" w14:textId="77777777">
+      <w:bookmarkStart w:name="up_06ae76339" w:id="71"/>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:t>ollowing too closely</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="5FB4B9B1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="up_f5e6e44b3" w:id="56"/>
-[...51 lines deleted...]
-    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="38DAF377" w14:textId="77777777">
+      <w:bookmarkStart w:name="up_d593bd976" w:id="72"/>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:t>ailing to dim lights</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="3344B463" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="up_0bee37353" w:id="57"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="42BAED14" w14:textId="77777777">
+      <w:bookmarkStart w:name="up_53e8c2d53" w:id="73"/>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:t>perating with improper lights</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidDel="00BA0091" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="6DC901D2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="up_db2e9a976" w:id="58"/>
+      <w:bookmarkStart w:name="up_7fca1595c" w:id="74"/>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:t>perating with improper brakes</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA0091" w:rsidP="00956361" w:rsidRDefault="00BA0091" w14:paraId="504BCD66" w14:textId="5748ED58">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_f20f9bf0f" w:id="75"/>
       <w:r>
         <w:t>D</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="1825F1BC" w14:textId="77777777">
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:t>istracted driving (second or subsequent offense)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="6702EA01" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:t>1) No more than 10 m.p.h. above the posted limits</w:t>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_71c3510e5" w:id="76"/>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:t>perating a vehicle in unsafe condition</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="02B76822" w14:textId="77777777">
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="75D81DB3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="5122819E" w14:textId="77777777">
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_75a7ed78c" w:id="77"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:t>riving in improper lane</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="7EF84719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...30 lines deleted...]
-        <w:tab/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_2c81b8e61" w:id="78"/>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:t>mproper backing</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="15CC79A7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_335598576" w:id="79"/>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:t>ndangerment of a highway worker, no injury</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="53173916" w14:textId="6063C0FA">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_42a16e8fe" w:id="80"/>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:t>ndangerment of a highway worker, injury results</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="33D37D1E" w14:textId="77777777">
+    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="3A958869" w14:textId="3C596A69">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...64 lines deleted...]
-        <w:tab/>
+      <w:bookmarkStart w:name="up_de314a746" w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ndangerment of a crossing guard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00956361" w:rsidP="00956361" w:rsidRDefault="00956361" w14:paraId="191615C5" w14:textId="77777777">
-[...1037 lines deleted...]
-    </w:p>
     <w:p w:rsidR="003A5AD6" w:rsidRDefault="003A5AD6" w14:paraId="03AE8630" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="595E8A4C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_6_lastsection" w:id="83"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="84"/>
+      <w:bookmarkStart w:name="bs_num_6_lastsection" w:id="82"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="83"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="82"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 6.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t xml:space="preserve">This act takes effect </w:t>
       </w:r>
       <w:r w:rsidR="008A6D7C">
         <w:t>July 1, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="83"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="1AEC5B8E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="0010329A">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6BB19ABC" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="178A0301" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -3591,175 +3725,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="63391556" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7D4E5759" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="005C3ACA" w:rsidP="00D14995">
+      <w:p w14:paraId="7D4E5759" w14:textId="5314E373" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0003252F" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00072530">
+              <w:t>[4677]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="004C2293">
+            <w:r w:rsidR="00072530">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0368CM26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F9AEA2F" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4CECA144" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4021,152 +4153,158 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00014098"/>
     <w:rsid w:val="00014DC0"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
+    <w:rsid w:val="0003252F"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00061901"/>
     <w:rsid w:val="00061BB6"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
+    <w:rsid w:val="00072530"/>
     <w:rsid w:val="00072655"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00075509"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="0008329E"/>
     <w:rsid w:val="0008624D"/>
     <w:rsid w:val="00092140"/>
     <w:rsid w:val="000951E4"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000A5235"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001058F5"/>
+    <w:rsid w:val="00107BF8"/>
     <w:rsid w:val="0011431E"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00121578"/>
     <w:rsid w:val="001359E8"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="001457F9"/>
     <w:rsid w:val="0016065A"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173164"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="0017375F"/>
     <w:rsid w:val="00173FC3"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00183D35"/>
     <w:rsid w:val="001840B1"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00191B59"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B3648"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C027D"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C48D5"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F32DB"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002028D0"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="0021741D"/>
     <w:rsid w:val="00223FBF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00255072"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00282D56"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002916EF"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B6B80"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
@@ -4277,50 +4415,51 @@
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C40F3"/>
     <w:rsid w:val="005C5661"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D0D0F"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D7069"/>
     <w:rsid w:val="005E18B0"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F1A41"/>
     <w:rsid w:val="005F7004"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="0060632B"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00625D6B"/>
     <w:rsid w:val="006338EE"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="006548CD"/>
     <w:rsid w:val="00656EE1"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00662D46"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00666EDC"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00673E67"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00683ABA"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
@@ -4345,50 +4484,51 @@
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00724244"/>
     <w:rsid w:val="00726E88"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00744515"/>
     <w:rsid w:val="007604DB"/>
     <w:rsid w:val="00762BE2"/>
     <w:rsid w:val="00770B3E"/>
     <w:rsid w:val="00775CFB"/>
     <w:rsid w:val="00777350"/>
     <w:rsid w:val="00781DBD"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00793B38"/>
     <w:rsid w:val="00794064"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B2D9D"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
+    <w:rsid w:val="007C2877"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D5141"/>
     <w:rsid w:val="007D6BDB"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="008070ED"/>
     <w:rsid w:val="00815766"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="0082756C"/>
     <w:rsid w:val="008307EE"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="008313D8"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="0084196B"/>
     <w:rsid w:val="00846C85"/>
     <w:rsid w:val="0086214A"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="00880155"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A2679"/>
     <w:rsid w:val="008A3553"/>
     <w:rsid w:val="008A57E3"/>
@@ -4592,50 +4732,51 @@
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF256D"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E0134E"/>
     <w:rsid w:val="00E050DC"/>
     <w:rsid w:val="00E1203F"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E443CD"/>
     <w:rsid w:val="00E45798"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E71AB6"/>
+    <w:rsid w:val="00E8020B"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E92D3D"/>
     <w:rsid w:val="00E96C71"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00ED4E6A"/>
     <w:rsid w:val="00EE2233"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EE7124"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F013D1"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F1329B"/>
@@ -5089,1360 +5230,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="0003252F"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="0003252F"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF256D"/>
+    <w:rsid w:val="0003252F"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -6469,51 +6612,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4677&amp;session=126&amp;summary=B" TargetMode="External" Id="R166ba4399721419b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4677_20251217.docx" TargetMode="External" Id="Rcb25f9fe0e2d4b64" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4677&amp;session=126&amp;summary=B" TargetMode="External" Id="R00e35ffd1c7c4cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4677_20251217.docx" TargetMode="External" Id="R477bc836811740ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R29b51ce5e57b4fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R7b8989bfa3f0472e" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6540,120 +6683,120 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="0008624D"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="0011431E"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003A2DAC"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004A70FB"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005C5661"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00744515"/>
     <w:rsid w:val="007604DB"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="00777350"/>
     <w:rsid w:val="008A3553"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00A75428"/>
     <w:rsid w:val="00A94166"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C4017D"/>
     <w:rsid w:val="00C56B0C"/>
     <w:rsid w:val="00C65640"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
@@ -7423,125 +7566,64 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...14 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-</lwb360Metadata>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -7758,134 +7840,170 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>fd172498-c34b-4c88-980f-40cf85412f42</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>c912750b-7df5-49dc-99bd-5c2fc86612a9</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>cfd3d4ed-b2f2-4a1a-89ec-5462224dfa76</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>1868a25f-1f8a-42ed-b076-82822da164b1</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4677]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4677</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS by ENACTing THE “SCHOOL CROSSING GUARD PROTECTION AND CERTIFICATION ACT”; BY AMENDING SECTION 56‑5‑740, RELATING TO OBEDIENCE TO AUTHORIZED PERSONS DIRECTING TRAFFIC, SO AS TO PROVIDE THIS SECTION ALSO APPLIES TO CERTIFIED UNIFORMED ADULT SCHOOL CROSSING GUARDS, TO ESTABLISH A CERTIFIED UNIFORMED ADULT SCHOOL CROSSING GUARD PROGRAM; BY ADDING Article 49 to Chapter 5, Title 56 SO AS TO PROVIDE THAT IT IS UNLAWFUL TO ENDANGER OR INJURe A CERTIFIED UNIFORMED ADULT SCHOOL CROSSING GUARD, AND PROVIDE PENALTIES; AND BY AMENDING SECTION 56‑1‑720, RELATING TO THE SYSTEM ESTABLISHED TO ASSIGN POINTS AGAINST A PERSON’S DRIVING RECORD FOR VARIOUS MOTOR VEHICLE VIOLATIONS, so AS TO PROVIDE ENDANGERMENT OF A CROSSING GUARD IS A FOUR-POINT VIOLATION.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"a969bc53-d037-4af1-889c-b4c78736fe61","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “School Crossing Guard Protection and Certification Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_99f34db89"},{"SectionUUID":"574249d0-8f27-4af3-ae2c-8ebf7deac348","SectionName":"New Blank SECTION","SectionNumber":2,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_6f5474089"},{"SectionUUID":"b92e0f52-e0d6-4818-a476-61ac501904de","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T56C5N740_ef5d8410b","IsConstitutionSection":false,"Identity":"56-5-740","IsNew":false,"SubSections":[{"Level":1,"Identity":"T56C5N740SA","SubSectionBookmarkName":"ss_T56C5N740SA_lv1_e81e4451b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N740SB","SubSectionBookmarkName":"ss_T56C5N740SB_lv1_25022c1dd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N740SC","SubSectionBookmarkName":"ss_T56C5N740SC_lv1_cfc0de19d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N740S1","SubSectionBookmarkName":"ss_T56C5N740S1_lv2_843577bd3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N740S2","SubSectionBookmarkName":"ss_T56C5N740S2_lv2_333a2ce35","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N740S3","SubSectionBookmarkName":"ss_T56C5N740S3_lv2_ddb973604","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N740S4","SubSectionBookmarkName":"ss_T56C5N740S4_lv2_804d6047f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N740SD","SubSectionBookmarkName":"ss_T56C5N740SD_lv1_ffc414337","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N740SE","SubSectionBookmarkName":"ss_T56C5N740SE_lv1_d21ed5104","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Obedience to authorized persons directing traffic","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_d4542dffb"},{"SectionUUID":"406f9c46-fb32-4d51-a070-ba5f8094017e","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T56C5N7500_72fdc4c56","IsConstitutionSection":false,"Identity":"56-5-7500","IsNew":true,"SubSections":[{"Level":1,"Identity":"T56C5N7500SA","SubSectionBookmarkName":"ss_T56C5N7500SA_lv1_9bf29e10d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N7500S1","SubSectionBookmarkName":"ss_T56C5N7500S1_lv2_42b90fccb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T56C5N7500Sa","SubSectionBookmarkName":"ss_T56C5N7500Sa_lv3_15cd63437","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T56C5N7500Sb","SubSectionBookmarkName":"ss_T56C5N7500Sb_lv3_608637558","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T56C5N7500Si","SubSectionBookmarkName":"ss_T56C5N7500Si_lv4_b07d870c9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T56C5N7500Sii","SubSectionBookmarkName":"ss_T56C5N7500Sii_lv3_8c2ea1780","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T56C5N7500Siii","SubSectionBookmarkName":"ss_T56C5N7500Siii_lv4_c593380e1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N7500S2","SubSectionBookmarkName":"ss_T56C5N7500S2_lv2_4c5913ac6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N7500S3","SubSectionBookmarkName":"ss_T56C5N7500S3_lv2_0fd7ab2f8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N7500SB","SubSectionBookmarkName":"ss_T56C5N7500SB_lv1_be05f103f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N7500S1","SubSectionBookmarkName":"ss_T56C5N7500S1_lv2_913da927f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N7500S2","SubSectionBookmarkName":"ss_T56C5N7500S2_lv2_de7b628a4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N7500SC","SubSectionBookmarkName":"ss_T56C5N7500SC_lv1_9dc2cb5cc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N7500S1","SubSectionBookmarkName":"ss_T56C5N7500S1_lv2_8273ee60b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N7500S2","SubSectionBookmarkName":"ss_T56C5N7500S2_lv2_15bd62dab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N7500S3","SubSectionBookmarkName":"ss_T56C5N7500S3_lv2_dc957a605","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N7500SD","SubSectionBookmarkName":"ss_T56C5N7500SD_lv1_8fbe8a5af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N7500SE","SubSectionBookmarkName":"ss_T56C5N7500SE_lv1_c6ddd00e6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N7500SF","SubSectionBookmarkName":"ss_T56C5N7500SF_lv1_84cceb89a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N7500SG","SubSectionBookmarkName":"ss_T56C5N7500SG_lv1_6fd0dea1b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_a6f068b12"},{"SectionUUID":"a0f47eb2-f240-43a4-9913-18e3ce7fa7a1","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T56C1N720_4c7d04ae6","IsConstitutionSection":false,"Identity":"56-1-720","IsNew":false,"SubSections":[{"Level":1,"Identity":"T56C1N720S1","SubSectionBookmarkName":"ss_T56C1N720S1_lv1_2f3fd488d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C1N720S2","SubSectionBookmarkName":"ss_T56C1N720S2_lv1_75c8861ee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C1N720S3","SubSectionBookmarkName":"ss_T56C1N720S3_lv1_18cdf9a40","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Point system established;  schedule of points for violations","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_1aa85c8e9"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":6,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Certified crossing guards program</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>carlmcintosh@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>gwenthurmond@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F909B19B-B954-4484-9B44-519877E988D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
-[...14 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1442</Words>
-  <Characters>7733</Characters>
+  <Words>1392</Words>
+  <Characters>7783</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>161</Lines>
-  <Paragraphs>94</Paragraphs>
+  <Lines>194</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9081</CharactersWithSpaces>
+  <CharactersWithSpaces>9117</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>