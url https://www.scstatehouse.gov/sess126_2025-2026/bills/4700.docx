--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,108 +123,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. J. Moore</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. J. Moore, Pope, Ford, Chapman and Brewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0280DG26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Ways and Means</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Property tax exemption</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +336,218 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R50bdde2d29384126">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 60</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ways and Means</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rd713726e83974cf3">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 60</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Ford, Chapman
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Brewer
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R4232a06b85314ea2">
+      <w:hyperlink r:id="R3f34f738411640b6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +565,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rd1ae30e5f52c490a">
+      <w:hyperlink r:id="R9967b18a66e14ba4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -642,74 +783,84 @@
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="cs_T12C37N220_658cbc66b" w:id="5"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00163467">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220S1_lv1_be9e66319" w:id="6"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00163467">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="00163467">
         <w:t>1)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220Sa_lv2_225f4cecb" w:id="7"/>
       <w:r w:rsidR="00163467">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00163467">
-        <w:t>a) the house owned by an eligible owner in fee or jointly with a spouse;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) the house owned by an eligible owner in fee or jointly with a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00163467">
+        <w:t>spouse;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00163467" w:rsidP="00163467" w:rsidRDefault="00163467" w14:paraId="635E94EE" w14:textId="33BBE702">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220Sb_lv2_f5efb5b57" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>b) the house owned by a qualified surviving spouse and a house subsequently acquired by an eligible surviving spouse. The qualified surviving spouse shall inform the Department of Revenue of the address of a subsequent house;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) the house owned by a qualified surviving spouse and a house subsequently acquired by an eligible surviving spouse. The qualified surviving spouse shall inform the Department of Revenue of the address of a subsequent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>house;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00163467" w:rsidP="00163467" w:rsidRDefault="00163467" w14:paraId="3E0C618D" w14:textId="5C35455B">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220Sc_lv2_4f7cbf4f1" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>c) when a trustee holds legal title to a dwelling for a beneficiary and the beneficiary is a person who qualifies otherwise for the exemptions provided in subitems (a) and (b) and the beneficiary uses the dwelling as the beneficiary</w:t>
       </w:r>
       <w:r w:rsidR="000E343E">
         <w:t>’</w:t>
       </w:r>
@@ -782,51 +933,65 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220Sf_lv2_6c11ad39a" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">f) Notwithstanding any other provision of this item, a person who owns an interest in a house and meets all other requirements of this item and is otherwise an eligible owner pursuant to subitem (g)(i)(A) except that the person is not permanently and totally disabled, is eligible for a percentage of the exemption allowed by this item. </w:t>
+        <w:t>f) Notwithstanding any other provision of this item, a person who owns an interest in a house and meets all other requirements of this item and is otherwise an eligible owner pursuant to subitem (g)(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)(A) except that the person is not permanently and totally disabled, is eligible for a percentage of the exemption allowed by this item. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E62EBE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">The percentage amount of the exemption that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">such </w:t>
       </w:r>
       <w:r w:rsidRPr="00E62EBE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">a person may </w:t>
       </w:r>
       <w:r w:rsidRPr="00E62EBE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>claim must equal the percentage of the person’s service-connected disability.</w:t>
@@ -898,186 +1063,267 @@
       <w:r>
         <w:t xml:space="preserve"> As used in this item:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00163467" w:rsidP="00163467" w:rsidRDefault="00163467" w14:paraId="378F1091" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220Si_lv3_6e5c7f1be" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
-      <w:r>
-        <w:t>i) “eligible owner” means:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) “eligible owner” means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00163467" w:rsidP="00163467" w:rsidRDefault="00163467" w14:paraId="6BB08630" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220SA_lv4_a03a7a00c" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
-        <w:t>A) a veteran of the Armed Forces of the United States who is permanently and totally disabled as a result of a service-connected disability and who files with the Department of Revenue a certificate signed by the county service officer certifying this disability;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">A) a veteran of the Armed Forces of the United States who is permanently and totally disabled </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a service-connected disability and who files with the Department of Revenue a certificate signed by the county service officer certifying this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>disability;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00163467" w:rsidP="00163467" w:rsidRDefault="00163467" w14:paraId="497F5CD0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220SB_lv4_92c387bbf" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>B) a former law enforcement officer as further defined in Section 23-23-10, who is permanently and totally disabled as a result of a law enforcement service-connected disability;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">B) a former law enforcement officer as further defined in Section 23-23-10, who is permanently and totally disabled </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a law enforcement service-connected </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>disability;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00163467" w:rsidP="00163467" w:rsidRDefault="00163467" w14:paraId="632AC96F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220SC_lv4_2d15f582b" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>C) a former firefighter, including a volunteer firefighter as further defined in Chapter 80, Title 40, who is permanently and totally disabled as a result of a firefighting service-connected disability;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">C) a former firefighter, including a volunteer firefighter as further defined in Chapter 80, Title 40, who is permanently and totally disabled </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a firefighting service-connected </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>disability;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00163467" w:rsidP="00163467" w:rsidRDefault="00163467" w14:paraId="16E79E13" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220Sii_lv3_cd5c8b2e8" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t>ii) “permanently and totally disabled” means the inability to perform substantial gainful employment by reason of a medically determinable impairment, either physical or mental, that has lasted or is expected to last for a continuous period of twelve months or more or result in death;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ii) “permanently and totally disabled” means the inability to perform substantial gainful employment by reason of a medically determinable impairment, either physical or mental, that has lasted or is expected to last for a continuous period of twelve months or more or result in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>death;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00163467" w:rsidP="00163467" w:rsidRDefault="00163467" w14:paraId="39AF174E" w14:textId="7F0D16DC">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220Siii_lv3_c251c74a3" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
-        <w:t>iii) “qualified surviving spouse” means the surviving spouse of an individual described in subsubitem (i) while remaining unmarried, who resides in the house, and who owns the house in fee or for life. Qualified surviving spouse also means the surviving spouse of an individual described in subsubitem (i) whose deceased spouse met the requirements to obtain the exemption allowed by this item regardless of whether the deceased spouse applied, filed for, or claimed the exemption, while remaining unmarried, who resides in the house, and who owns the house in fee or for life.  Qualified surviving spouse also means the surviving spouse of a member of the Armed Forces of the United States who was killed in action, or the surviving spouse of a law enforcement officer or firefighter who died in the line of duty as a law enforcement officer or firefighter, as these terms are further defined in Section 23-23-10 and Chapter 80, Title 40, if the surviving spouse remains unmarried, resides in the house, and has acquired ownership of the house in fee or for life;</w:t>
+        <w:t xml:space="preserve">iii) “qualified surviving spouse” means the surviving spouse of an individual described in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>subsubitem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) while remaining unmarried, who resides in the house, and who owns the house in fee or for life. Qualified surviving spouse also means the surviving spouse of an individual described in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>subsubitem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) whose deceased spouse met the requirements to obtain the exemption allowed by this item regardless of whether the deceased spouse applied, filed for, or claimed the exemption, while remaining unmarried, who resides in the house, and who owns the house in fee or for life.  Qualified surviving spouse also means the surviving spouse of a member of the Armed Forces of the United States who was killed in action, or the surviving spouse of a law enforcement officer or firefighter who died in the line of duty as a law enforcement officer or firefighter, as these terms are further defined in Section 23-23-10 and Chapter 80, Title 40, if the surviving spouse remains unmarried, resides in the house, and has acquired ownership of the house in fee or for life;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00163467" w:rsidP="00163467" w:rsidRDefault="00163467" w14:paraId="6096A663" w14:textId="0FF2CE08">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220Siv_lv3_5455c8c15" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>iv) “house” means a dwelling and the lot on which it is situated classified in the hands of the current owner for property tax purposes pursuant to Section 12-43-220(c). However, for an eligible owner that qualifies pursuant to item (1)(e), “house” means a dwelling that is eligible to be classified in the hands of the current owner for property tax purposes pursuant to Section 12-43-220(c) except for the ownership requirement.</w:t>
@@ -1102,52 +1348,61 @@
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220S3_lv1_1b385e0ce" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>3)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220Sa_lv2_a7ce9b2a1" w:id="22"/>
       <w:r w:rsidR="00E62EBE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00E62EBE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> two private passenger vehicles owned or leased by any disabled veteran, or the spouse of the disabled veteran if the spouse resides with the veteran and the vehicle is registered at that same address, designated by the veteran for which special license tags have been issued by the Department of Motor Vehicles under the provisions of Sections 56-3-1110 to 56-3-1130 or, in lieu of the license, if the veteran has a certificate signed by the county service officer or the Veterans Administration of the total and permanent disability which must be filed with the Department of Motor Vehicles. The exemption extends to the surviving spouse of the person on one private passenger vehicle owned or leased by the spouse for their lifetime or until the remarriage of the surviving spouse. If a trustee holds legal title to a vehicle and the beneficiary is a person who qualifies otherwise for the exemption provided and the beneficiary uses the vehicle, then the vehicle is exempt from property taxation in the same amount and manner;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> two private passenger vehicles owned or leased by any disabled veteran, or the spouse of the disabled veteran if the spouse resides with the veteran and the vehicle is registered at that same address, designated by the veteran for which special license tags have been issued by the Department of Motor Vehicles under the provisions of Sections 56-3-1110 to 56-3-1130 or, in lieu of the license, if </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">the veteran has a certificate signed by the county service officer or the Veterans Administration of the total and permanent disability which must be filed with the Department of Motor Vehicles. The exemption extends to the surviving spouse of the person on one private passenger vehicle owned or leased by the spouse for their lifetime or until the remarriage of the surviving spouse. If a trustee holds legal title to a vehicle and the beneficiary is a person who qualifies otherwise for the exemption provided and the beneficiary uses the vehicle, then the vehicle is exempt from property taxation in the same amount and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>manner;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E62EBE" w:rsidP="00163467" w:rsidRDefault="00E62EBE" w14:paraId="1C88F956" w14:textId="34528A19">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T12C37N220Sb_lv2_7d2c68bbd" w:id="23"/>
       <w:r>
@@ -1283,56 +1538,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00FD7B5A">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="40DF1F43" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ABF2648" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1365,175 +1620,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="2DAFCA64" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00F075B9" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="5A5B5080" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00B815B4" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="003174B7">
+              <w:t>[4700]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="006F1112">
+            <w:r w:rsidR="003174B7">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0280DG26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79EF15B5" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1795,51 +2048,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -1881,77 +2136,79 @@
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00147176"/>
     <w:rsid w:val="00163467"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00177795"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B2D87"/>
     <w:rsid w:val="001B490C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001F23F8"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="002753A8"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00276EB8"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
+    <w:rsid w:val="003174B7"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00357BB4"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003829FE"/>
     <w:rsid w:val="00391ECE"/>
     <w:rsid w:val="003A4099"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
@@ -1971,230 +2228,239 @@
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F32CF"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00517179"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
+    <w:rsid w:val="00570AA5"/>
     <w:rsid w:val="00571D83"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D3B27"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00600F1E"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00626A4F"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CC7"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
+    <w:rsid w:val="00664483"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F1112"/>
     <w:rsid w:val="00701B35"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00762914"/>
     <w:rsid w:val="00775796"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00786D89"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A371E"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007C6960"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F365F"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="007F59E6"/>
     <w:rsid w:val="0081664A"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
+    <w:rsid w:val="00855DA7"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A2322"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008E6728"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00903FCB"/>
     <w:rsid w:val="00915AA2"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00923D23"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
+    <w:rsid w:val="009526E2"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
+    <w:rsid w:val="00977456"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00983F66"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C5A50"/>
     <w:rsid w:val="009D10D8"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
+    <w:rsid w:val="009D657C"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F0EEC"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26752"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC0123"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B03BA4"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rsid w:val="00B47CAA"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B635DF"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
+    <w:rsid w:val="00B815B4"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B8568E"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD76BE"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C12445"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
@@ -2717,1405 +2983,1407 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00B4292B"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00B4292B"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001F23F8"/>
+    <w:rsid w:val="00B4292B"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E62EBE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4700&amp;session=126&amp;summary=B" TargetMode="External" Id="R4232a06b85314ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4700_20251217.docx" TargetMode="External" Id="Rd1ae30e5f52c490a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4700&amp;session=126&amp;summary=B" TargetMode="External" Id="R3f34f738411640b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4700_20251217.docx" TargetMode="External" Id="R9967b18a66e14ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R50bdde2d29384126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rd713726e83974cf3" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4142,116 +4410,116 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001B2D87"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="00701B35"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007F365F"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="009F0EEC"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BD76BE"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D0235F"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
@@ -4994,141 +5262,67 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...68 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5345,109 +5539,158 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>da328731-e8a5-418a-a1bd-e1fa650a02ed</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>5dcdba24-770f-43c8-899b-0d5b2b1c731a</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>3b40519d-32f8-40e0-b4db-57851598d9ae</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>44fa5858-c89b-42fc-a4ed-c5ca19457cb7</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4700]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4700</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 12-37-220, RELATING TO THE HOME AND VEHICLE PROPERTY TAX EXEMPTIONS FOR DISABLED VETERANS, SO AS TO ALLOW DISABLED VETERANS WHO ARE NOT TOTALLY AND PERMANENTLY DISABLED TO CLAIM A PERCENTAGE OF THE EXEMPTION EQUAL TO THE PERCENTAGE OF THE DISABLED VETERAN’S SERVICE-CONNECTED DISABILITY.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"eda65681-8f56-486e-ae73-8e679d7af07f","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T12C37N220_658cbc66b","IsConstitutionSection":false,"Identity":"12-37-220","IsNew":false,"SubSections":[{"Level":1,"Identity":"T12C37N220S1","SubSectionBookmarkName":"ss_T12C37N220S1_lv1_be9e66319","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N220Sa","SubSectionBookmarkName":"ss_T12C37N220Sa_lv2_225f4cecb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N220Sb","SubSectionBookmarkName":"ss_T12C37N220Sb_lv2_f5efb5b57","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N220Sc","SubSectionBookmarkName":"ss_T12C37N220Sc_lv2_4f7cbf4f1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N220Sd","SubSectionBookmarkName":"ss_T12C37N220Sd_lv2_faa796ca0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N220Se","SubSectionBookmarkName":"ss_T12C37N220Se_lv2_84ce76976","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N220Sf","SubSectionBookmarkName":"ss_T12C37N220Sf_lv2_6c11ad39a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N220Sg","SubSectionBookmarkName":"ss_T12C37N220Sg_lv2_8ffe49e6d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T12C37N220Si","SubSectionBookmarkName":"ss_T12C37N220Si_lv3_6e5c7f1be","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T12C37N220SA","SubSectionBookmarkName":"ss_T12C37N220SA_lv4_a03a7a00c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T12C37N220SB","SubSectionBookmarkName":"ss_T12C37N220SB_lv4_92c387bbf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T12C37N220SC","SubSectionBookmarkName":"ss_T12C37N220SC_lv4_2d15f582b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T12C37N220Sii","SubSectionBookmarkName":"ss_T12C37N220Sii_lv3_cd5c8b2e8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T12C37N220Siii","SubSectionBookmarkName":"ss_T12C37N220Siii_lv3_c251c74a3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T12C37N220Siv","SubSectionBookmarkName":"ss_T12C37N220Siv_lv3_5455c8c15","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T12C37N220S3","SubSectionBookmarkName":"ss_T12C37N220S3_lv1_1b385e0ce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N220Sa","SubSectionBookmarkName":"ss_T12C37N220Sa_lv2_a7ce9b2a1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N220Sb","SubSectionBookmarkName":"ss_T12C37N220Sb_lv2_7d2c68bbd","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"the home and vehicle property tax exemptions for disabled veterans","TitleSoAsTo":"allow disabled veterans who are not totally and permanently disabled to claim a percentage of the exemption equal to the percentage of the disabled veteran's service-connected disability","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_b65933d90"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Property tax exemption</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>davidgood@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>3</Pages>
   <Words>1124</Words>
   <Characters>5712</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>95</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6810</CharactersWithSpaces>
@@ -5479,27 +5722,36 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>