--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Oremus</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Oremus, Hixon, Hartz, Clyburn and Gatch</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0365DG26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Ways and Means</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: South Carolina Special Purpose District Accountability and Transparency Act</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +337,193 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R41b4270310ff4bd1">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 61</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ways and Means</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Ra8599908a2a04603">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 61</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/22/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Hixon, 
+ Hartz, Clyburn, Gatch
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R64e13caf714545ba">
+      <w:hyperlink r:id="Rac6999bfc71c4338">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +541,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R326b831529514487">
+      <w:hyperlink r:id="R1aeae12f87e94204">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="09D3CA1A" w14:textId="332F4073">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="1CFD0BDB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="32BCA42E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="09F34777" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="55095009" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="61503EC3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -556,1622 +671,1622 @@
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="000871AA" w14:paraId="37CF7D5B" w14:textId="0382699D">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r w:rsidRPr="000871AA">
             <w:t>To amend the south carolina code of laws by enacting the “South Carolina Special Purpose District Accountability and Transparency Act</w:t>
           </w:r>
           <w:r>
             <w:t>” by</w:t>
           </w:r>
           <w:r w:rsidRPr="000871AA">
             <w:t xml:space="preserve"> adding Article 3 to Chapter 7, Title 11 so As to Create the Special Purpose district accountability office within the office of state auditor, to provide for its powers and duties, and to designate Article 1, Chapter 7, Title 11 As “General Provisions”.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_cde8082a7" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_cde8082a7" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="2E08CD06" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="22AE252A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_ffe690490" w:id="2"/>
+      <w:bookmarkStart w:name="ew_ffe690490" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="552B56DA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="7AAFC115" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_26855dcf4" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_26855dcf4" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_0c7b08465" w:id="3"/>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...6 lines deleted...]
-        <w:t>T</w:t>
+        <w:t>he General Assembly finds that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="438F454E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_3c88edaf0" w:id="4"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="002F13DD">
         <w:t xml:space="preserve">South Carolina has more than </w:t>
       </w:r>
       <w:r>
         <w:t>two hundred and fifty</w:t>
       </w:r>
       <w:r w:rsidRPr="002F13DD">
         <w:t xml:space="preserve"> special purpose districts performing essential governmental functions and funded through public taxation, fees, and public debt</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="6A6292C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_70f47cebb" w:id="6"/>
+      <w:bookmarkStart w:name="up_70f47cebb" w:id="5"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>2) There is currently no centralized oversight structure ensuring transparency, accountability, or financial compliance by these districts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="62A5ED81" w14:textId="54F9D76B">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_f227b59ef" w:id="6"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
-        <w:t>2) There is currently no centralized oversight structure ensuring transparency, accountability, or financial compliance by these districts.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="62A5ED81" w14:textId="54F9D76B">
+        <w:t>3) The absence of mandatory audits, uniform reporting, enforcement authority, and statewide directory increases the risk of fraud, waste, and financial mismanagement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="12954874" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_f227b59ef" w:id="7"/>
+      <w:bookmarkStart w:name="up_45a92a1fc" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:t>3) The absence of mandatory audits, uniform reporting, enforcement authority, and statewide directory increases the risk of fraud, waste, and financial mismanagement.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="12954874" w14:textId="77777777">
+        <w:t>4) Several states including Florida, Texas, and Colorado provide successful oversight models with annual audits, statewide directories, enforcement powers, and public facing transparency portals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="040954C6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_45a92a1fc" w:id="8"/>
+      <w:bookmarkStart w:name="up_d8f8df6c2" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>4) Several states including Florida, Texas, and Colorado provide successful oversight models with annual audits, statewide directories, enforcement powers, and public facing transparency portals.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="040954C6" w14:textId="77777777">
+        <w:t>5) It is necessary for the General Assembly to establish a comprehensive accountability framework for South Carolina’s special purpose districts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="44916695" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000322D7" w:rsidP="000322D7" w:rsidRDefault="000322D7" w14:paraId="1919312E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>(</w:t>
+      <w:bookmarkStart w:name="bs_num_2_8cb2c2a41" w:id="9"/>
+      <w:bookmarkStart w:name="citing_act_58422ca34" w:id="10"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>5) It is necessary for the General Assembly to establish a comprehensive accountability framework for South Carolina’s special purpose districts.</w:t>
-[...14 lines deleted...]
-        <w:t>S</w:t>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This act may be cited as the “South Carolina Special Purpose District Accountability and Transparency Act.”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="0DD488C3" w14:textId="5AAB0FB9">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="2D8F65C6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_9a10c066e" w:id="12"/>
+      <w:bookmarkStart w:name="bs_num_3_9a10c066e" w:id="11"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_7f844fb1f" w:id="12"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="12"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>hapter 7, Title 11 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="71403AF6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="4822EDFF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_36aea217d" w:id="14"/>
+      <w:bookmarkStart w:name="up_36aea217d" w:id="13"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>rticle 3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="7F112893" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidRDefault="00702113" w14:paraId="504E808B" w14:textId="33E6B56D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_e89af6901" w:id="15"/>
+      <w:bookmarkStart w:name="up_e89af6901" w:id="14"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve">pecial </w:t>
       </w:r>
       <w:r w:rsidR="00F34854">
         <w:t xml:space="preserve">Purpose </w:t>
       </w:r>
       <w:r>
         <w:t>District Accountability Office</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="6EA6391F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="79EA584A" w14:textId="1F37A995">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T11C7N100_973ca4f9b" w:id="16"/>
+      <w:bookmarkStart w:name="ns_T11C7N100_973ca4f9b" w:id="15"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>ection 11‑7‑100.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_181d4740e" w:id="17"/>
+      <w:bookmarkStart w:name="up_181d4740e" w:id="16"/>
       <w:r w:rsidR="00702113">
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="00702113">
         <w:t xml:space="preserve">s used in this </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>article</w:t>
       </w:r>
       <w:r w:rsidR="00702113">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00702113" w:rsidP="00702113" w:rsidRDefault="00702113" w14:paraId="7A770500" w14:textId="742783CE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N100S1_lv1_f87f530ac" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T11C7N100S1_lv1_f87f530ac" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t>1) “Special purpose district” or “district” means any local political subdivision created by act of the General Assembly or by county ordinance for providing limited governmental services including, but not limited to, water, sewer, fire protection, recreation, conservation, hospital, or public works districts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00702113" w:rsidP="00702113" w:rsidRDefault="00702113" w14:paraId="4307BA0D" w14:textId="1831662B">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N100S2_lv1_8c4269e5d" w:id="18"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t>1) “Special purpose district” or “district” means any local political subdivision created by act of the General Assembly or by county ordinance for providing limited governmental services including, but not limited to, water, sewer, fire protection, recreation, conservation, hospital, or public works districts.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00702113" w:rsidP="00702113" w:rsidRDefault="00702113" w14:paraId="4307BA0D" w14:textId="1831662B">
+        <w:t>2) “Office” means the South Carolina Special District Accountability Office.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00702113" w:rsidP="00702113" w:rsidRDefault="00702113" w14:paraId="1A7951AD" w14:textId="7D43578D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N100S2_lv1_8c4269e5d" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T11C7N100S3_lv1_b4c5e193e" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
-        <w:t>2) “Office” means the South Carolina Special District Accountability Office.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00702113" w:rsidP="00702113" w:rsidRDefault="00702113" w14:paraId="1A7951AD" w14:textId="7D43578D">
+        <w:t>3) “Governing board” means the board of commissioners or governing authority of a district.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00702113" w:rsidP="00702113" w:rsidRDefault="00702113" w14:paraId="3B3F223B" w14:textId="38962457">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N100S3_lv1_b4c5e193e" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T11C7N100S4_lv1_533a36f9a" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t xml:space="preserve">4) “Annual financial report” means a standardized report format prescribed by the </w:t>
       </w:r>
       <w:r w:rsidR="00BC3369">
         <w:t>office</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00702113" w:rsidP="00702113" w:rsidRDefault="00702113" w14:paraId="16954DFD" w14:textId="1D37E075">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N100S5_lv1_519ba2316" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T11C7N100S5_lv1_519ba2316" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t>5) “Annual audit” means an independent audit performed in accordance with Government Auditing Standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="2E49FCCE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00485487" w:rsidP="00485487" w:rsidRDefault="00C1066D" w14:paraId="0BB857D5" w14:textId="6E728284">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T11C7N110_63a7cb53b" w:id="22"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
-        <w:t>5) “Annual audit” means an independent audit performed in accordance with Government Auditing Standards.</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 11‑7‑110.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N110SA_lv1_c012311e0" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T11C7N110SA_lv1_c012311e0" w:id="23"/>
       <w:r w:rsidR="00485487">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00485487">
         <w:t>A) There is created within the office of the State Auditor the Special District Accountability Office (SDAO).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00485487" w:rsidP="00485487" w:rsidRDefault="00485487" w14:paraId="3A0E2E9E" w14:textId="344FCCDB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N110SB_lv1_9607a78ed" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T11C7N110SB_lv1_9607a78ed" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t xml:space="preserve">B) The office </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00485487" w:rsidP="00485487" w:rsidRDefault="00485487" w14:paraId="4D1F3721" w14:textId="6CF3F6F3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N110S1_lv2_0e99d578c" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T11C7N110S1_lv2_0e99d578c" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:t>1) maintain a public statewide directory of all special purpose districts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485487" w:rsidP="00485487" w:rsidRDefault="00485487" w14:paraId="4192D956" w14:textId="635069CC">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N110S2_lv2_904b2295b" w:id="26"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
-        <w:t>1) maintain a public statewide directory of all special purpose districts;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00485487" w:rsidP="00485487" w:rsidRDefault="00485487" w14:paraId="4192D956" w14:textId="635069CC">
+        <w:t>2) collect and publish annual budgets, financial reports, audits, millage rates, fees, revenues, expenditures, and debt disclosures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485487" w:rsidP="00485487" w:rsidRDefault="00485487" w14:paraId="39A884BF" w14:textId="3BA368C7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N110S2_lv2_904b2295b" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T11C7N110S3_lv2_13262f9bc" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
-        <w:t>2) collect and publish annual budgets, financial reports, audits, millage rates, fees, revenues, expenditures, and debt disclosures;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00485487" w:rsidP="00485487" w:rsidRDefault="00485487" w14:paraId="39A884BF" w14:textId="3BA368C7">
+        <w:t>3) maintain a public transparency portal providing online access to all required filings;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485487" w:rsidP="00485487" w:rsidRDefault="00485487" w14:paraId="10F95853" w14:textId="1E80A7F9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N110S3_lv2_13262f9bc" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T11C7N110S4_lv2_481e5fc3d" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t xml:space="preserve">4) monitor and enforce district compliance with this </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>article</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00485487" w:rsidP="00485487" w:rsidRDefault="00485487" w14:paraId="48BE1FD3" w14:textId="7D3091CC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N110S5_lv2_718c6b324" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T11C7N110S5_lv2_718c6b324" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>5) provide reporting forms, instructions, guidance, and training materials for district officials;</w:t>
       </w:r>
       <w:r w:rsidR="006341C8">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidP="00485487" w:rsidRDefault="00485487" w14:paraId="6774304B" w14:textId="3817D4C0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N110S6_lv2_d0d356998" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T11C7N110S6_lv2_d0d356998" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t>6) issue notices of delinquency and noncompliance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="6F6D95B2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C1066D" w14:paraId="4711BAE0" w14:textId="379473BF">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T11C7N120_3730fadd7" w:id="31"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
-        <w:t>6) issue notices of delinquency and noncompliance.</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 11‑7‑120.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N120SA_lv1_ad058abd0" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T11C7N120SA_lv1_ad058abd0" w:id="32"/>
       <w:r w:rsidR="00C812C8">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="00C812C8">
         <w:t xml:space="preserve">A) Each district </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidR="00C812C8">
         <w:t>file electronically with the office annually:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="0E3B0622" w14:textId="2E3C28C9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N120S1_lv2_68ce9e50a" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T11C7N120S1_lv2_68ce9e50a" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t>1) the adopted annual budget;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="09670944" w14:textId="7726775A">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N120S2_lv2_84b35e6fd" w:id="34"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
-        <w:t>1) the adopted annual budget;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="09670944" w14:textId="7726775A">
+        <w:t>2) the annual financial report in a format prescribed by the office;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="50DB310C" w14:textId="1DEB41DD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N120S2_lv2_84b35e6fd" w:id="35"/>
+      <w:bookmarkStart w:name="ss_T11C7N120S3_lv2_3f9dbb290" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
-        <w:t>2) the annual financial report in a format prescribed by the office;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="50DB310C" w14:textId="1DEB41DD">
+        <w:t>3) a certified annual audit if the district:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="03F56DCF" w14:textId="26DCE58D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N120S3_lv2_3f9dbb290" w:id="36"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N120Sa_lv3_6db357c1a" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t>a) receives or expends more than two hundred fifty thousand doll</w:t>
       </w:r>
       <w:r w:rsidR="00EE5A29">
         <w:t>ars</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> per fiscal year;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="79824682" w14:textId="64BF9B38">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N120Sb_lv3_cbbea0450" w:id="38"/>
+      <w:bookmarkStart w:name="ss_T11C7N120Sb_lv3_cbbea0450" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:t>b) levies property taxes or assessments; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="15D7DECB" w14:textId="2812B751">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N120Sc_lv3_05335bd73" w:id="38"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
-        <w:t>b) levies property taxes or assessments; or</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="15D7DECB" w14:textId="2812B751">
+        <w:t>c) maintains outstanding debt obligations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="158AC513" w14:textId="37C5115F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T11C7N120Sc_lv3_05335bd73" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T11C7N120S4_lv2_21eb70bef" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
-        <w:t>c) maintains outstanding debt obligations;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="158AC513" w14:textId="37C5115F">
+        <w:t>4) a list of current board members, their terms, vacancies, and contact information;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="07B72DA4" w14:textId="32F29895">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N120S4_lv2_21eb70bef" w:id="40"/>
+      <w:bookmarkStart w:name="ss_T11C7N120S5_lv2_66c970ad2" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
-        <w:t>4) a list of current board members, their terms, vacancies, and contact information;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="07B72DA4" w14:textId="32F29895">
+        <w:t>5) a schedule of all fees, rates, assessments, and charges imposed;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="195EA7D9" w14:textId="70886DF1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N120S5_lv2_66c970ad2" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T11C7N120S6_lv2_f2d8e2707" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>6) a listing of all bonds, loans, leases, and debt service requirements;</w:t>
       </w:r>
       <w:r w:rsidR="006341C8">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00C812C8" w14:paraId="5F59FD4E" w14:textId="3C92BFD9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N120S7_lv2_f3ead1ef5" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T11C7N120S7_lv2_f3ead1ef5" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>7) copies of all current intergovernmental agreements.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C812C8" w:rsidP="00C812C8" w:rsidRDefault="00EB61B9" w14:paraId="2C9BE0F6" w14:textId="57E3DBB7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N120SB_lv1_068d0b6e6" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T11C7N120SB_lv1_068d0b6e6" w:id="43"/>
       <w:r w:rsidR="00C812C8">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidR="00C812C8">
+        <w:t>B) Reports must be filed within six months after the close of the district’s fiscal year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C1066D" w:rsidP="00C812C8" w:rsidRDefault="00EB61B9" w14:paraId="5A14AF72" w14:textId="38806C33">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N120SC_lv1_a383ba17a" w:id="44"/>
+      <w:r w:rsidR="00C812C8">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidR="00C812C8">
-        <w:t>B) Reports must be filed within six months after the close of the district’s fiscal year.</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidR="00C812C8">
         <w:t xml:space="preserve">C) All documents filed under this section must be posted publicly on the transparency portal within </w:t>
       </w:r>
       <w:r>
         <w:t>thirty</w:t>
       </w:r>
       <w:r w:rsidR="00C812C8">
         <w:t xml:space="preserve"> days of submission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="669B83E6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F661E0" w:rsidP="00F661E0" w:rsidRDefault="00C1066D" w14:paraId="0AC0E6EE" w14:textId="45049F82">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T11C7N130_ffcbd8720" w:id="46"/>
+      <w:bookmarkStart w:name="ns_T11C7N130_ffcbd8720" w:id="45"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t>ection 11‑7‑130.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N130SA_lv1_1ec1635e5" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T11C7N130SA_lv1_1ec1635e5" w:id="46"/>
       <w:r w:rsidR="00F661E0">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidR="00F661E0">
         <w:t xml:space="preserve">A) The office </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00F661E0">
         <w:t xml:space="preserve"> maintain an online portal providing:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F661E0" w:rsidP="00F661E0" w:rsidRDefault="00F661E0" w14:paraId="2567E1F9" w14:textId="3D330229">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N130S1_lv2_7f4ada55b" w:id="48"/>
+      <w:bookmarkStart w:name="ss_T11C7N130S1_lv2_7f4ada55b" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:t>1) a statewide searchable database of all districts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F661E0" w:rsidP="00F661E0" w:rsidRDefault="00F661E0" w14:paraId="1D54D910" w14:textId="2D3C007E">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N130S2_lv2_9205a7299" w:id="48"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
-        <w:t>1) a statewide searchable database of all districts;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F661E0" w:rsidP="00F661E0" w:rsidRDefault="00F661E0" w14:paraId="1D54D910" w14:textId="2D3C007E">
+        <w:t>2) access to all required filings;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F661E0" w:rsidP="00F661E0" w:rsidRDefault="00F661E0" w14:paraId="5B17F8DA" w14:textId="287FF3D2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N130S2_lv2_9205a7299" w:id="49"/>
+      <w:bookmarkStart w:name="ss_T11C7N130S3_lv2_4fe9a4416" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
-        <w:t>2) access to all required filings;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F661E0" w:rsidP="00F661E0" w:rsidRDefault="00F661E0" w14:paraId="5B17F8DA" w14:textId="287FF3D2">
+        <w:t>3) classification of each district as compliant, delinquent, or noncompliant;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F661E0" w:rsidP="00F661E0" w:rsidRDefault="00F661E0" w14:paraId="41B2AC52" w14:textId="0EE75082">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N130S3_lv2_4fe9a4416" w:id="50"/>
+      <w:bookmarkStart w:name="ss_T11C7N130S4_lv2_cb5296ba1" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:t>4) historical submissions for a minimum of ten years;</w:t>
       </w:r>
       <w:r w:rsidR="006341C8">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F661E0" w:rsidP="00F661E0" w:rsidRDefault="00F661E0" w14:paraId="7E89998E" w14:textId="04F94E6C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N130S5_lv2_9d0542732" w:id="52"/>
+      <w:bookmarkStart w:name="ss_T11C7N130S5_lv2_9d0542732" w:id="51"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:t>5) district boundary maps when available.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidP="00F661E0" w:rsidRDefault="009A5059" w14:paraId="77200670" w14:textId="48DA173C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N130SB_lv1_771c2448c" w:id="53"/>
+      <w:bookmarkStart w:name="ss_T11C7N130SB_lv1_771c2448c" w:id="52"/>
       <w:r w:rsidR="00F661E0">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidR="00F661E0">
         <w:t>B) Each district must either maintain its own website posting these documents or link directly to the portal.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="22A3E881" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="00C1066D" w14:paraId="539B7357" w14:textId="64748A7E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T11C7N140_1b6f7adc2" w:id="54"/>
+      <w:bookmarkStart w:name="ns_T11C7N140_1b6f7adc2" w:id="53"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t>ection 11‑7‑140.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N140SA_lv1_9e01df474" w:id="55"/>
+      <w:bookmarkStart w:name="ss_T11C7N140SA_lv1_9e01df474" w:id="54"/>
       <w:r w:rsidR="00497140">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r w:rsidR="00497140">
         <w:t xml:space="preserve">A) Upon failure to submit required reports, the office </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00497140">
         <w:t xml:space="preserve"> issue a Notice of Delinquency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="00497140" w14:paraId="0DA4A13B" w14:textId="3EA68204">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N140SB_lv1_72c8b61e8" w:id="56"/>
+      <w:bookmarkStart w:name="ss_T11C7N140SB_lv1_72c8b61e8" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:t xml:space="preserve">B) If the delinquency is not cured within sixty days, the district </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be designated noncompliant and subject to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="00497140" w14:paraId="7FCA18FD" w14:textId="5B7AE0DF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N140S1_lv2_f31ee1c2c" w:id="57"/>
+      <w:bookmarkStart w:name="ss_T11C7N140S1_lv2_f31ee1c2c" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:t>1) withholding of state disbursements administered by any agency;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="00497140" w14:paraId="072DA9D5" w14:textId="275E5DAD">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N140S2_lv2_74deb9666" w:id="57"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
-        <w:t>1) withholding of state disbursements administered by any agency;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="00497140" w14:paraId="072DA9D5" w14:textId="275E5DAD">
+        <w:t>2) suspension of authority to incur new debt or enter long term obligations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="00497140" w14:paraId="7DD91708" w14:textId="52A346CE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N140S2_lv2_74deb9666" w:id="58"/>
+      <w:bookmarkStart w:name="ss_T11C7N140S3_lv2_fbe6254f3" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:t>3) mandatory financial review conducted by the State Auditor</w:t>
       </w:r>
       <w:r w:rsidRPr="00347F5A">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00347F5A" w:rsidR="006341C8">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="00497140" w14:paraId="0C559920" w14:textId="72CDD32A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N140S4_lv2_e05c469ea" w:id="60"/>
+      <w:bookmarkStart w:name="ss_T11C7N140S4_lv2_e05c469ea" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:t>4) referral to the Attorney General for enforcement action when appropriate.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="006152FE" w14:paraId="14445A88" w14:textId="6EAD14C7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N140SC_lv1_94ebf9da9" w:id="61"/>
+      <w:bookmarkStart w:name="ss_T11C7N140SC_lv1_94ebf9da9" w:id="60"/>
       <w:r w:rsidR="00497140">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidR="00497140">
+        <w:t xml:space="preserve">C) Continued noncompliance for </w:t>
+      </w:r>
+      <w:r>
+        <w:t>one hundred eighty</w:t>
+      </w:r>
+      <w:r w:rsidR="00497140">
+        <w:t xml:space="preserve"> days may result in a recommendation to the General Assembly for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="006152FE" w14:paraId="1D51C3BD" w14:textId="55DE84C1">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N140S1_lv2_39a257ab1" w:id="61"/>
+      <w:r w:rsidR="00497140">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidR="00497140">
-        <w:t xml:space="preserve">C) Continued noncompliance for </w:t>
-[...2 lines deleted...]
-        <w:t>one hundred eighty</w:t>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00497140">
-        <w:t xml:space="preserve"> days may result in a recommendation to the General Assembly for:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="006152FE" w14:paraId="1D51C3BD" w14:textId="55DE84C1">
+        <w:t>uspension of the governing board;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="006152FE" w14:paraId="64CEE334" w14:textId="580E9B59">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N140S1_lv2_39a257ab1" w:id="62"/>
+      <w:bookmarkStart w:name="ss_T11C7N140S2_lv2_1545c07d2" w:id="62"/>
       <w:r w:rsidR="00497140">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
       <w:r w:rsidR="00497140">
-        <w:t xml:space="preserve">1) </w:t>
-[...2 lines deleted...]
-        <w:t>s</w:t>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ap</w:t>
       </w:r>
       <w:r w:rsidR="00497140">
-        <w:t>uspension of the governing board;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00497140" w:rsidP="00497140" w:rsidRDefault="006152FE" w14:paraId="64CEE334" w14:textId="580E9B59">
+        <w:t>pointment of a temporary financial manager;</w:t>
+      </w:r>
+      <w:r w:rsidR="006341C8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347F5A" w:rsidR="006341C8">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00154FEC" w:rsidP="00154FEC" w:rsidRDefault="006152FE" w14:paraId="7F1E8332" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N140S2_lv2_1545c07d2" w:id="63"/>
+      <w:bookmarkStart w:name="ss_T11C7N140S3_lv2_87f951d21" w:id="63"/>
       <w:r w:rsidR="00497140">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidR="00497140">
-        <w:t xml:space="preserve">2) </w:t>
-[...29 lines deleted...]
-      <w:r w:rsidR="00497140">
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00497140">
         <w:t>issolution or consolidation of the district.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E4630" w:rsidP="00154FEC" w:rsidRDefault="005E4630" w14:paraId="7E131C47" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005E4630" w:rsidP="005E4630" w:rsidRDefault="00154FEC" w14:paraId="663950A5" w14:textId="7E7FC7B9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T11C7N145_281ba877b" w:id="65"/>
+      <w:bookmarkStart w:name="ns_T11C7N145_281ba877b" w:id="64"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:t>ection 11‑7‑145.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N145SA_lv1_5125e4639" w:id="66"/>
+      <w:bookmarkStart w:name="ss_T11C7N145SA_lv1_5125e4639" w:id="65"/>
       <w:r w:rsidR="005E4630">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="65"/>
       <w:r w:rsidR="005E4630">
         <w:t>A) The Special District Accountability Office is the exclusive state enforcement authority for violations of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E4630" w:rsidP="005E4630" w:rsidRDefault="005E4630" w14:paraId="3FD7BB15" w14:textId="43B3F2C1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N145SB_lv1_34e57bb9a" w:id="67"/>
+      <w:bookmarkStart w:name="ss_T11C7N145SB_lv1_34e57bb9a" w:id="66"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:t>B) No other state agency, county auditor, county council, or local government entity may assume enforcement responsibilities unless expressly provided in this chapter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A5059" w:rsidP="009A5059" w:rsidRDefault="005E4630" w14:paraId="324A87BC" w14:textId="24172485">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N145SC_lv1_853a912e3" w:id="67"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="67"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:t xml:space="preserve">C) The Attorney General </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> provide legal enforcement upon referral by the office.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidP="009A5059" w:rsidRDefault="009A5059" w14:paraId="051B7369" w14:textId="12874DE0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N145SD_lv1_3d7349964" w:id="69"/>
+      <w:bookmarkStart w:name="ss_T11C7N145SD_lv1_3d7349964" w:id="68"/>
       <w:r w:rsidR="005E4630">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidR="005E4630">
         <w:t xml:space="preserve">D) The State Auditor </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidR="005E4630">
         <w:t>conduct mandatory</w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t xml:space="preserve"> audits if requested by the office</w:t>
       </w:r>
       <w:r w:rsidR="005E4630">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009E172A" w:rsidRDefault="009E172A" w14:paraId="0C5E038C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC184C" w:rsidP="00AC184C" w:rsidRDefault="00C1066D" w14:paraId="04030A3D" w14:textId="6B789664">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T11C7N150_620c3659f" w:id="70"/>
+      <w:bookmarkStart w:name="ns_T11C7N150_620c3659f" w:id="69"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="69"/>
       <w:r>
         <w:t>ection 11‑7‑150.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N150SA_lv1_c8cec3813" w:id="71"/>
+      <w:bookmarkStart w:name="ss_T11C7N150SA_lv1_c8cec3813" w:id="70"/>
       <w:r w:rsidR="000E2D06">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="70"/>
       <w:r w:rsidR="000E2D06">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidR="00AC184C">
         <w:t xml:space="preserve">Each district board member </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00AC184C">
         <w:t xml:space="preserve"> complete annual training approved by the office on:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC184C" w:rsidP="00AC184C" w:rsidRDefault="000E2D06" w14:paraId="03AC6C9A" w14:textId="1073B604">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AC184C">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N150S1_lv2_372704090" w:id="72"/>
+      <w:bookmarkStart w:name="ss_T11C7N150S1_lv2_372704090" w:id="71"/>
       <w:r w:rsidR="00AC184C">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidR="00AC184C">
+        <w:t>1) financial reporting requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC184C" w:rsidP="00AC184C" w:rsidRDefault="000E2D06" w14:paraId="08CF0A65" w14:textId="7BB0B4B7">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AC184C">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T11C7N150S2_lv2_fade0dbec" w:id="72"/>
+      <w:r w:rsidR="00AC184C">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:r w:rsidR="00AC184C">
-        <w:t>1) financial reporting requirements;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AC184C" w:rsidP="00AC184C" w:rsidRDefault="000E2D06" w14:paraId="08CF0A65" w14:textId="7BB0B4B7">
+        <w:t>2) ethics and fiduciary duties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC184C" w:rsidP="00AC184C" w:rsidRDefault="000E2D06" w14:paraId="09CE6BE2" w14:textId="13D46DAC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AC184C">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N150S2_lv2_fade0dbec" w:id="73"/>
+      <w:bookmarkStart w:name="ss_T11C7N150S3_lv2_23237cccc" w:id="73"/>
       <w:r w:rsidR="00AC184C">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidR="00AC184C">
-        <w:t>2) ethics and fiduciary duties;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AC184C" w:rsidP="00AC184C" w:rsidRDefault="000E2D06" w14:paraId="09CE6BE2" w14:textId="13D46DAC">
+        <w:t>3) public transparency obligations;</w:t>
+      </w:r>
+      <w:r w:rsidR="006341C8">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC184C" w:rsidP="00AC184C" w:rsidRDefault="000E2D06" w14:paraId="4F0D7080" w14:textId="2DBE2EA7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AC184C">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T11C7N150S3_lv2_23237cccc" w:id="74"/>
+      <w:bookmarkStart w:name="ss_T11C7N150S4_lv2_0f28f452d" w:id="74"/>
       <w:r w:rsidR="00AC184C">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:r w:rsidR="00AC184C">
-        <w:t>3) public transparency obligations;</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00AC184C" w:rsidP="00AC184C" w:rsidRDefault="000E2D06" w14:paraId="4F0D7080" w14:textId="2DBE2EA7">
+        <w:t>4) open meetings and records laws.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC184C" w:rsidP="00AC184C" w:rsidRDefault="000E2D06" w14:paraId="51A1CF91" w14:textId="2FF8D811">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AC184C">
-[...3 lines deleted...]
-      <w:r w:rsidR="00AC184C">
+      <w:bookmarkStart w:name="ss_T11C7N150SB_lv1_679f1243b" w:id="75"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
-      <w:r w:rsidR="00AC184C">
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:t>B)</w:t>
       </w:r>
       <w:r w:rsidR="00AC184C">
         <w:t>Training must be completed within one year of assuming office.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B945F3" w:rsidP="00AC184C" w:rsidRDefault="00B945F3" w14:paraId="5BC8C508" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C1066D" w:rsidRDefault="00C1066D" w14:paraId="455D9F6A" w14:textId="62A45B86">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T11C7N160_65786bb49" w:id="77"/>
+      <w:bookmarkStart w:name="ns_T11C7N160_65786bb49" w:id="76"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:t>ection 11‑7‑160.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E2D06" w:rsidR="000E2D06">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="000E2D06">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="000E2D06" w:rsidR="000E2D06">
         <w:t xml:space="preserve">ffice may promulgate regulations to carry out the provisions of this </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>article</w:t>
       </w:r>
       <w:r w:rsidRPr="000E2D06" w:rsidR="000E2D06">
         <w:t>, including reporting formats, audit standards, compliance procedures, penalties, and training content</w:t>
       </w:r>
       <w:r w:rsidR="0029241E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B945F3" w:rsidP="00B945F3" w:rsidRDefault="00B945F3" w14:paraId="1267316D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B945F3" w:rsidP="00E053EC" w:rsidRDefault="00B945F3" w14:paraId="78940C80" w14:textId="42612D2F">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_316f8b1f6" w:id="78"/>
+      <w:bookmarkStart w:name="bs_num_4_316f8b1f6" w:id="77"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00574C31">
         <w:t xml:space="preserve">The existing sections of Chapter 7, Title 11 are designated as Article 1, entitled </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t xml:space="preserve">“General </w:t>
       </w:r>
       <w:r w:rsidR="004A0EBD">
         <w:t>Provisions</w:t>
       </w:r>
       <w:r w:rsidR="000871AA">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC4DFA" w:rsidRDefault="00DC4DFA" w14:paraId="15F15F80" w14:textId="1BDFED01">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="6FE6D906" w14:textId="2120E0ED">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_lastsection" w:id="79"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="80"/>
+      <w:bookmarkStart w:name="bs_num_5_lastsection" w:id="78"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="79"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="78"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t xml:space="preserve">This act takes effect </w:t>
       </w:r>
       <w:r w:rsidR="00D60453">
         <w:t>July 1, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="79"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="0620BD8F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -2242,175 +2357,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="205ECE52" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="46C260E5" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00D83975" w:rsidP="00D14995">
+      <w:p w14:paraId="46C260E5" w14:textId="7736E832" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00F55A92" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00EA718C">
+              <w:t>[4703]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00426B19">
+            <w:r w:rsidR="00EA718C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0365DG26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="74AA98E0" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="70A08A64" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2672,51 +2785,52 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="160"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2766,54 +2880,56 @@
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001119E0"/>
     <w:rsid w:val="00115933"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00130CD3"/>
     <w:rsid w:val="00134E2F"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00154FEC"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="00171AF8"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00193AC4"/>
     <w:rsid w:val="00194000"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B35C0"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001D1B14"/>
+    <w:rsid w:val="001E303A"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002141CF"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="002167F3"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="0023726C"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="0026583D"/>
     <w:rsid w:val="00271B71"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="0029241E"/>
     <w:rsid w:val="002A5E7A"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C7373"/>
@@ -2925,50 +3041,51 @@
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00581C4E"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A2FCA"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C7593"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E4630"/>
     <w:rsid w:val="005F6A2D"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006152FE"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006341C8"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00673343"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00676400"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A259E"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B13A4"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
@@ -3231,106 +3348,109 @@
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E336E1"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3641D"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E46F92"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E550F0"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E91C9D"/>
     <w:rsid w:val="00E94748"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
+    <w:rsid w:val="00EA718C"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EB61B9"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00ED51BD"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EE5A29"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00EF5632"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F30EEB"/>
     <w:rsid w:val="00F31518"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F34854"/>
     <w:rsid w:val="00F36E28"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F422FC"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rsid w:val="00F6151E"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F661E0"/>
     <w:rsid w:val="00F8143B"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F94250"/>
     <w:rsid w:val="00F94CAB"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD4AE7"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE1DE1"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
+    <w:rsid w:val="00FF5B76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -3716,1360 +3836,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00F55A92"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00F55A92"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D015F"/>
+    <w:rsid w:val="00F55A92"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -5164,51 +5286,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4703&amp;session=126&amp;summary=B" TargetMode="External" Id="R64e13caf714545ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4703_20251217.docx" TargetMode="External" Id="R326b831529514487" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4703&amp;session=126&amp;summary=B" TargetMode="External" Id="Rac6999bfc71c4338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4703_20251217.docx" TargetMode="External" Id="R1aeae12f87e94204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R41b4270310ff4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Ra8599908a2a04603" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5235,118 +5357,118 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="0026583D"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00507804"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005F6A2D"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="006E44B0"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007B4817"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
     <w:rsid w:val="00F94CAB"/>
   </w:rsids>
   <m:mathPr>
@@ -6089,116 +6211,130 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>b47b9e5d-a358-4bbe-80a2-7f5477a65dbb</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-11T09:11:53.262225-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>723a902b-2316-4185-b8be-684096cc5b6d</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>81252172-0298-4414-80cc-51dcf2da3842</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>dabbf86a-e5e7-4b4e-a7d9-88d265b2a655</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4703]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4703</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>To amend the south carolina code of laws by enacting the “South Carolina Special Purpose District Accountability and Transparency Act” by adding Article 3 to Chapter 7, Title 11 so As to Create the Special Purpose district accountability office within the office of state auditor, to provide for its powers and duties, and to designate Article 1, Chapter 7, Title 11 As “General Provisions”.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"042d9ea1-28b6-4a10-8306-f802ee75721c","SectionName":"New Blank SECTION","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_26855dcf4"},{"SectionUUID":"550d2c75-542d-49a7-85aa-c8f95b57b69d","SectionName":"Citing an Act","SectionNumber":2,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_8cb2c2a41"},{"SectionUUID":"c0c1c60c-ad6e-4632-b951-26dac7f238c4","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T11C7N100_973ca4f9b","IsConstitutionSection":false,"Identity":"11-7-100","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C7N100S1","SubSectionBookmarkName":"ss_T11C7N100S1_lv1_f87f530ac","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N100S2","SubSectionBookmarkName":"ss_T11C7N100S2_lv1_8c4269e5d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N100S3","SubSectionBookmarkName":"ss_T11C7N100S3_lv1_b4c5e193e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N100S4","SubSectionBookmarkName":"ss_T11C7N100S4_lv1_533a36f9a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N100S5","SubSectionBookmarkName":"ss_T11C7N100S5_lv1_519ba2316","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C7N110_63a7cb53b","IsConstitutionSection":false,"Identity":"11-7-110","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C7N110SA","SubSectionBookmarkName":"ss_T11C7N110SA_lv1_c012311e0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N110SB","SubSectionBookmarkName":"ss_T11C7N110SB_lv1_9607a78ed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N110S1","SubSectionBookmarkName":"ss_T11C7N110S1_lv2_0e99d578c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N110S2","SubSectionBookmarkName":"ss_T11C7N110S2_lv2_904b2295b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N110S3","SubSectionBookmarkName":"ss_T11C7N110S3_lv2_13262f9bc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N110S4","SubSectionBookmarkName":"ss_T11C7N110S4_lv2_481e5fc3d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N110S5","SubSectionBookmarkName":"ss_T11C7N110S5_lv2_718c6b324","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N110S6","SubSectionBookmarkName":"ss_T11C7N110S6_lv2_d0d356998","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C7N120_3730fadd7","IsConstitutionSection":false,"Identity":"11-7-120","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C7N120SA","SubSectionBookmarkName":"ss_T11C7N120SA_lv1_ad058abd0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N120S1","SubSectionBookmarkName":"ss_T11C7N120S1_lv2_68ce9e50a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N120S2","SubSectionBookmarkName":"ss_T11C7N120S2_lv2_84b35e6fd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N120S3","SubSectionBookmarkName":"ss_T11C7N120S3_lv2_3f9dbb290","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T11C7N120Sa","SubSectionBookmarkName":"ss_T11C7N120Sa_lv3_6db357c1a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T11C7N120Sb","SubSectionBookmarkName":"ss_T11C7N120Sb_lv3_cbbea0450","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T11C7N120Sc","SubSectionBookmarkName":"ss_T11C7N120Sc_lv3_05335bd73","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N120S4","SubSectionBookmarkName":"ss_T11C7N120S4_lv2_21eb70bef","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N120S5","SubSectionBookmarkName":"ss_T11C7N120S5_lv2_66c970ad2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N120S6","SubSectionBookmarkName":"ss_T11C7N120S6_lv2_f2d8e2707","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N120S7","SubSectionBookmarkName":"ss_T11C7N120S7_lv2_f3ead1ef5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N120SB","SubSectionBookmarkName":"ss_T11C7N120SB_lv1_068d0b6e6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N120SC","SubSectionBookmarkName":"ss_T11C7N120SC_lv1_a383ba17a","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C7N130_ffcbd8720","IsConstitutionSection":false,"Identity":"11-7-130","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C7N130SA","SubSectionBookmarkName":"ss_T11C7N130SA_lv1_1ec1635e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N130S1","SubSectionBookmarkName":"ss_T11C7N130S1_lv2_7f4ada55b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N130S2","SubSectionBookmarkName":"ss_T11C7N130S2_lv2_9205a7299","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N130S3","SubSectionBookmarkName":"ss_T11C7N130S3_lv2_4fe9a4416","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N130S4","SubSectionBookmarkName":"ss_T11C7N130S4_lv2_cb5296ba1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N130S5","SubSectionBookmarkName":"ss_T11C7N130S5_lv2_9d0542732","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N130SB","SubSectionBookmarkName":"ss_T11C7N130SB_lv1_771c2448c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C7N140_1b6f7adc2","IsConstitutionSection":false,"Identity":"11-7-140","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C7N140SA","SubSectionBookmarkName":"ss_T11C7N140SA_lv1_9e01df474","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N140SB","SubSectionBookmarkName":"ss_T11C7N140SB_lv1_72c8b61e8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N140S1","SubSectionBookmarkName":"ss_T11C7N140S1_lv2_f31ee1c2c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N140S2","SubSectionBookmarkName":"ss_T11C7N140S2_lv2_74deb9666","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N140S3","SubSectionBookmarkName":"ss_T11C7N140S3_lv2_fbe6254f3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N140S4","SubSectionBookmarkName":"ss_T11C7N140S4_lv2_e05c469ea","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N140SC","SubSectionBookmarkName":"ss_T11C7N140SC_lv1_94ebf9da9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N140S1","SubSectionBookmarkName":"ss_T11C7N140S1_lv2_39a257ab1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N140S2","SubSectionBookmarkName":"ss_T11C7N140S2_lv2_1545c07d2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N140S3","SubSectionBookmarkName":"ss_T11C7N140S3_lv2_87f951d21","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C7N145_281ba877b","IsConstitutionSection":false,"Identity":"11-7-145","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C7N145SA","SubSectionBookmarkName":"ss_T11C7N145SA_lv1_5125e4639","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N145SB","SubSectionBookmarkName":"ss_T11C7N145SB_lv1_34e57bb9a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N145SC","SubSectionBookmarkName":"ss_T11C7N145SC_lv1_853a912e3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N145SD","SubSectionBookmarkName":"ss_T11C7N145SD_lv1_3d7349964","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C7N150_620c3659f","IsConstitutionSection":false,"Identity":"11-7-150","IsNew":true,"SubSections":[{"Level":1,"Identity":"T11C7N150SA","SubSectionBookmarkName":"ss_T11C7N150SA_lv1_c8cec3813","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N150S1","SubSectionBookmarkName":"ss_T11C7N150S1_lv2_372704090","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N150S2","SubSectionBookmarkName":"ss_T11C7N150S2_lv2_fade0dbec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N150S3","SubSectionBookmarkName":"ss_T11C7N150S3_lv2_23237cccc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T11C7N150S4","SubSectionBookmarkName":"ss_T11C7N150S4_lv2_0f28f452d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T11C7N150SB","SubSectionBookmarkName":"ss_T11C7N150SB_lv1_679f1243b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T11C7N160_65786bb49","IsConstitutionSection":false,"Identity":"11-7-160","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_9a10c066e"},{"SectionUUID":"e19e4971-c7df-45f2-a55f-199b776bef9f","SectionName":"New Blank SECTION","SectionNumber":4,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_316f8b1f6"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":5,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>South Carolina Special Purpose District Accountability and Transparency Act</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>davidgood@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6415,159 +6551,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E540EA36-19E7-480D-A4B4-F83D7664B020}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>944</Words>
-  <Characters>5491</Characters>
+  <Words>1126</Words>
+  <Characters>5309</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>84</Paragraphs>
+  <Lines>143</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6351</CharactersWithSpaces>
+  <CharactersWithSpaces>6394</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>